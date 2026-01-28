--- v0 (2025-12-13)
+++ v1 (2026-01-28)
@@ -7,82 +7,82 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" hidePivotFieldList="1" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\REGIONS_CITIES\REGION_DB\metadata\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5BF721E7-EDA6-4167-A262-39A2D7923C54}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2D2C9D73-892D-4913-963E-D64015B5115A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{6FDD1D18-FB98-46F4-803F-C96116D520C2}"/>
   </bookViews>
   <sheets>
     <sheet name="version" sheetId="23" r:id="rId1"/>
     <sheet name="regional_dataflows" sheetId="21" r:id="rId2"/>
     <sheet name="regional_data_source" sheetId="25" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">regional_data_source!$A$1:$H$874</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">regional_dataflows!$A$1:$E$66</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8563" uniqueCount="2018">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8552" uniqueCount="1996">
   <si>
     <t>Indicator</t>
   </si>
   <si>
     <t>TL2,TL3</t>
   </si>
   <si>
     <t>Eurostat regional statistics, Population on 1 January by five year age group, sex and NUTS 3 region, table demo_r_pjangrp3</t>
   </si>
   <si>
     <t>Eurostat</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>TL2</t>
   </si>
   <si>
     <t>ERP by SA2 (ASGS Edition 3), Age and Sex, 2001 Onwards</t>
   </si>
   <si>
     <t>Australian Bureau of Statistics (ABS)</t>
   </si>
   <si>
@@ -1303,74 +1303,50 @@
   <si>
     <t>https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__merek/statfin_merek_pxt_11al.px/</t>
   </si>
   <si>
     <t>https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__merek/statfin_merek_pxt_121d.px/</t>
   </si>
   <si>
     <t>MEDDTL (CGDD/SOeS) Fichier central des automobiles</t>
   </si>
   <si>
     <t>https://www.statistiques.developpement-durable.gouv.fr</t>
   </si>
   <si>
     <t>https://www.statistics.gr/en/statistics/-/publication/SME18/</t>
   </si>
   <si>
     <t>01. Motor vehicles in circulation, by category, use and region in Greece</t>
   </si>
   <si>
     <t>Up to 2017, data were produced by theCentral Office for Administrative and Electronic Public Services (KEKKH); since 2017, by the Ministry of Interior (BM)</t>
   </si>
   <si>
     <t>https://www.ksh.hu/stadat_files/sza/en/sza0040.html</t>
   </si>
   <si>
-    <r>
-[...22 lines deleted...]
-  <si>
     <t>https://www.gov.ie/en/department-of-transport</t>
   </si>
   <si>
     <t>New Private Cars Licensed for the First Time - Table TEM27</t>
   </si>
   <si>
     <t>https://data.cso.ie/table/TEM27</t>
   </si>
   <si>
     <t>https://www.anfia.it/it/attivita/studi-e-statistiche/automobile-in-cifre/statistiche-italia/parco-circolante/autoveicoli-motor-vehicles</t>
   </si>
   <si>
     <t>Associazione Nazionale Filiera Industria Automobilistica (ANFIA)</t>
   </si>
   <si>
     <t>Parco Circolante - Tipo e provincia</t>
   </si>
   <si>
     <t>Immatricolazioni - Marca e regione</t>
   </si>
   <si>
     <t>https://esploradati.istat.it/databrowser/#/it/dw/categories/IT1,Z0920ENV,1.0/ENV_CITIES/DCCV_URBANENV_URBMOB/IT1,609_1_DF_DCCV_URBANENV_12,1.0</t>
   </si>
   <si>
     <t>Mobilità urbana - parco veicolare</t>
@@ -2011,89 +1987,53 @@
   <si>
     <t>https://ec.europa.eu/eurostat/databrowser/view/lfst_r_lfsd2pop/default/table?lang=en</t>
   </si>
   <si>
     <t>Population in private households by educational attainment level and NUTS 2 region [lfst_r_lfsd2pop]</t>
   </si>
   <si>
     <t>Pupils and students enrolled by sex, age and NUTS 2 region [educ_uoe_enra12]</t>
   </si>
   <si>
     <t>https://ec.europa.eu/eurostat/databrowser/view/educ_uoe_enra12/default/table?lang=en</t>
   </si>
   <si>
     <t>Population on 1 January by age, sex and NUTS 2 region [demo_r_d2jan]</t>
   </si>
   <si>
     <t>https://ec.europa.eu/eurostat/databrowser/product/view/demo_r_d2jan?lang=en</t>
   </si>
   <si>
     <t>http://registronacional.go.cr</t>
   </si>
   <si>
     <t>Registro Nacional. Data only at country level</t>
   </si>
   <si>
-    <t>https://www.cbs.gov.il/he/publications/DocLib/2024/2.ShnatonPopulation/st02_19x.xlsx</t>
-[...28 lines deleted...]
-  <si>
     <t>Voter turnout</t>
   </si>
   <si>
-    <t>Statistical Abstract of Israel - 27. Elections, the Knesset, and Government - 27.4 Election Results for the 25th Knesset, by Type of Locality and Population Group of Statistical Area</t>
-[...4 lines deleted...]
-  <si>
     <t>Participation rate in education and training (last 12 months) by sex, age and NUTS 2 region [trng_lfs_22]</t>
   </si>
   <si>
     <t>https://ec.europa.eu/eurostat/databrowser/view/trng_lfs_22/default/table?lang=en&amp;category=educ.educ_part.trng.trng_lfs_12m.trng_lfs_12m1</t>
   </si>
   <si>
     <t>https://ec.europa.eu/eurostat/databrowser/view/TRNG_LFSE_04__custom_5204132/default/table?lang=en</t>
   </si>
   <si>
     <t>Participation rate in education and training (last 4 months) by sex, age and NUTS 2 region [trng_lfse_04]</t>
   </si>
   <si>
     <t>Broadband Internet</t>
   </si>
   <si>
     <t>Data for FIBRE_FTTH refer to bandwith of 1 GB/s.</t>
   </si>
   <si>
     <t>Municipal waste</t>
   </si>
   <si>
     <t>https://www-genesis.destatis.de/datenbank/online/statistics/filter/JTdCJTIyYXJlYUNvZGUlMjIlM0ElMjIlMjIlMkMlMjJjYXRlZ29yeUNvZGUlMjIlM0ElMjIlMjIlMkMlMjJjb2RlJTIyJTNBJTIyMzIxKiUyMiUyQyUyMmNvbnRlbnQlMjIlM0ElMjIlMjIlMkMlMjJ2YXJpYWJsZUNvZGUlMjIlM0ElMjIlMjIlMkMlMjJzb3J0JTIyJTNBJTIyQ29kZUFzYyUyMiUyQyUyMmlzQ29kZVNob3duJTIyJTNBdHJ1ZSUyQyUyMmlzQ2F0ZWdvcnlTaG93biUyMiUzQXRydWUlMkMlMjJpc1ZhcmlhYmxlQ29kZVNob3duJTIyJTNBZmFsc2UlN0Q=</t>
   </si>
   <si>
     <t>TL3: partly missing data; Data without electrical waste</t>
@@ -3412,65 +3352,50 @@
   <si>
     <t>Table 98-10-0238-01  Housing suitability by tenure, with household type including census family structure: Canada, provinces and territories, census divisions and census subdivisions</t>
   </si>
   <si>
     <t>Table 11-10-0228-01  Dwelling characteristics and household equipment at time of interview, Canada, regions and provinces</t>
   </si>
   <si>
     <t>EU27 plus NOR</t>
   </si>
   <si>
     <t>EU countries (except countries listed individually), plus Norway</t>
   </si>
   <si>
     <t>Regional gross disposable household income: all International Territorial Level (ITL) regions  (Table 7 - Gross Disposable Income B.6g)</t>
   </si>
   <si>
     <t>https://px.hagstofa.is/pxen/pxweb/en/Samfelag/Samfelag__launogtekjur__3_tekjur__1_tekjur_skattframtol/TEK01002.px</t>
   </si>
   <si>
     <t>Income by municipalities and sex 1990-2024 - Division into municipalities as of 1st of January 2025</t>
   </si>
   <si>
     <t>Based on tax returns statistics. Municipal data aggregated to TL3/TL2.</t>
   </si>
   <si>
-    <t>https://www.cbs.gov.il/en/publications/Pages/2025/Standard-of-Living-Statistical-Abstract-of-Israel-2025-No-76.aspx</t>
-[...13 lines deleted...]
-  <si>
     <t>Household Income and Expenditure National Survey 2016, 2018, 2020, 2024 (ENIGH)</t>
   </si>
   <si>
     <t>Previous series: Socioeconomic Conditions Module the Household Income and Expenditure National Survey, 2008, 2010, 2012 and 2014 (MCS).</t>
   </si>
   <si>
     <t>OECD estimates based on Australia Bureau Statistics (ABS) - Census 2021, T16 Dwelling structure and number of bedrooms by number of persons usually resident for family households</t>
   </si>
   <si>
     <t>https://dataexplorer.abs.gov.au/vis?fs[0]=Census%202021%2C0%7CStatistical%20Areas%20%28ASGS%202021%29%23C21_ASGS%23&amp;fs[1]=Dwelling%20structure%20and%20Number%20of%20bedrooms%2C0%7CTotal%23_T%23&amp;pg=0&amp;fc=Dwelling%20structure%20and%20Number%20of%20bedrooms&amp;snb=2&amp;df[ds]=C21_ASGS&amp;df[id]=C21_T16_SA2&amp;df[ag]=ABS&amp;df[vs]=1.0.0&amp;dq=2%2B3%2B9%2B11%2B11_0%2B11_1%2B11_2%2B11_3%2B11_4%2B11_N%2B2_0%2B2_1%2B2_2%2B2_3%2B2_4%2B2_N%2B3_0%2B3_1%2B3_2%2B3_3%2B3_4%2B3_N%2B9_0%2B9_1%2B9_2%2B9_3%2B9_4%2B9_N%2B_N%2B_T..1%2B2%2B3%2B4%2B5%2B6%2B7%2B8%2B9%2BAUS..&amp;pd=2011%2C&amp;to[TIME_PERIOD]=false&amp;ly[cl]=NPRD&amp;ly[rs]=STRBEDD%2CREGION_TYPE%2CSTATE&amp;ly[rw]=TIME_PERIOD%2CREGION</t>
   </si>
   <si>
     <t>Number of bedrooms per capita</t>
   </si>
   <si>
     <t>https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=9810023801</t>
   </si>
   <si>
     <t>Number of bedrooms per capita. Average household size used from Table 11-10-0228-01</t>
   </si>
   <si>
     <t>https://explore.data.stats.govt.nz/vis?fs[0]=2023%20Census%2C0%7CHousing%23CAT_HOUSING%23&amp;fs[1]=Number%20of%20rooms%2C0%7CTotal%20-%20number%20of%20rooms%23999%23&amp;pg=0&amp;fc=Number%20of%20rooms&amp;snb=1&amp;df[ds]=ds-nsiws-disseminate&amp;df[id]=CEN23_HOU_017&amp;df[ag]=STATSNZ&amp;df[vs]=1.0&amp;dq=2013%2B2018%2B2023.9999%2B99999%2B999999.999.99999&amp;ly[rw]=CEN23_GEO_012&amp;ly[cl]=CEN23_YEAR_001&amp;to[TIME]=false</t>
   </si>
   <si>
     <t>Aoteroa Data Explorer - Number of rooms and private dwelling type for occupied private dwellings, (RC, TALB, SA2, Health), 2013, 2018, and 2023 Censuses</t>
@@ -4136,53 +4061,50 @@
     <t>Population estimates (2017 base) and 2002–2035 projections</t>
   </si>
   <si>
     <t>National and Departmental Estimates 1985-2005 and Projections 2005-onwards</t>
   </si>
   <si>
     <t>Population as of 30 June. Population projections from 2000-2025. Break before 2000.</t>
   </si>
   <si>
     <t>Population 1 January. Registered Residence Population. Break before 2011.</t>
   </si>
   <si>
     <t>Aoteroa Data Explorer - Subnational population component changes (2025 boundaries)</t>
   </si>
   <si>
     <t>1991 to 2010: Annual Population Statistics (ESPOP). Break before 2011.</t>
   </si>
   <si>
     <t>De jure population on 31 December adjusted to 1 January following year.</t>
   </si>
   <si>
     <t>De jure population on 31 December adjusted to 1 January following year (from 2009 based on the 2008 Census). Break before 2009.</t>
   </si>
   <si>
     <t>STADAT 22.1.2.13. Permanent internal migration by county and region based on the registration system of home addresses</t>
-  </si>
-[...1 lines deleted...]
-    <t>Statistical Abstract of Israel - 2. Population - Table: 2.27 Internal Migration Of Israelis between Localities, by District</t>
   </si>
   <si>
     <t>Changes in usual residence of the population in regions, cities, municipalities, towns</t>
   </si>
   <si>
     <t>Each census compares the region of residence on the census reference date with that on 31 December two years earlier (e.g. 2021 vs 2019).</t>
   </si>
   <si>
     <t>Series break in 2011; data for 2011–2023 revised using Census 2021 final results.</t>
   </si>
   <si>
     <t>Ministry of Justice of Portugal - Directorate-General for Justice Policy, motor vehicle theft crimes recorded by the police</t>
   </si>
   <si>
     <t>https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0008324&amp;contexto=bd&amp;selTab=tab2</t>
   </si>
   <si>
     <t>Rooms per licensed dwelling (No.) in new constructions for family housing by Geographic localization (NUTS - 2013)</t>
   </si>
   <si>
     <t>Israel LFS changes: 1998 new weighting, 1995 Census base; 2000 questionnaire updates; 2001 new weighting; 2009 updated definitions, 2008 Census base; 2012 monthly survey, revised definitions incl. military service.</t>
   </si>
   <si>
     <t>Statistics Sweden (SCB)</t>
   </si>
@@ -4568,53 +4490,50 @@
   <si>
     <t>https://sotkanet.fi/sotkanet/en/haku?q=obesity</t>
   </si>
   <si>
     <t>Sotkanet Statistics and Indicator Bank</t>
   </si>
   <si>
     <t>https://drees.solidarites-sante.gouv.fr/sources-outils-et-enquetes/enquete-sante-europeenne-ehis</t>
   </si>
   <si>
     <t>European Health Interview Survey (EHIS) 2009, 2014 and 2019</t>
   </si>
   <si>
     <t>https://ec.europa.eu/eurostat/web/microdata/european-health-interview-survey</t>
   </si>
   <si>
     <t>European Health Interview Survey - Irish Health Survey (EHIS-IHS)</t>
   </si>
   <si>
     <t>Enquête santé européenne-Enquête santé et protection sociale (EHIS-ESPS)</t>
   </si>
   <si>
     <t>https://www.cso.ie/en/methods/surveybackgroundnotes/irishhealthsurveyihs/</t>
   </si>
   <si>
-    <t>Israeli Social Survey 2017 and 2010</t>
-[...1 lines deleted...]
-  <si>
     <t>Population: adults (20 and over).</t>
   </si>
   <si>
     <t>https://esploradati.istat.it/databrowser/#/en/dw/categories/IT1,Z0810HEA,1.0/HEA_STYLE/HEA_STYLE_BOMAS/IT1,83_85_DF_DCCV_AVQ_PERSONE1_231,1.0</t>
   </si>
   <si>
     <t>IstatData - Multipurpose survey on households: aspects of daily life - general part. Body mass index - regions and type of municipality</t>
   </si>
   <si>
     <t>https://data.stat.gov.lv/pxweb/en/OSP_OD/OSP_OD__apsekojumi__vesel_ap/VEA070.px/</t>
   </si>
   <si>
     <t>European Health Interview Survey (EHIS)</t>
   </si>
   <si>
     <t>https://www.inegi.org.mx/app/bienestar/#grafica Salud/Tasa de obesidad</t>
   </si>
   <si>
     <t>Encuesta Nacional de Salud y Nutrición (ENSANUT) - Indicadores de Bienestar por entidad federativa</t>
   </si>
   <si>
     <t>https://www.ssb.no/en/statbank/table/11277</t>
   </si>
   <si>
     <t>Statbank table 11277: Lifestyle habits</t>
@@ -4814,53 +4733,50 @@
   <si>
     <t>https://stat.gov.lv/en/statistics-themes/information-technologies/ict-houeseholds/5675-access-internet-households?themeCode=EK</t>
   </si>
   <si>
     <t>Encuesta Nacional sobre Disponibilidad y Uso de Tecnologías de la Información en los Hogares (ENDUTIH)</t>
   </si>
   <si>
     <t>https://www.inegi.org.mx/programas/endutih</t>
   </si>
   <si>
     <t>Average of quarters, 2025 data covers Q1 and Q2.</t>
   </si>
   <si>
     <t>Household labour force survey</t>
   </si>
   <si>
     <t>https://www.stats.govt.nz/information-releases/labour-market-statistics-june-2025-quarter/</t>
   </si>
   <si>
     <t>Household Labour Force Survey - Labour market statistics</t>
   </si>
   <si>
     <t>ICT usage in households and by individuals survey</t>
   </si>
   <si>
-    <t>Household expenditure survey, Table 16</t>
-[...1 lines deleted...]
-  <si>
     <t>Regulator for the communications services (Ofcom)</t>
   </si>
   <si>
     <t>Connected Nations update</t>
   </si>
   <si>
     <t>https://www.ofcom.org.uk/phones-and-broadband/coverage-and-speeds/connected-nations-update-spring-2025</t>
   </si>
   <si>
     <t>National Telecommunications and Information Administration (NTIA)</t>
   </si>
   <si>
     <t>https://www.ntia.gov/data</t>
   </si>
   <si>
     <t>Internet Use Survey</t>
   </si>
   <si>
     <t>https://data.census.gov/table/ACSST1Y2018.S2801?d=ACS+1-Year+Estimates+Subject+Tables&amp;g=0100000US$04000$001&amp;hidePreview=true&amp;lastDisplayedRow=33&amp;moe=false&amp;q=internet+use&amp;t=Telephone,+Computer,+and+Internet+Access&amp;table=S2801&amp;y=2018</t>
   </si>
   <si>
     <t>American Community Survey - Internet use - Telephone, Computer, and Internet Access (up to 2018)</t>
   </si>
   <si>
     <t>Statbank table 06797: Private broadband subscriptions, by number and per cent of households (DISCONTINUED)</t>
@@ -5117,89 +5033,68 @@
   <si>
     <t>https://www.statistics.gr/en/2021-census-pop-hous</t>
   </si>
   <si>
     <t>Population-Housing Census</t>
   </si>
   <si>
     <t>https://www.inegi.org.mx/temas/migracion/#tabulados</t>
   </si>
   <si>
     <t>National Survey of Demographic Dynamics (ENADID)</t>
   </si>
   <si>
     <t>https://www.statistics.gr/el/statistics/-/publication/SAM05/2011</t>
   </si>
   <si>
     <t>Population-Housing Census - A06. Regular houses by area (m2) and number of rooms</t>
   </si>
   <si>
     <t>https://www.statistics.gr/en/statistics/-/publication/SDT04/-</t>
   </si>
   <si>
     <t>Road Traffic Accidents - Data provided by the delegate of the Working Party on Territorial Indicators</t>
   </si>
   <si>
-    <t>Table 8. Fertility Rates, by District, Sub-District, Population Group, Religion and Age of Mother</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.pxweb.bfs.admin.ch/pxweb/fr/px-x-0102020000_104/-/px-x-0102020000_104.px/</t>
   </si>
   <si>
-    <t>https://www.gov.il/he/pages/health-equity-report-2023</t>
-[...4 lines deleted...]
-  <si>
     <t>Health Ministry</t>
   </si>
   <si>
-    <t>https://data.gov.il/dataset/waste-information-system</t>
-[...4 lines deleted...]
-  <si>
     <t>Ministry of Environmental Protection</t>
   </si>
   <si>
     <t>https://andmed.stat.ee/en/stat/majandus__transport__registreeritud-liiklusvahendid/TS32</t>
   </si>
   <si>
     <t>Estonian Motor Vehicle Registration Centre - TS32: Vehicles and private vehicles</t>
   </si>
   <si>
     <t>Ministry of Transport and Road Safety</t>
   </si>
   <si>
-    <t>Motor Vehicles in Israel 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>StatLine -Passenger cars active; vehicle characteristics, regions, January 1</t>
   </si>
   <si>
     <t>StatLine -Overledenen; belangrijke doodsoorzaken (korte lijst), regio (Deceased persons; major causes of death (short list), region)</t>
   </si>
   <si>
     <t>https://www.stat.go.jp/english/data/nenkan/73nenkan/zenbun/en73/book/pageindices/index122.html</t>
   </si>
   <si>
     <t>https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00200502&amp;tstat=000001225961&amp;cycle=0&amp;year=20250&amp;month=0&amp;tclass1=000001225962</t>
   </si>
   <si>
     <t>Population Census (large-scale census)</t>
   </si>
   <si>
     <t>Ministry of Health, Labour and WeIfare of Japan (MHLW)</t>
   </si>
   <si>
     <t>Statistics of Physicians, Dentists and Pharmacists</t>
   </si>
   <si>
     <t>Survey of Medical Institutions</t>
   </si>
   <si>
     <t>Statistique des causes de décès (CoD) et Statistique de la population et des ménages (STATPOP)</t>
@@ -5324,56 +5219,50 @@
   <si>
     <t>https://www.abs.gov.au/statistics/people/education/schools/latest-release#data-downloads</t>
   </si>
   <si>
     <t>https://www.curriculumnacional.cl/portal/Documentos-Curriculares/Estandares-e-indicadores-de-calidad/Indicadores-de-Desarrollo-Personal-y-Social-vigentes/90161:Retencion-escolar</t>
   </si>
   <si>
     <t>Ministerio de Educación</t>
   </si>
   <si>
     <t>Unidad de Currículum y Evaluación - Retención escolar</t>
   </si>
   <si>
     <t>https://www.dane.gov.co/index.php/estadisticas-por-tema/educacion/poblacion-escolarizada/educacion-formal#informacion-2023-por-departamento</t>
   </si>
   <si>
     <t>Encuesta de Educación Formal (EDUC) - tasa de deserción por departamento</t>
   </si>
   <si>
     <t>https://www.mep.go.cr/acerca-del-mep/analisis-estadistico/estadisticas-educativas</t>
   </si>
   <si>
     <t>Estadísticas Educativas</t>
   </si>
   <si>
-    <t>https://www.cbs.gov.il/he/publications/DocLib/2024/local_authorities22_1957/%D7%91%D7%90%D7%A8%20%D7%A9%D7%91%D7%A2.pdf</t>
-[...4 lines deleted...]
-  <si>
     <t>Based on students starting grade 10 who did not continue to grades 11–12</t>
   </si>
   <si>
     <t>Early leavers = 1 - retention (apparent retention to Year 12)</t>
   </si>
   <si>
     <t>Early leavers = 1 - student retention</t>
   </si>
   <si>
     <t>Ministry of Education</t>
   </si>
   <si>
     <t>Education counts platform - school leavers retained to at least 17-years-old</t>
   </si>
   <si>
     <t>Early leavers = 1 - retention to age 17</t>
   </si>
   <si>
     <t>https://www.educationcounts.govt.nz/know-your-region/territorial-authority/territorial-authority-summary</t>
   </si>
   <si>
     <t>https://explore-education-statistics.service.gov.uk/find-statistics/participation-in-education-training-and-neet-age-16-to-17-by-local-authority/2024-25</t>
   </si>
   <si>
     <t>Department for Education</t>
@@ -5495,107 +5384,92 @@
   <si>
     <t>https://andmed.stat.ee/en/stat/sotsiaalelu__sotsiaalne-terjutus-laekeni-indikaatorid__vaesus-ja-ebaverdsus/LES39</t>
   </si>
   <si>
     <t>LES39: Persons aged 15-29 neither in employment nor in education and training (neet)</t>
   </si>
   <si>
     <t>https://www.abs.gov.au/statistics/people/education/education-and-work-australia/latest-release</t>
   </si>
   <si>
     <t>Survey of Education and Work</t>
   </si>
   <si>
     <t>https://regiones.ine.cl/documentos/default-source/region-iii/estadisticas/ocupacion-y-desocupacion/infografias/personas-j%C3%B3venes/personas-j%C3%B3venes-que-no-estudian-y-no-est%C3%A1n-ocupadas-a%C3%B1o-2022.pdf?sfvrsn=cabbcc2b_8</t>
   </si>
   <si>
     <t>https://www.dane.gov.co/index.php/estadisticas-por-tema/mercado-laboral/mercado-laboral-de-la-juventud</t>
   </si>
   <si>
     <t>Gran Encuesta Integrada de Hogares (GEIH). Mercado laboral de la juventud. Data provided by the delegate of the Working Party on Territorial Indicators</t>
   </si>
   <si>
     <t>Labour Force Survey Data provided by the delegate of the Working Party on Territorial Indicators</t>
   </si>
   <si>
-    <t>https://www.cbs.gov.il/en/Pages/Social-Survey-Generator-new.aspx</t>
-[...1 lines deleted...]
-  <si>
     <t>From 2000 to 2009:  Household Survey of Multiple Purposes (Encuesta de Hogares de Propósitos Múltiples: EHPM)</t>
   </si>
   <si>
     <t>Encuesta Continua de Empleo (ECE) from 2010 onwards (quaterly averages) - Joven NINI</t>
   </si>
   <si>
     <t>https://inec.cr/estadisticas-fuentes/encuestas/encuesta-continua-empleo?documentTypes=serie</t>
   </si>
   <si>
     <t>https://ec.europa.eu/eurostat/databrowser/product/view/edat_lfse_22?category=reg.reg_educ.reg_educ_</t>
   </si>
   <si>
     <t>Young persons neither in employment nor in education and training by NUTS 2 region (NEET rates) - table edat_lfse_22</t>
   </si>
   <si>
     <t>Includes youths in non-formal education training</t>
   </si>
   <si>
-    <t>Statistical Abstract of Israel - 2. Population - Table: 2.39 Live Births, Deaths and Infant Deaths, by District and Sub-District</t>
-[...1 lines deleted...]
-  <si>
     <t>KOSIS - Life expectancy at birth (Province) (Life expectancy at birth)</t>
   </si>
   <si>
     <t>Before 2010: administrative districts abridged life tables, 2010 onward: projection data. TL2: OECD estimates based on provincial population weighted average</t>
   </si>
   <si>
     <t>ISCED 2011 levels 7 and 8 reported jointly under level 7. Data provided by the delegate of the Working Party on Territorial Indicators</t>
   </si>
   <si>
     <t>Ministry of Education - Census by school (via web application) for ISCED 0-3 levels, and Census by institution (via electronic report) for ISCED 5-6 levels. Population projections, based on the 2017 Census</t>
   </si>
   <si>
     <t>EHPM and ECE measure attendance, not enrolment; as asked only of those aged 15+, data are missing for ages 3–5 and 6–14</t>
   </si>
   <si>
     <t>ECE (2010–2023, quarterly averages) and EHPM (2000–2009, annual data); provided by the WPTI delegate.</t>
   </si>
   <si>
     <t>Israeli Police road accident system and Gertner Institute trauma registry; data from the WPTI delegate</t>
   </si>
   <si>
-    <t>Statistical Abstract of Israel - 9. Labour Market -  9.4 Persons Aged 15 and Over, by Labour Force Characteristics, District and Sub-District of Residence. Labour Force Survey.</t>
-[...1 lines deleted...]
-  <si>
     <t>Continuous Employment Survey (Encuesta Continua de Empleo, ECE) from 2010 onwards (quaterly averages). 2000 to 2009: Household Survey of Multiple Purposes (Encuesta de Hogares de Propósitos Múltiples, EHPM).</t>
   </si>
   <si>
-    <t>Calculations based on the linkage between Physicians License Registry and Income Tax files (from 2006 onwards ; until 2005: Labour Force Survey)</t>
-[...4 lines deleted...]
-  <si>
     <t>2011 onwards: Population and Households Statistics (STATPOP); 1990 to 2010: Annual Population Statistics (ESPOP)</t>
   </si>
   <si>
     <t xml:space="preserve">Local Data Bank: Environemental protection - Subgroup P1656 Waste generated during the year </t>
   </si>
   <si>
     <t>Municipal waste – report M-09; PL91–PL92 created in 2018 (earlier Mazowieckie data assigned to PL91); 2022 treatment data partly estimated.</t>
   </si>
   <si>
     <t>Judicial data omit district detail, assigning Sapariquí and San Isidro de Peñas Blancas to Central instead of Northern Huetar, inflating Central and lowering Northern Huetar figures</t>
   </si>
   <si>
     <t>Covers ages 15–74. ISCED 0–2 includes “No attainment”; denominator includes “Level not determined.” Data adjusted for confidentiality; minor discrepancies may occur.</t>
   </si>
   <si>
     <t>The Survey of Education and Work covers ages 15–74; enrolment for under-15s is available only in Census years. Enrolment is self-reported, and data are randomly adjusted for confidentiality, causing minor discrepancies.</t>
   </si>
   <si>
     <t>Social</t>
   </si>
   <si>
     <t>Dataflow</t>
   </si>
   <si>
     <t>Public database - Immigrants table Code: DEMD130062-6-1/9</t>
@@ -5804,59 +5678,50 @@
   <si>
     <t>Health Resources and Services Administration (HRSA)</t>
   </si>
   <si>
     <t>Underlying data source: American Medical Association Physician Professional Data (AMA PPD)</t>
   </si>
   <si>
     <t>https://admin.inec.cr/sites/default/files/2024-05/recientecenaho2023-02_0_0.xlsx</t>
   </si>
   <si>
     <t>Internal migration data from census on residence one year prior for people aged one year and over.</t>
   </si>
   <si>
     <t>https://www.ons.gov.uk/peoplepopulationandcommunity/populationandmigration/migrationwithintheuk/datasets/internalmigrationbyoriginanddestinationlocalauthoritiessexandsingleyearofagedetailedestimatesdataset</t>
   </si>
   <si>
     <t>https://www.nrscotland.gov.uk/publications/migration-flows/</t>
   </si>
   <si>
     <t>Australian National Accounts, Household Income Account. Gross disposable income series. Fiscal year</t>
   </si>
   <si>
     <t>http://opendata.cbs.nl/statline/#/CBS/nl/dataset/84469NED/table?dl=4D89E</t>
   </si>
   <si>
-    <t>Statistical Abstract of Israel - 2. Population - Table 2.60 Immigrants, by First District and Sub-District of Residence in Israel and by Country of Last Residence (Selected Countries)</t>
-[...7 lines deleted...]
-  <si>
     <t>Vital Statistics. Deaths correspond to the Statistical Classification of Diseases and Related Health Problems ICD-10</t>
   </si>
   <si>
     <t>INEGI. Vital Statistics. Deaths correspond to V01-V99 groups of the Statistical Classification of Diseases and Related Health Problems ICD-10</t>
   </si>
   <si>
     <t>Statbank table 05378: Infant mortality</t>
   </si>
   <si>
     <t>Births and Deaths Year ended</t>
   </si>
   <si>
     <t>Mortality due to transport - Customised report, Causes of Death</t>
   </si>
   <si>
     <t>Table 13-10-0800-01  Deaths and mortality rate, by selected grouped causes and sex, Canada, provinces and territories, Transport accidents [V01-V99,  Y85]</t>
   </si>
   <si>
     <t>https://www.ksh.hu/stadat_files/ege/en/ege0070.html</t>
   </si>
   <si>
     <t>STADAT 4.1.2.15. Number of injured persons in road accidents involving personal injury by county and region - Persons killed</t>
   </si>
   <si>
     <t>https://www.ksh.hu/stadat_files/ege/en/ege0045.html</t>
@@ -5942,53 +5807,50 @@
   <si>
     <t>Social statistics</t>
   </si>
   <si>
     <t>Environment statistics</t>
   </si>
   <si>
     <t>Master/ subset</t>
   </si>
   <si>
     <t>EU countries (exc. listed below)</t>
   </si>
   <si>
     <t>Table 36-10-0400-01  Gross domestic product (GDP) at basic prices, by industry, provinces and territories, percentage share</t>
   </si>
   <si>
     <t>https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=3610040001</t>
   </si>
   <si>
     <t>Percentage share of industry in currentl prices</t>
   </si>
   <si>
     <t>http://oe.cd/geostats</t>
   </si>
   <si>
-    <t>Version: November, 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Source URL</t>
   </si>
   <si>
     <t>Source description</t>
   </si>
   <si>
     <t>OECD Regional metadata: dataflows and data sources</t>
   </si>
   <si>
     <t>Break before 2002</t>
   </si>
   <si>
     <t>Break before 2005</t>
   </si>
   <si>
     <t>Census of Population - Internal Migration - 2022</t>
   </si>
   <si>
     <t>Innse</t>
   </si>
   <si>
     <t>Tempo-Online POP304B - Settlings of the residence by counties and localities</t>
   </si>
   <si>
     <t>International trade in goods</t>
@@ -6114,89 +5976,127 @@
     <t>https://www.gov.uk/government/statistics/regional-trade-in-goods-statistics-disaggregated-by-smaller-geographical-areas-2021 :</t>
   </si>
   <si>
     <t>U.S. Census Bureau: Economic Indicators Division USA Trade Online. U.S. Import and Export Merchandise trade statistics</t>
   </si>
   <si>
     <t>https://usatrade.census.gov/data/Perspective60/View/dispview.aspx</t>
   </si>
   <si>
     <t>Innovation</t>
   </si>
   <si>
     <t>PCT patent applications</t>
   </si>
   <si>
     <t>All countries</t>
   </si>
   <si>
     <t>OECD, STI Intellectual Property Database</t>
   </si>
   <si>
     <t>Patent applications at international filled under the Patent Cooperation Treaty (PCT) at the World International Property Organisation (WIPO)</t>
   </si>
   <si>
     <t>http://oe.cd/ipstats</t>
+  </si>
+  <si>
+    <t>Version: January, 2026</t>
+  </si>
+  <si>
+    <t>Health equity report - Life expectancy. Data provided by the delegate of the Working Party on Territorial Indicators</t>
+  </si>
+  <si>
+    <t>Waste Information System. Data provided by the delegate of the Working Party on Territorial Indicators</t>
+  </si>
+  <si>
+    <t>To avoid a series break due to the inclusion of military service in the labour force in 2012, data up to 2011 were rescaled using a coefficient of 1.0624 based on 2012 and national values.</t>
+  </si>
+  <si>
+    <t>To avoid a series break related to inclusion of military service into labour force in 2012, data up to 2011 were rescaled using a coefficient of 1.0624 based on 2012 and national values.</t>
+  </si>
+  <si>
+    <t>Ministry of Education registries and CBS data - Students dropout. Data provided by the delegate of the Working Party on Territorial Indicators</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Physicians License Registry and Income Tax files (from 2006 onwards ; until 2005: Labour Force Survey). Data provided by the delegate of the Working Party on Territorial Indicators</t>
+  </si>
+  <si>
+    <t>System of National Accounts of Mexico - PIB por entidad federativa. Base 2018</t>
+  </si>
+  <si>
+    <t>https://www.inegi.org.mx/programas/pibent/2018/#tabulados</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>Instituto Brasileiro de Geografia e Estatística (IBGE)</t>
+  </si>
+  <si>
+    <t>SCR - System of Regional Accounts</t>
+  </si>
+  <si>
+    <t>https://www.ibge.gov.br/en/statistics/economic/national-accounts/16855-regional-accounts-of-brazil.html?=&amp;t=downloads</t>
+  </si>
+  <si>
+    <t>BRA</t>
+  </si>
+  <si>
+    <t>https://www.ibge.gov.br/en/statistics/economic/national-accounts/16855-regional-accounts-of-brazil.html</t>
+  </si>
+  <si>
+    <t>Industry R to U also covers M to N.</t>
+  </si>
+  <si>
+    <t>CSO Department of Transport, Tourism and Sport. Irish Bulletin of vehicle and driver statistics, Table 5a. Number of Private Cars by CO2 Emission Band in each Licensing Authority Area</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
-      <family val="2"/>
-[...11 lines deleted...]
-      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="2"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -6277,173 +6177,137 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.749992370372631"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F7FC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...16 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="45">
+  <cellXfs count="37">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
-[...31 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="6" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{11CA4A67-A7AE-47A0-9748-31E25B9C17F9}"/>
     <cellStyle name="Standard_05-09-27" xfId="3" xr:uid="{14D325B5-9772-4BE5-BC7C-8B10D5EA08CA}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFF2F7FC"/>
       <color rgb="FFFFF7DD"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
@@ -6754,1235 +6618,1235 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://oe.cd/geostats" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO%40DF_TYPE_RURB&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ENE%40DF_PROD_ELEC&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.5" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO%40DF_GVA&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_LAB%40DF_TYPE_RURB&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ENE%40DF_ENE&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.5" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_SOC%40DF_INCOME_INEQ&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO%40DF_LPR&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_PAT%40DF_PAT&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=1.0" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_DENSITY&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO_ROPI%40DF_GVA_ROPI&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=80&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_FIRES&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.4" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_REGION_TYPE_METRO&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_AIR_TEMP&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_EDU%40DF_EDU&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_HEALTH%40DF_HEALTH&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_DROUGHT&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_GHG&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_SOC%40DF_HOUSING&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_SOC%40DF_BROADBAND&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_LAB%40DF_LEVELS&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_LIFE_EXP&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_SOC%40DF_VEH&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_SOC%40DF_SAFETY&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.2" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_DEGREE_DAYS&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=60&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_LAB%40DF_TEMPORARY&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_EDU%40DF_EMP&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO%40DF_ECO&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_FERTILITY&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_HEALTH%40DF_CARE&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_HEALTH%40DF_STATUS&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_MIGR_FLOW&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_LABOUR%40DF_LAB&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_POP_5Y&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO_ROPI%40DF_LPR_ROPI&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=80&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_EDU%40DF_EXCLU&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_REGION_TYPE_RURB&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_MOBILITY&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_SOC%40DF_VOTER&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO%40DF_TYPE_METRO&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_EDU%40DF_ATTAIN&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO%40DF_GDP&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO%40DF_INC&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_LAB%40DF_TYPE_METRO&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_LAB%40DF_PART_TIME&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_SOC%40DF_SOC&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO%40DF_EMP&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_LAB%40DF_RATES&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO_ROPI%40DF_GDP_ROPI&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=80&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_MW%40DF_WASTE&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=1.0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_EDU%40DF_TRAINING&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_DEATH_5Y&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO_ROPI%40DF_ECO_ROPI&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ENE%40DF_ENE_CONSUMPTION&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_HEALTH%40DF_RISK&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO%40DF_TRAD&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_POP_BROAD&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_FLOOD&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=1.0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_DEPEND&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=20&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_HEAT_STRESS&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.4" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_LAND_TEMP&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_PRECIPITATION&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.4" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=60&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_EDU%40DF_ENROL&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_CLIM&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.4" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_DEMO&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cso.ie/table/VSA94" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/demografia-y-poblacion/censo-nacional-de-poblacion-y-vivenda-2018" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.api.abs.gov.au/rest/data/ABS,NIM_CY,1.0.0/1+2+3.A20+A15+TOT.3..A?format=csv" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www5.statcan.gc.ca/cansim/a26?id=2520051&amp;pattern=&amp;p2=37&amp;p1=1&amp;tabMode=dataTable&amp;stByVal=1&amp;paSer=&amp;csid=&amp;retrLang=eng&amp;lang=eng" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.belgium.be/en" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/programas/endutih" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/demo_r_mlifexp/default/table?lang=en&amp;category=reg.reg_dem.reg_demmor" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anfia.it/it/attivita/studi-e-statistiche/automobile-in-cifre/statistiche-italia/parco-circolante/autoveicoli-motor-vehicles" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/education/work-related-training-and-adult-learning-australia/latest-release" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://andmed.stat.ee/en/stat/rahvastik__rahvastikusundmused__ranne/RVR061" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tewhatuora.shinyapps.io/mortality-web-tool/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/ege/en/ege0048.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nrscotland.gov.uk/publications/births-time-series-data-2024/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/regionalaccounts/grossdisposablehouseholdincome/datasets/regionalgrossdisposablehouseholdincomegdhi" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/temat" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inec.cr/estadisticas-fuentes/encuestas/encuesta-continua-empleo?documentTypes=serie" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/app/scitel/Default?ev=10" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/publications/2021-mid-year-population-estimates-northern-ireland" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.inec.cr/sites/default/files/2025-09/repoblacevdefu2025-isem.Inclusivo.xlsx" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-departamentales" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://podatki.nijz.si/pxweb/sl/NIJZ%20podatkovni%20portal/NIJZ%20podatkovni%20portal__5%20Viri%20v%20zdravstvu__3%20Bolni%C5%A1ke%20postelje/Postelje3.px/?rxid=5c9cec5f-9945-4e10-a050-d0d98855cacb" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=statistiky" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de.ine.gob.cl/?fs%5b0%5d=Productos%2C0%7CEncuesta%20Nacional%20de%20Empleo%20%28ENE%29%23ENE%23&amp;pg=0&amp;fc=Productos&amp;bp=true&amp;snb=91" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statswales.gov.wales/Catalogue/Education-and-Skills/Post-16-Education-and-Training/Lifelong-Learning/Participation-of-Adults-and-Young-People/estimated1624neet-by-economicactivity-agegroup" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.subtel.gob.cl/estudios-y-estadisticas/internet/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.policija.si/o-slovenski-policiji/statistika/kriminaliteta" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/topics/population/migration/guidance/migration-flows.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/pxweb/en/ssd/START__BE__BE0101__BE0101I/Medellivsl/?rxid=b805ed80-a6b7-4af1-aff0-4942c03bc1fc" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://informesdeis.minsal.cl/SASVisualAnalytics/?reportUri=%2Freports%2Freports%2F2fb6fc3c-944b-45d7-9c9d-4d6c46e8dd79&amp;sectionIndex=0&amp;sso_guest=true&amp;reportViewOnly=true&amp;reportContextBar=false&amp;sas-welcome=false" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/9.ShnatonLabourMarket/st09_04.xlsx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/Data/2974007S.px/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.airia.or.jp/publish/statistics/number.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/en/statistics-themes/population/migration/tables/ibe081-long-term-international-migration-regions" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.inec.cr/sites/default/files/2024-11/repoblacEV-Estad%C3%ADsticas%20vitales-2023A.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://si3.bcentral.cl/Siete/ES/Siete/Cuadro/CAP_CCNN/MN_CCNN76/CCNN2013_P1/CCNN2013_P1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/teryt" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://environnement.wallonie.be/home/gestion-environnementale/dechets/gestion-des-dechets/statistiques-sur-la-gestion-des-dechets.html" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/0762115S.px" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.swiss/fr/dataset/eidg-wahlen-2023/resource/f585480c-4db2-408b-9a65-d6e03f66fff1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/sistemas/olap/consulta/general_ver4/MDXQueryDatos.asp?proy=vmrc_vehiculos" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mep.go.cr/acerca-del-mep/analisis-estadistico/estadisticas-educativas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__ksyyt/statfin_ksyyt_pxt_13u5.px/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/nama_10r_2hhinc/default/table?lang=en&amp;category=reg.reg_eco10.reg_eco10brch" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sitiooij.poder-judicial.go.cr/index.php/apertura/transparencia/estadisticas-policiales" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/07459" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/teryt" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/9.ShnatonLabourMarket/st09_14x.xlsx" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wybory.gov.pl/index/index.html?language=en&amp;tab=wybory&amp;accessibility=off" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biruni.tuik.gov.tr/medas/?kn=89&amp;locale=en" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/en/statistics/-/publication/SDT04/-" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__Faeddirdanir__danir__danir/MAN05221.px" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atlas.ima-aim.be/databanken/?rw=1&amp;" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/crime-and-justice/recorded-crime-victims/latest-release" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/population/births-australia/latest-release" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__manntal__2021__3_menntun/CEN1301.px/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regionalstatistik.de/genesis/online?operation=abruftabelleBearbeiten&amp;levelindex=2&amp;levelid=1759218196464&amp;auswahloperation=abruftabelleAuspraegungAuswaehlen&amp;auswahlverzeichnis=ordnungsstruktur&amp;auswahlziel=werteabruf&amp;code=14111-01-04-4&amp;auswahltext=&amp;werteabruf=Werteabruf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.inec.cr/sites/default/files/2024-07/repoblaceppnac1950-2100_0.xlsx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.nhs.uk/data-and-information/publications/statistical/general-and-personal-medical-services" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bitre.gov.au/statistics/safety/fatal_road_crash_database.aspx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tewhatuora.shinyapps.io/mortality-web-tool/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/jp/sna/data/data_list/kenmin/files/contents/main_2022.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.indicators.be/fr/i/G12_WST/fr" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=3710010301" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/el/statistics/-/publication/SAM05/2011" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/nep/en/nep0046.html" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sitiooij.poder-judicial.go.cr/index.php/apertura/transparencia/estadisticas-policiales" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://podatki.nijz.si/pxweb/sl/NIJZ%20podatkovni%20portal/NIJZ%20podatkovni%20portal__5%20Viri%20v%20zdravstvu__1%20Izvajalci%20zdravstvene%20dejavnosti/RIZDDZ_TB01a.px/?rxid=5c9cec5f-9945-4e10-a050-d0d98855cacb" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wonder.cdc.gov/natality.html" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.bea.gov/itable/?ReqID=70&amp;step=1&amp;_gl=1*bnwdph*_ga*ODgxMTQxMzY5LjE2ODA3OTE5MzU.*_ga_J4698JNNFT*czE3NTc1NzM1OTYkbzUkZzEkdDE3NTc1NzM2MzAkajI2JGwwJGgw" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chronicdata.cdc.gov/Nutrition-Physical-Activity-and-Obesity/Nutrition-Physical-Activity-and-Obesity-Behavioral/hn4x-zwk7/about_data" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/2706105S.px" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/dyngs/INEbase/en/operacion.htm?c=Estadistica_C&amp;cid=1254736176759&amp;menu=resultados&amp;idp=1254735573113" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/dbview?sid=0004021612" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/wymiary" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cso.ie/px/pxeirestat/Statire/SelectVarVal/Define.asp?maintable=CJQ02&amp;PLanguage=0" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgis.salud.gob.mx/contenidos/basesdedatos/da_recursos_gobmx.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=death-and-causes-of-death-statistics-2020-37243&amp;dil=2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/salud/nacimientos-y-defunciones/nacimientos" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.nbb.be/Index.aspx?DataSetCode=EXTTRADEBENAT&amp;lang=fr" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cso.ie/px/pxeirestat/Statire/SelectVarVal/Define.asp?maintable=CIA01" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.policija.si/o-slovenski-policiji/statistika/kriminaliteta" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=2310030801" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/data/tables/time-series/demo/geographic-mobility/state-to-state-migration.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__synt/statfin_synt_pxt_12dq.px/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.govt.nz/statistics-research/system-monitoring/planning-and-performance-data/acute-hospital-bed-days" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.inec.cr/sites/default/files/2025-07/repoblaceppsubnaciokitcuadros2000-2050%202.xlsx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=vystup-objekt-parametry&amp;sp=A&amp;skupId=446&amp;pvokc=&amp;katalog=30853&amp;pvo=ZAM02-A&amp;z=T" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Atvinnuvegir/Atvinnuvegir__visinditaekni__Upplysingataekninotkuneinstaklinga__ict_nettenging/SAM07202e.px" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/en/statistics/-/publication/SME18/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/educ_uoe_enra12/default/table?lang=en" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://andmed.stat.ee/en/stat/rahvastik__rahvastikusundmused__ranne/RVR051" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.policia.gov.co/estadistica-delictiva" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drees.solidarites-sante.gouv.fr/sources-outils-et-enquetes/enquete-sante-europeenne-ehis" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cso.ie/table/QLF08" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=Survey-on-Information-and-Communication-Technology-(ICT)-Usage-in-Households-and-by-Individuals-2022-45587" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://registronacional.go.cr/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/education/education-and-work-australia/latest-release" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statistikdatabasen.scb.se/pxweb/sv/ssd/START__BE__BE0101__BE0101J/Flyttningar97/table/tableViewLayout1/?rxid=b805ed80-a6b7-4af1-aff0-4942c03bc1fc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/fr/home/statistiques/sante/determinants/exces-poids.assetdetail.28725063.html" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?sso=ok&amp;returnurl=https%3A%2F%2Fkosis.kr%3A443%2FstatHtml%2FstatHtml.do%3Fconn_path%3DI2%26tblId%3DDT_MLTM_5498%26language%3Den%26orgId%3D116%26" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/labour/employment-and-unemployment/labour-force-australia-detailed/latest-release" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://atlaselectoral.tse.go.cr/presidencial/2018/barra?search%5Bano%5D=2018&amp;search%5Brelativo%5D=false&amp;search%5Btipo_eleccion%5D=presidencial" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cso.ie/table/VSA31" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0012773&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aihw.gov.au/WorkArea/DownloadAsset.aspx?id=60129546076" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.nl/nl-nl/maatwerk/2024/21/jongeren-die-niet-werken-en-geen-onderwijs-volgen--neets---2021-2022" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/nep/en/nep0043.html" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0012261&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://volitve.dvk-rs.si/referendum-zdpidu/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/hlth_cd_acdr2/default/table?lang=en&amp;category=reg.reg_hlth.reg_hlth_cdeath" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistika.tai.ee/pxweb/en/Andmebaas/Andmebaas__04THressursid__05Tootajad/THT014.px/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-genesis.destatis.de/genesis/online?operation=tables&amp;code=12711" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdb.socialstyrelsen.se/if_dor/val.aspx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/demografia-y-poblacion/proyecciones-de-poblacion" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nomisweb.co.uk/query/construct/summary.asp?reset=yes&amp;mode=construct&amp;dataset=161&amp;version=0&amp;anal=1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/economy/national-accounts/australian-national-accounts-state-accounts/latest-release" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statfin.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__tyti/statfin_tyti_pxt_13al.px/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/en/methods/surveybackgroundnotes/irishhealthsurveyihs/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/en/releasesandpublications/ep/p-isshict/internetcoverageandusageinireland2024/householdinternetconnectivity/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csu.gov.cz/produkty/generation-recovery-and-disposal-of-waste-2023" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infoshare.stats.govt.nz/SelectVariables.aspx?pxID=a2b114fe-1dc9-42b3-8405-f9607a7b483b" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sv2018.cvk.lv/pub/Activities" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://censo2024.ine.gob.cl/estadisticas/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.ie/en/department-of-transport" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/information-releases/labour-market-statistics-june-2025-quarter/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aihw.gov.au/hospitals/topics/hospital-resources" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/pxweb/en/ssd/START__BE__BE0101__BE0101I/SpadbarnsdodlHVD/?rxid=b805ed80-a6b7-4af1-aff0-4942c03bc1fc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_publicacoes&amp;PUBLICACOESpub_boui=720545740&amp;PUBLICACOESmodo=2" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.data.gouv.fr/datasets/bases-statistiques-communale-departementale-et-regionale-de-la-delinquance-enregistree-par-la-police-et-la-gendarmerie-nationales/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kosis.kr/eng/statisticsList/statisticsListIndex.do?menuId=M_01_01&amp;vwcd=MT_ETITLE&amp;parmTabId=M_01_01&amp;statId=1989005&amp;themaId=" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/jaxi/Tabla.htm?path=/t15/p420/a2019/p06/l0/&amp;file=01004.px&amp;L=0" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.destatis.de/EN/Themes/Society-Environment/Environment/Waste-Management/_node.html" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ntia.gov/data" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/pxweb/en/ssd/START__HE__HE0111__HE0111A/HushallT30/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/en/home/statistics/population.assetdetail.36073673.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statbank.dk/FLY66" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bifreidatolur.samgongustofa.is/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inec.cr/encuestas/encuesta-continua-de-empleo?keys=regiones+de+planificaci%C3%B3n&amp;at=544&amp;prd=All&amp;field_anio_documento_value%5Bvalue%5D%5Bdate%5D=2020" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=3710019601" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aamc.org/data-reports/report/us-physician-workforce-data-dashboard" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dati-censimentopopolazione.istat.it/Index.aspx?DataSetCode=DICA_STANZE" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/populationandmigration/migrationwithintheuk/datasets/internalmigrationbyoriginanddestinationlocalauthoritiessexandsingleyearofagedetailedestimatesdataset" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=statistiky" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/birthsdeathsandmarriages/livebirths/datasets/birthcharacteristicsinenglandandwales" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1310080001" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/nama_10r_3gdp/default/table?lang=en&amp;category=reg.reg_eco10.reg_eco10gdp" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/fr/home/statistiques/catalogue.assetdetail.28625194.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infoshare.stats.govt.nz/ViewTable.aspx?pxID=1755f287-ae16-4077-99da-58f67a3baeb4" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/lietuvos-gyventojai-2023/mirtingumas/vidutine-tiketina-gyvenimo-trukme" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://andmed.stat.ee/en/stat/sotsiaalelu__sissetulek/ST21" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.police.govt.nz/about-us/statistics-and-publications/data-and-statistics/proceedings-police-stations" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ekloges.ypes.gr/en" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biruni.tuik.gov.tr/medas/?kn=89&amp;locale=en" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dgt.es/menusecundario/dgt-en-cifras/dgt-en-cifras-resultados/dgt-en-cifras-detalle/Parque-de-vehiculos-Tablas-estadisticas-2024/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://oe.cd/ipstats" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/employmentandlabourmarket/peopleinwork/employmentandemployeetypes/datasets/workforcejobsbyregionandindustryjobs05" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/product/view/edat_lfse_16?category=reg.reg_educ.reg_educ_" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.scot/publications/summary-statistics-for-attainment-and-initial-leaver-destinations-no-7-2025-edition/pages/access-to-data-and-further-information" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/2.ShnatonPopulation/st02_39x.xlsx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/en/statistics-themes/population/causes-death/21035-causes-death" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.www.inegi.org.mx/programas/edr/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bra.se/statistik/statistik-om-rattsvasendet/anmalda-brott" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_publicacoes&amp;PUBLICACOESpub_boui=66320870&amp;PUBLICACOESmodo=2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nomisweb.co.uk/query/construct/summary.asp?reset=yes&amp;mode=construct&amp;dataset=161&amp;version=0&amp;anal=1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statcube.at/statistik.at/ext/statcube/openinfopage?tableId=defaulttable_dedemoind" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stat.go.jp/english/data/nenkan/73nenkan/zenbun/en73/book/pageindices/index122.html" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistik.at/en/statistics/population-and-society/health/health-determinants/overweight-and-obesity" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bjs.ojp.gov/library/publications/homicide-victimization-united-states-2023" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=9810023801" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/jaxiT3/Tabla.htm?t=27155" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mdcr.cz/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statcube.at/statistik.at/ext/statcube/openinfopage?id=degestorbene_ext" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1DA7004S&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/lfst_r_lfsd2pop/default/table?lang=en" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/ege/en/ege0045.html" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/ilc_lvho04n/default/table?lang=en" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__Faeddirdanir__faeddir__faedingar/MAN05110.px/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistik.at/en/statistics/tourism-and-transport/vehicles/stock-of-motor-vehicles" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/hlth_rs_bdsrg2/default/table?lang=en&amp;category=reg.reg_hlth.reg_hlth_care" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statcube.at/statistik.at/ext/statcube/openinfopage?id=debevwan21" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__buferlaflutningar__buferlaflmillilanda/MAN01405.px/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/grossdomesticproductgdp/datasets/regionalgrossdomesticproductallnutslevelregions" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/statistiniu-rodikliu-analize?indicator=S3R696" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/statistiniu-rodikliu-analize?hash=01db4b64-73cf-4a0a-81e5-688ad7f77e9d" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/files/operaciones/CAEFM-RS/bol-CAEFMRS-2022pr.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anfia.it/it/attivita/studi-e-statistiche/automobile-in-cifre/statistiche-italia/parco-circolante/autoveicoli-motor-vehicles" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/05613" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/TRNG_LFSE_04__custom_5204132/default/table?lang=en" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statcube.at/statistik.at/ext/statcube/openinfopage?id=degestorbene_ext" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/fr/home/statistiques/catalogue.assetdetail.36158252.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/en/releasesandpublications/ep/p-cpp1/censusofpopulation2022profile1-populationdistributionandmovements/internalmigration/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pxweb.bfs.admin.ch/pxweb/fr/px-x-0103010200_151/px-x-0103010200_151/px-x-0103010200_151.px" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/population/births-australia/latest-release" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/crime-and-justice/recorded-crime-victims/latest-release" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/information-releases/regional-gross-domestic-product-year-ended-march-2024/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistika.tai.ee/pxweb/en/Andmebaas/Andmebaas__04THressursid__02Ravivoodid__01Aastastatistika/RV20.px/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www5.statcan.gc.ca/cansim/a26?id=2520051&amp;pattern=&amp;p2=37&amp;p1=1&amp;tabMode=dataTable&amp;stByVal=1&amp;paSer=&amp;csid=&amp;retrLang=eng&amp;lang=eng" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/06797" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biruni.tuik.gov.tr/medas/?kn=95&amp;locale=en" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/publications/registrar-general-annual-report-2023-births" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.gov.il/dataset/waste-information-system" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bea.gov/data/income-saving/personal-income-by-state" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/fr/home/statistiques/situation-economique-sociale-population/revenus-consommation-et-fortune/budget-des-menages.assetdetail.10867317.html" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1ES3B05S&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lustat.statec.lu/vis?fs%5b0%5d=Th%C3%A8mes%2C1%7CConditions%20sociales%23C%23%7CElections%23C7%23&amp;pg=0&amp;fc=Th%C3%A8mes&amp;snb=18&amp;df%5bds%5d=ds-release&amp;df%5bid%5d=DF_C7100&amp;df%5bag%5d=LU1&amp;df%5bvs%5d=1.0&amp;dq=..A&amp;pd=2015%2C2023&amp;to%5bTIME_PERIOD%5d=false" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__ksyyt/statfin_ksyyt_pxt_13u5.px/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/mercado-laboral/mercado-laboral-de-la-juventud" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0008324&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nrscotland.gov.uk/publications/migration-flows/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/salud/nacimientos-y-defunciones/defunciones-no-fetales" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redatam-ine.ine.cl/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=3610022201" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__altp/statfin_altp_pxt_12bf.px/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education-ni.gov.uk/publications/school-leavers-202324" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/wymiary" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npa.go.jp/publications/statistics/index.html" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0012261&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/doclib/2020/%D7%9C%D7%99%D7%93%D7%95%D7%AA-%D7%97%D7%992019/tab08-2022.xls" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1B44&amp;language=en&amp;conn_path=I3" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naturalresources.wales/evidence-and-data/accessing-our-data/access-our-data-maps-and-reports/?lang=en" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dane.gov.co/index.php/estadisticas-por-tema/mercado-laboral/mercado-laboral-por-departamentos" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wonder.cdc.gov/lbd.html" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/pxweb/en/ssd/START__TK__TK1001__TK1001A/FordonTrafik/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/product/view/edat_lfse_04?lang=en" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nces.ed.gov/programs/coe/indicator/col/not-in-school-not-working-neet" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/topics/public-sector/voting/data/tables.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1710000501" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statcube.at/statistik.at/ext/statcube/openinfopage?id=debevwan020" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=death-and-causes-of-death-statistics-2020-37243&amp;dil=2" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticasdecriminalidad.ses.mir.es/publico/portalestadistico/datos?type=jaxi&amp;title=Hechos%20conocidos&amp;path=/Datos1/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/09797" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgis.salud.gob.mx/contenidos/basesdedatos/da_recursos_gobmx.html" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1310090501" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/tecnologia-e-innovacion/tecnologias-de-la-informacion-y-las-comunicaciones-tic/encuesta-de-tecnologias-de-la-informacion-y-las-comunicaciones-en-hogares-entic-hogares" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nrscotland.gov.uk/publications/deaths-time-series-data-2024/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/jaxi/Tabla.htm?tpx=75321&amp;L=1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stat.gov.pl/bdlen/app/dane_podgrup.hier?p_id=741222&amp;p_token=-1467878598" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.stat.gov.lv/pxweb/en/OSP_PUB/START/NBA040" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statbank.dk/BIL53" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biruni.tuik.gov.tr/medas/?kn=89&amp;locale=en" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/teryt" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ysk.gov.tr/tr/2023-cumhurbaskani-ve-milletvekili-secim-i%CC%87statistikleri/1541626" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csu.gov.cz/migration?pocet=10&amp;start=0&amp;podskupiny=136&amp;razeni=-datumVydani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/statistiniu-rodikliu-analize" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1B80A17&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statbank.dk/STRAF22" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/nama_10r_3gva/default/table?lang=en&amp;category=reg.reg_eco10.reg_eco10brch" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ccss.sa.cr/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/11277" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1B81A21&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ovam.vlaanderen.be/cijfers-huishoudelijk-afval" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statcan.gc.ca/en/statistical-programs/instrument/5375_Q1_V27" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/hnatonElectionsTheKnessetandGovernment.27/st27_04.xlsx" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/en/publications/Pages/2025/Standard-of-Living-Statistical-Abstract-of-Israel-2025-No-76.aspx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/en/search?Type=%5B%22table%22%2C%22other_format%22%5D&amp;Themes=%2296%22" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/health/causes-death/causes-death-australia/2023" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/datosprimarios/iavl/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistikk-fhi-no.translate.goog/nokkel/_ap4Hk5DguhvryoYBhFMt8Jv3hR3MZr-_D7q_0G7hpE?_x_tr_sl=auto&amp;_x_tr_tl=en&amp;_x_tr_hl=fr&amp;_x_tr_pto=wapp&amp;_x_tr_hist=true" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/educacion/poblacion-escolarizada/educacion-formal" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/statistiniu-rodikliu-analize?indicator=S3R696" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/wymiary" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/demografia-y-poblacion?id=34" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/publications/registrar-general-annual-report-2023-births" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0014115" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/Data/0867385S.px/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/crim_gen_reg/default/table?lang=en&amp;category=reg.reg_crim" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/2.ShnatonPopulation/st02_19x.xlsx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infoshare.stats.govt.nz/SelectVariables.aspx?pxID=50aa488a-26c7-4d7e-a46e-4125b4f3e3e1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://andmed.stat.ee/en/stat/sotsiaalelu__sotsiaalne-terjutus-laekeni-indikaatorid__vaesus-ja-ebaverdsus/LES39" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bra.se/statistik/statistik-om-rattsvasendet/anmalda-brott" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.verkiezingsuitslagen.nl/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nip.tuik.gov.tr/?value=KonutIstatistikleri" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pxweb.bfs.admin.ch/pxweb/en/px-x-1103020100_101/-/px-x-1103020100_101.px/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistika.tai.ee/pxweb/en/Andmebaas/Andmebaas__07Terviseprofiilid__02MKKOV/LO01.px/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://si3.bcentral.cl/Siete/ES/Siete/Cuadro/CAP_CCNN/MN_CCNN76/CCNN2018_PIB_REGIONAL_N/637899740344107786" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organesdeconcertation.sante.belgique.be/fr/documents/hwf-statan-2024-statistiques-detaillees" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/05471" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1B80A11&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/demo_r_find3/default/table?lang=en&amp;category=reg.reg_dem.reg_demfer" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/jov/en/jov0045.html" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inclasns.sanidad.gob.es/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ird.lt/en/services/ltcor-e-services/crime-statistics-by-municipality" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://andmed.stat.ee/en/stat/rahvastik__rahvastikunaitajad-ja-koosseis__demograafilised-pehinaitajad/RV0452" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.il/he/pages/health-equity-report-2023" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/industry/tourism-and-transport/motor-vehicle-census-australia/latest-release" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=1410032701" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1410001901" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.economy-ni.gov.uk/news/northern-ireland-labour-force-survey-young-people-not-education-employment-or-training-neet-may-2025" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.inec.cr/sites/default/files/2024-05/recientecenaho2023-02_0_0.xlsx" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.gov.ro/organization/autoritatea-electorala-permanenta" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.gob.cl/estadisticas/sociales/demografia-y-vitales/proyecciones-de-poblacion" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statbank.dk/DODB1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__merek/statfin_merek_pxt_121d.px/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/fr/home/statistiques/mobilite-transports/accidents-impact-environnement/accidents-transports/route.assetdetail.35127441.html" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;contecto=pi&amp;indOcorrCod=0012841&amp;selTab=tab0" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statbank.dk/VAN2AAR" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/hlth_cd_acdr2/default/table?lang=en&amp;category=reg.reg_hlth.reg_hlth_cdeath" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/05378" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/statistical-data-sets/police-recorded-crime-and-outcomes-open-data-tables" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uzis.cz/res/f/008381/zdrroccz2019.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wonder.cdc.gov/deaths-by-underlying-cause.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/healthandsocialcare/healthandlifeexpectancies/datasets/lifeexpectancyestimatesallagesuk" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/9.ShnatonLabourMarket/st09_24.xlsx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/information-releases/labour-market-statistics-june-2025-quarter/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistik.pts.se/en/telecom-and-broadband/mobile-coverage-and-broadband-survey/mobile-coverage-and-broadband-survey-2024/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.stat.gov.lv/pxweb/en/OSP_PUB/START__NOZ__TR__TRC/TRC012/?loadedQueryId=23919&amp;timeType=top&amp;timeValue=1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/statistics/00200235" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regionalstatistik.de/genesis/online?operation=statistic&amp;levelindex=0&amp;levelid=1757261705172&amp;code=12711" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lustat.statec.lu/vis?fs%5b0%5d=Th%C3%A8mes%2C1%7CPopulation%20et%20emploi%23B%23%7CMouvement%20de%20la%20population%23B3%23&amp;pg=0&amp;fc=Mouvement%20de%20la%20Population&amp;bp=true&amp;snb=42&amp;df%5bds%5d=ds-release&amp;df%5bid%5d=DF_B2400&amp;df%5bag%5d=LU1&amp;df%5bvs%5d=1.0&amp;dq=A.S01.M02%2BM01.L01&amp;pd=2015%2C2024&amp;to%5bTIME_PERIOD%5d=false" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nomisweb.co.uk/query/construct/summary.asp?reset=yes&amp;mode=construct&amp;dataset=161&amp;version=0&amp;anal=1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.police.be/statistiques/fr/criminalite/figures-criminelles/tableau?theme=8.1.1.1.&amp;view=location" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.bea.gov/itable/?ReqID=70&amp;step=1&amp;_gl=1*bnwdph*_ga*ODgxMTQxMzY5LjE2ODA3OTE5MzU.*_ga_J4698JNNFT*czE3NTc1NzM1OTYkbzUkZzEkdDE3NTc1NzM2MzAkajI2JGwwJGgw" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/wymiary" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0010212&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/demo_r_find3/default/table?lang=en&amp;category=reg.reg_dem.reg_demfer" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://environnement.brussels/sites/default/files/user_files/fiche_methodo_tonnage_fr_2.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/grossvalueaddedgva/datasets/nominalandrealregionalgrossvalueaddedbalancedbyindustry" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slfs.bfs.admin.ch/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scotland.shinyapps.io/sg-scottish-health-survey/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elections.fgov.be/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/0986804S.px" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/table/ACSDT1Y2023.B25019?q=rooms&amp;t=Types+of+Rooms&amp;g=010XX00US$0400000&amp;y=2023" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insee.fr/fr/statistiques/8582988" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/09588" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata-cepidc.inserm.fr/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://andmed.stat.ee/en/stat/eri-valdkondade-statistika__noorteseire/NH16" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00200502&amp;tstat=000001225961&amp;cycle=0&amp;year=20250&amp;month=0&amp;tclass1=000001225962" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kriminalita.policie.gov.cz/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/product/page/demo_r_pjangrp3" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata-cepidc.inserm.fr/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/population/life-expectancy/latest-release" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/7.ShnatonStandardofliving/07_02_2022.xlsx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.nbb.be/Index.aspx?DataSetCode=REGTRD&amp;lang=fr" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nomisweb.co.uk/query/construct/summary.asp?mode=construct&amp;version=0&amp;dataset=17" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticasdecriminalidad.ses.mir.es/publico/portalestadistico/datos?type=jaxi&amp;title=Hechos%20conocidos&amp;path=/Datos1/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistik.at/en/statistics/tourism-and-transport/vehicles/registration-of-new-motor-vehicles" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/information-releases/labour-market-statistics-june-2025-quarter/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.juntaelectoralcentral.es/cs/jec/elecciones/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/statistical-data-sets/vehicle-licensing-statistics-data-files" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/ege/en/ege0070.html" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.cihi.ca/estore/productFamily.htm?locale=en&amp;pf=PFC2032" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.hrsa.gov/data/download" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wonder.cdc.gov/deaths-by-underlying-cause.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__kuol/statfin_kuol_pxt_12ak.px/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.www.inegi.org.mx/programas/edr/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1310011401" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ind.obsan.admin.ch/fr/indicator/obsan/esperance-de-vie" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kosis.kr/eng/statisticsList/statisticsListIndex.do?menuId=M_01_01&amp;vwcd=MT_ETITLE&amp;parmTabId=M_01_01&amp;statId=1989005&amp;themaId=" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://andmebaas.stat.ee/Index.aspx?lang=en" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arsskyrsla.lrh.is/manndrap-og-likamsarasir-3/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/information-releases/national-and-subnational-period-life-tables-2022-2024/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/education/education-and-work-australia/latest-release" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gigabitgrundbuch.bund.de/GIGA/DE/Breitbandatlas/start.html" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://results.aec.gov.au/24310/Website/HouseDownloadsMenu-24310-Csv.htm" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00200524&amp;tstat=000000090001&amp;cycle=7&amp;tclass1=000001011679&amp;tclass2val=0&amp;metadata=1&amp;data=1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=vystup-objekt-parametry&amp;pvo=DEM130062-12&amp;sp=A&amp;pvokc=&amp;katalog=34275&amp;z=T" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistiques.developpement-durable.gouv.fr/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/09035" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statswales.gov.wales/Catalogue/Health-and-Social-Care/NHS-Hospital-Activity/NHS-Beds/nhsbedssummarydata-by-year" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sotkanet.fi/sotkanet/en/haku?q=obesity" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=statistiky" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0012565&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ine.gob.cl/sala-de-prensa/prensa/general/noticia/2025/03/17/estad%C3%ADsticas-vitales-fecundidad-en-chile-sigue-bajo-del-nivel-de-reemplazo-generacional" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=3610071001" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/education/education-and-work-australia/latest-release" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/fr/home/statistiques/culture-medias-societe-information-sport/societe-information/indicateurs-generaux/menages-population/acces-menages-internet.assetdetail.35547380.html" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/wymiary" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-genesis.destatis.de/datenbank/online/statistics/filter/JTdCJTIyYXJlYUNvZGUlMjIlM0ElMjIlMjIlMkMlMjJjYXRlZ29yeUNvZGUlMjIlM0ElMjIlMjIlMkMlMjJjb2RlJTIyJTNBJTIyMzIxKiUyMiUyQyUyMmNvbnRlbnQlMjIlM0ElMjIlMjIlMkMlMjJ2YXJpYWJsZUNvZGUlMjIlM0ElMjIlMjIlMkMlMjJzb3J0JTIyJTNBJTIyQ29kZUFzYyUyMiUyQyUyMmlzQ29kZVNob3duJTIyJTNBdHJ1ZSUyQyUyMmlzQ2F0ZWdvcnlTaG93biUyMiUzQXRydWUlMkMlMjJpc1ZhcmlhYmxlQ29kZVNob3duJTIyJTNBZmFsc2UlN0Q=" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=2310030801" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kriminalita.policie.gov.cz/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/fr/home/statistiques/education-science/formation-continue/population.assetdetail.22544870.html" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdb.socialstyrelsen.se/if_per/val.aspx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1B28024&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/publications/registrar-general-annual-report-2023-stillbirths-and-infant-deaths" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wonder.cdc.gov/ucd-icd10.html" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npa.go.jp/publications/statistics/index.html" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/pxweb/en/ssd/START__LE__LE0101__LE0101H/LE01012021H01N/?rxid=b805ed80-a6b7-4af1-aff0-4942c03bc1fc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/nep/en/nep0039.html" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/economy/national-accounts/australian-national-accounts-state-accounts/latest-release" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/product/view/nama_10r_3empers?category=reg.reg_eco10.reg_eco10brch" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.police.be/statistiques/fr/criminalite/statistiques-de-criminalite" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elecciones.servel.cl/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/datasets/TS051/editions/2021/versions/4?f=get-data" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/dyngs/INEbase/en/operacion.htm?c=Estadistica_C&amp;cid=1254736176844&amp;menu=resultados&amp;idp=1254735976612" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/teryt" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/programas/enoe/15ymas/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.educationcounts.govt.nz/know-your-region/territorial-authority/territorial-authority-summary" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/05N2004S.px" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/05N1042S.px" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.gob.cl/estadisticas/sociales/demografia-y-vitales/nacimientos-matrimonios-y-defunciones" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistika.tai.ee/pxweb/en/Andmebaas/Andmebaas__01Rahvastik__04Surmad/SD31.px/table/tableViewLayout2/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.nhs.uk/data-and-information/publications/statistical/general-and-personal-medical-services" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__rpk/statfin_rpk_pxt_13ex.px/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dataexplorer.abs.gov.au/vis?fs%5b0%5d=People%2C1%7CPopulation%23POPULATION%23%7CDeaths%23DEATHS%23&amp;pg=0&amp;fc=People&amp;bp=true&amp;snb=14&amp;df%5bds%5d=PEOPLE_TOPICS&amp;df%5bid%5d=DEATHS_AGESPECIFIC_OCCURENCEYEAR&amp;df%5bag%5d=ABS&amp;df%5bvs%5d=1.0.0&amp;dq=12.3..AUS.A&amp;pd=2009%2C&amp;to%5bTIME_PERIOD%5d=false&amp;ly%5bcl%5d=TIME_PERIOD&amp;ly%5brw%5d=AGE" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1310041801" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.policja.pl/pol/statystyka" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1C94&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-genesis.destatis.de/datenbank/online/statistic/51000/table/51000-0030" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/mercado-laboral/empleo-y-desempleo" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/statistical-data-sets/police-recorded-crime-and-outcomes-open-data-tables" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://volby.statistics.sk/index-en.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0013473&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=2010002501" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/2222111S.px" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00450011&amp;tstat=000001028897&amp;cycle=7&amp;tclass1=000001053058&amp;tclass2=000001053061&amp;tclass3=000001053065&amp;tclass4val=0" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00200502&amp;tstat=000001225961&amp;cycle=0&amp;year=20250&amp;month=0&amp;tclass1=000001225962" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/en/statistics/-/publication/SHE09/-" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=1710015301" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regionalstatistik.de/genesis/online?operation=table&amp;code=12613-02-02-4&amp;bypass=true&amp;levelindex=1&amp;levelid=1758180178673" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/jaxi/Tabla.htm?tpx=75321&amp;L=1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_publicacoes&amp;PUBLICACOESpub_boui=720545740&amp;PUBLICACOESmodo=2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=death-and-causes-of-death-statistics-2020-37243&amp;dil=2" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://si3.bcentral.cl/Siete/ES/Siete/Cuadro/CAP_ESTADIST_GENERO/MN_GENERO1/EST_GEN_ESP_V_01" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/information-releases/regional-gross-domestic-product-year-ended-march-2024/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=vystup-objekt-parametry&amp;sp=A&amp;pvokc=&amp;katalog=30853&amp;pvo=ZAM06&amp;z=T" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statinfo.ksh.hu/Statinfo/QueryServlet?ha=DPAB01" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=3810003201" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/sza/en/sza0040.html" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/product/view/demo_r_d2jan?lang=en" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://elezioni.interno.it/camera/monitor/20130224/ultimipervC.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.census.gov/programs-surveys/popest/datasets/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statbank.dk/VAN1AAR" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/Data/05L2012S.px/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/health/health-services/private-hospitals-australia/latest-release" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/microdata/european-health-interview-survey" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/datasets/TS019/editions/2021/versions/3" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/Data/05L3016S.px/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__rpk/statfin_rpk_pxt_13ex.px/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=3610040001" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/programas/enoe/15ymas/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://podatki.nijz.si/pxweb/sl/NIJZ%20podatkovni%20portal/NIJZ%20podatkovni%20portal__2%20Determinante%20zdravja__1%20Indeks%20telesne%20mase%20(EHIS_BMI)/04EHIS14%20BMI_D.px/?rxid=5c9cec5f-9945-4e10-a050-d0d98855cacb" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ofcom.org.uk/phones-and-broadband/coverage-and-speeds/connected-nations-update-spring-2025" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/en/statistics-by-topic-1/population-and-demography" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insee.fr/fr/information/8573780" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1410046602" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/05N2004S.px" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/en/publications/Pages/2024/Population-Statistical-Abstract-of-Israel-2024-No75.aspx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statbank.dk/BIL710" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=statistiky" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/product/view/edat_lfse_22?category=reg.reg_educ.reg_educ_" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcnz.org.nz/news-and-publications/workforce-statistics/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/data/tables/time-series/demo/geographic-mobility/state-to-state-migration.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pxweb.bfs.admin.ch/pxweb/fr/px-x-0102020000_104/-/px-x-0102020000_104.px/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__Faeddirdanir__faeddir__faedingar/MAN05110.px/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ird.lt/en/services/ltcor-e-services/crime-statistics-by-municipality" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://observatorio.ministeriodesarrollosocial.gob.cl/casen-multidimensional/casen/docs/Resultados_ingresos_Casen_2017.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bka.de/EN/CurrentInformation/Statistics/PoliceCrimeStatistics/policecrimestatistics_node.html" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.www.inegi.org.mx/programas/cnpje" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.stat.gov.lv/pxweb/en/OSP_PUB/START__POP__IR__IRP/IRP041/table/tableViewLayout1/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?contexto=bd&amp;indOcorrCod=0008657&amp;selTab=tab2&amp;xlang=pt&amp;xpgid=ine_indicadores&amp;xpid=INE" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archives-resultats-elections.interieur.gouv.fr/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://build.nisra.gov.uk/en/custom/data?d=HOUSEHOLD&amp;v=NUMBER_OF_ROOMS" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biruni.tuik.gov.tr/medas/?kn=95&amp;locale=en" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nomisweb.co.uk/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.educacionfpydeportes.gob.es/mc/redie-eurydice/sistemas-educativos/capitulo-1-contexto/tasa-ninis.html" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://explore-education-statistics.service.gov.uk/find-statistics/participation-in-education-training-and-neet-age-16-to-17-by-local-authority/2024-25" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-ni.gov.uk/publications/hospital-statistics-inpatient-and-day-case-activity-201920" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/conapo/acciones-y-programas/migracion-interna-en-mexico" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__Faeddirdanir__danir__danir/MAN05221.px" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00450011&amp;tstat=000001028897&amp;cycle=7&amp;tclass1=000001053058&amp;tclass2=000001053061&amp;tclass3=000001053065&amp;tclass4val=0" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.inec.cr/sites/default/files/2024-11/repoblacEV-Estad%C3%ADsticas%20vitales-2023A.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/statistical-data-sets/ras30-reported-casualties-in-road-accidents" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/en_GB/statistiniu-rodikliu-analize" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/cache/metadata/en/reg_lmk_esms.htm" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/health/health-conditions-and-risks/national-health-survey/latest-release" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statcube.at/statistik.at/ext/statcube/openinfopage?id=degestorbenesaeuglinge_ext" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biruni.tuik.gov.tr/medas/?kn=154&amp;locale=en" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-genesis.destatis.de/datenbank/online/statistic/13231/details/filter/JTdCJTIyY2F0ZWdvcnlDb2RlJTIyJTNBJTIyMTMlMjIlN0Q=" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.val.se/valresultat.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.runt.gov.co/transparencia-y-acceso-a-la-informacion-publica/datos-abiertos" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bitre.gov.au/statistics/safety/fatal_road_crash_database.aspx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/lfst_r_lfe2eedu/default/table?lang=en" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/en/statistics?p_p_id=documents_WAR_publicationsportlet_INSTANCE_VBZOni0vs5VJ&amp;p_p_lifecycle=2&amp;p_p_state=normal&amp;p_p_mode=view&amp;p_p_cacheability=cacheLevelPage&amp;p_p_col_id=column-2&amp;p_p_col_count=4&amp;p_p_col_pos=2&amp;_documents_WAR_publicationsportlet_INSTANCE_VBZOni0vs5VJ_javax.faces.resource=document&amp;_documents_WAR_publicationsportlet_INSTANCE_VBZOni0vs5VJ_ln=downloadResources&amp;_documents_WAR_publicationsportlet_INSTANCE_VBZOni0vs5VJ_documentID=543263&amp;_documents_WAR_publicationsportlet_INSTANCE_VBZOni0vs5VJ_locale=en" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/nep/en/nep0041.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/fr/home/statistiques/mobilite-transports/accidents-impact-environnement/accidents-transports/route.assetdetail.35127441.html" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wonder.cdc.gov/deaths-by-underlying-cause.html" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-departamentales" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/nep/en/nep0048.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insee.fr/fr/statistiques/2012749" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.msit.go.kr/eng/bbs/view.do?sCode=eng&amp;nttSeqNo=1098&amp;bbsSeqNo=42&amp;mId=4" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistik.at/en/statistics/population-and-society/housing/housing-conditions" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/demografia-y-poblacion/movilidad-y-migracion" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inec.cr/noticias/62-las-viviendas-del-pais-separan-algun-tipo-residuo" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cso.ie/table/TEM27" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/trng_lfs_22/default/table?lang=en&amp;category=educ.educ_part.trng.trng_lfs_12m.trng_lfs_12m1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cihi.ca/sites/default/files/document/beds-staffed-and-in-operation-2022-2023-data-tables-en.xlsx" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/dyngs/INEbase/en/operacion.htm?c=Estadistica_C&amp;cid=1254736177108&amp;menu=resultados&amp;idp=1254735576757" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__buferlaflutningar__buferlaflinnanlands__buferlaflinnanlands/MAN01002.px/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/jaxiT3/Tabla.htm?t=1484&amp;L=0" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/product/view/demo_r_births?category=reg.reg_dem.reg_demfer" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bka.de/EN/CurrentInformation/Statistics/PoliceCrimeStatistics/policecrimestatistics_node.html" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.hrsa.gov/topics/health-workforce/nchwa/ahrf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/jaxiT3/Tabla.htm?t=24323&amp;L=0" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/programas/pibent/2013/default.html" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bundeskriminalamt.at/en/501/start.aspx" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/table/ACSST1Y2018.S2801?d=ACS+1-Year+Estimates+Subject+Tables&amp;g=0100000US$04000$001&amp;hidePreview=true&amp;lastDisplayedRow=33&amp;moe=false&amp;q=internet+use&amp;t=Telephone,+Computer,+and+Internet+Access&amp;table=S2801&amp;y=2018" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/populationandmigration/populationestimates/datasets/populationestimatesforukenglandandwalesscotlandandnorthernireland" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://andmed.stat.ee/en/stat/majandus__transport__registreeritud-liiklusvahendid/TS32" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bea.gov/data/income-saving/personal-income-by-state" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/product/view/nama_10r_3empers?category=reg.reg_eco10.reg_eco10brch" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regiones.ine.cl/documentos/default-source/region-iii/estadisticas/ocupacion-y-desocupacion/infografias/personas-j%C3%B3venes/personas-j%C3%B3venes-que-no-estudian-y-no-est%C3%A1n-ocupadas-a%C3%B1o-2022.pdf?sfvrsn=cabbcc2b_8" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1310080001" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/files/operaciones/EEVV/bol-EEVV-Defunciones-Itrim2024.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/economy/national-accounts/australian-national-accounts-state-accounts/latest-release" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kommuneprofilen.no/Profil/Bygg/Bench/bygg_bolig_rom_bench.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/population/migration-australia/latest-release" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dataexplorer.abs.gov.au/vis?fs%5b0%5d=People%2C1%7CPopulation%23POPULATION%23%7CDeaths%23DEATHS%23&amp;pg=0&amp;fc=People&amp;bp=true&amp;snb=14&amp;df%5bds%5d=PEOPLE_TOPICS&amp;df%5bid%5d=DEATHS_AGESPECIFIC_OCCURENCEYEAR&amp;df%5bag%5d=ABS&amp;df%5bvs%5d=1.0.0&amp;dq=12.3..AUS.A&amp;pd=2009%2C&amp;to%5bTIME_PERIOD%5d=false&amp;ly%5bcl%5d=TIME_PERIOD&amp;ly%5brw%5d=AGE" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nrscotland.gov.uk/publications/births-time-series-data-2024/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=vystup-objekt-parametry&amp;z=T&amp;f=TABULKA&amp;sp=A&amp;skupId=4809&amp;katalog=30832&amp;pvo=NUCD07&amp;c=v3~8__RP2023" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/13942" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cso.ie/px/pxeirestat/Statire/SelectVarVal/Define.asp?maintable=CJQ02&amp;PLanguage=0" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.policja.pl/pol/statystyka" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__kosningar__althingi__althkjosendur/KOS02101.px" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redatam-ine.ine.cl/redbin/RpWebEngine.exe/Portal?BASE=EV&amp;lang=esp" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/dbview?sid=0000010209" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/government/statistics/local-authority-collected-waste-management-annual-results" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/pxweb/en/ssd/START__TK__TK1001__TK1001A/PersBilarDrivMedel/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dataexplorer.abs.gov.au/vis?fs%5b0%5d=Labour%2C0%7CEmployment%20and%20unemployment%23EMPLOYMENT_UNEMPLOYMENT%23&amp;pg=0&amp;fc=Region&amp;bp=true&amp;snb=10&amp;df%5bds%5d=LABOUR_TOPICS&amp;df%5bid%5d=LF&amp;df%5bag%5d=ABS&amp;df%5bvs%5d=1.0.0&amp;dq=.3.1599..AUS.M&amp;pd=2023-08%2C&amp;to%5bTIME_PERIOD%5d=false&amp;ly%5bcl%5d=TIME_PERIOD&amp;ly%5brs%5d=TSEST&amp;ly%5brw%5d=MEASURE" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.bea.gov/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://careerswales.gov.wales/education-and-teaching-professionals/pupil-destinations/pupil-destinations-2024" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://results.cik.bg/europe2024/opendata/index.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tewhatuora.govt.nz/our-health-system/data-and-statistics/mortality-web-tool/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/education/schools/latest-release" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dataexplorer.abs.gov.au/vis?fs%5b0%5d=People%2C1%7CPopulation%23POPULATION%23%7CEstimated%20Resident%20Population%23ERP%23&amp;pg=30&amp;fc=People&amp;bp=true&amp;snb=35&amp;df%5bds%5d=PEOPLE_TOPICS&amp;df%5bid%5d=ERP_Q&amp;df%5bag%5d=ABS&amp;df%5bvs%5d=1.0.0&amp;dq=1%2B2%2B3.3.TOT..Q&amp;pd=%2C&amp;to%5bTIME_PERIOD%5d=false&amp;ly%5bcl%5d=TIME_PERIOD&amp;ly%5brs%5d=MEASURE&amp;ly%5brw%5d=REGION&amp;vw=ov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/temas/migracion/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;query=death&amp;layout=dataset&amp;toukei=00200524&amp;stat_infid=000032166859&amp;metadata=1&amp;data=1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cso.ie/table/MORT03" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pxweb.bfs.admin.ch/pxweb/en/px-x-1903020100_101/px-x-1903020100_101/px-x-1903020100_101.px" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.www.inegi.org.mx/programas/enigh/nc" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00200502&amp;tstat=000001225961&amp;cycle=0&amp;year=20250&amp;month=0&amp;tclass1=000001225962" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthinformation.sciensano.be/shiny/hisia/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=1110022801" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dcceew.gov.au/environment/protection/waste/publications/national-waste-reports" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statbank.dk/BIL707" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.stat.gov.lv/pxweb/en/OSP_PUB/START__EMP__NBB__NBA/NBA041" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/education/education-and-work-australia/latest-release" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transport.govt.nz/statistics-and-insights/fleet-statistics" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/09035" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.bea.gov/regional/zip/CAGDP1.zip" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/app/bienestar/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sinia.mma.gob.cl/wp-content/uploads/2022/01/C10-residuos-rema-2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/2974007S.px" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=International-Migration-Statistics-2019-33709" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/jp/sna/data/data_list/kenmin/files/contents/main_2022.html" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curriculumnacional.cl/portal/Documentos-Curriculares/Estandares-e-indicadores-de-calidad/Indicadores-de-Desarrollo-Personal-y-Social-vigentes/90161:Retencion-escolar" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statbank.dk/STRAF22" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__mannfjoldi__2_byggdir__sveitarfelog/MAN02005.px" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.me.go.kr/portal/stat/easyStatPage.do?cateId=106H_01_006002" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/programas/enoe/15ymas/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.mx/voto-y-elecciones/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pxweb.bfs.admin.ch/pxweb/en/px-x-1103020200_200/px-x-1103020200_200/px-x-1103020200_200.px/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata-cepidc.inserm.fr/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inec.cr/ingresos-y-gastos-de-hogares/ingresos-de-los-hogares" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nces.ed.gov/programs/edge/Demographic/ACS" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.gob.cl/estadisticas/sociales/demografia-y-vitales/nacimientos-matrimonios-y-defunciones" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/statistical-data-sets/ras30-reported-casualties-in-road-accidents" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?sso=ok&amp;returnurl=https%3A%2F%2Fkosis.kr%3A443%2FstatHtml%2FstatHtml.do%3Fconn_path%3DI2%26tblId%3DDT_MLTM_5498%26language%3Den%26orgId%3D116%26" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/tran_r_vehst/default/table?lang=en" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://si3.bcentral.cl/Siete/ES/Siete/Cuadro/CAP_CCNN/MN_CCNN76/CCNN2013_P1/CCNN2013_P1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.izbori.hr/arhiva-izbora/index.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1710015201" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1310071301" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdb.socialstyrelsen.se/if_dor/val.aspx" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://deis.minsal.cl/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/statistics/births-deaths-and-marriages/deaths" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nomisweb.co.uk/query/construct/summary.asp?reset=yes&amp;mode=construct&amp;dataset=161&amp;version=0&amp;anal=1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__merek/statfin_merek_pxt_11al.px/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/mercado-laboral/empleo-y-desempleo" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vtr.valasztas.hu/ogy2022" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__muutl/statfin_muutl_pxt_11a7.px/table/tableViewLayout1/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/statistiniu-rodikliu-analize?indicator=S3R696" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/crim_gen_reg/default/table?lang=en&amp;category=reg.reg_crim" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uzis.cz/index-en.php?pg=publications--library&amp;id=275" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1B81A12&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/information-releases/labour-market-statistics-june-2025-quarter/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-ni.gov.uk/publications/adult-body-mass-index-bmi-categories-3-obese-classifications-201516" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://explore.data.stats.govt.nz/vis?fs%5b0%5d=2023%20Census%2C0%7CHousing%23CAT_HOUSING%23&amp;fs%5b1%5d=Number%20of%20rooms%2C0%7CTotal%20-%20number%20of%20rooms%23999%23&amp;pg=0&amp;fc=Number%20of%20rooms&amp;snb=1&amp;df%5bds%5d=ds-nsiws-disseminate&amp;df%5bid%5d=CEN23_HOU_017&amp;df%5bag%5d=STATSNZ&amp;df%5bvs%5d=1.0&amp;dq=2013%2B2018%2B2023.9999%2B99999%2B999999.999.99999&amp;ly%5brw%5d=CEN23_GEO_012&amp;ly%5bcl%5d=CEN23_YEAR_001&amp;to%5bTIME%5d=false" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/2221105S.px" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/en/2021-census-pop-hous" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dati.salute.gov.it/it/dataset/posti-letto-regione-e-disciplina-2023" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/birthsdeathsandmarriages/conceptionandfertilityrates/datasets/conceptionstatisticsenglandandwalesreferencetables" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Samfelag/Samfelag__launogtekjur__3_tekjur__1_tekjur_skattframtol/TEK01002.px" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/n1/tbl/csv/12100175-eng.zip" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pxweb.bfs.admin.ch/pxweb/en/px-x-1903020100_101/px-x-1903020100_101/px-x-1903020100_101.px" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistik.at/en/statistics/tourism-and-transport/vehicles/stock-of-motor-vehicles" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/en/Pages/Social-Survey-Generator-new.aspx" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.go.kr/sub/ehpp/fc/ehppfc100m01" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pxweb.bfs.admin.ch/pxweb/fr/px-x-0103010200_151/px-x-0103010200_151/px-x-0103010200_151.px" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://andmed.stat.ee/en/stat/rahvastik__rahvastikusundmused__surmad/RV57" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.www.inegi.org.mx/programas/cnpje" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ekutuphane.saglik.gov.tr/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__kuol/statfin_kuol_pxt_12an.px/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/app/tabulados/interactivos/?pxq=Mortalidad_Mortalidad_09_f8d3da7b-346d-473e-a1e8-0c323bbd1185" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statbank.dk/RASA1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statbel.fgov.be/en/themes/households/ict-usage-households" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__merek/statfin_merek_pxt_11al.px/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://explore-education-statistics.service.gov.uk/find-statistics/neet-statistics-annual-brief/2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__muutl/statfin_muutl_pxt_11a7.px/table/tableViewLayout1/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucr.fbi.gov/crime-in-the-u.s" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sdu.dk/en/sif" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/teryt" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/nchs/fastats/life-expectancy.htm" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00200531&amp;bunya_l=03&amp;tstat=000001226891&amp;cycle=7&amp;year=20240&amp;month=0&amp;tclass1=000001227003&amp;result_back=1&amp;tclass2val=0" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/jaxi/Tabla.htm?tpx=50044" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/en/publications/Pages/2024/Population-Statistical-Abstract-of-Israel-2024-No75.aspx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/statistiniu-rodikliu-analize?indicator=S5R086" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/microdata/european-health-interview-survey" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nrscotland.gov.uk/publications/deaths-time-series-data-2024/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biruni.tuik.gov.tr/medas/?kn=102&amp;locale=en" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elections.ca/content.aspx?section=ele&amp;dir=turn/viz&amp;document=index&amp;lang=e" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/wymiary" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/13556" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/local_authorities22_1957/%D7%91%D7%90%D7%A8%20%D7%A9%D7%91%D7%A2.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0011631&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistika.tai.ee/pxweb/en/Andmebaas/Andmebaas__07Terviseprofiilid__02MKKOV/LO01.px/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.police.govt.nz/about-us/statistics-and-publications/data-and-statistics/proceedings-police-stations" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.policia.gov.co/estadistica-delictiva" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dataexplorer.abs.gov.au/vis?fs%5b0%5d=People%2C1%7CPopulation%23POPULATION%23%7CEstimated%20Resident%20Population%23ERP%23&amp;pg=30&amp;fc=People&amp;df%5bds%5d=PEOPLE_TOPICS&amp;df%5bid%5d=ERP_ASGS2021&amp;df%5bag%5d=ABS&amp;df%5bvs%5d=1.0.0&amp;pd=2023%2C&amp;dq=...SA4%2BGCCSA..A&amp;ly%5bcl%5d=AGE&amp;ly%5brs%5d=SEX%2CREGION_TYPE&amp;ly%5brw%5d=ASGS_2021&amp;to%5bTIME_PERIOD%5d=false&amp;vw=ov" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/05797" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bls.gov/lau/ex14tables.htm" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eleicoes.mai.gov.pt/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/07849" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cso.ie/table/MORT03" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ccss.sa.cr/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/2.ShnatonPopulation/st02_39x.xlsx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/programas/pibent/2013/default.html" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.nhs.uk/data-and-information/publications/statistical/health-survey-for-england" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/mercado-laboral/empleo-y-desempleo" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bmi.gv.at/412_english/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/sistemas/Olap/Proyectos/bd/censos/cpv2020/pt.asp" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/05L4010S.px" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0013423&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-ni.gov.uk/publications/hospital-statistics-inpatient-and-day-case-activity-201920" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistikk-fhi-no.translate.goog/nokkel/cczT911Hc_AawOY9JkFTWyV3lYPdwYcXlWU_ZTBH_gY?_x_tr_sl=auto&amp;_x_tr_tl=en&amp;_x_tr_hl=fr&amp;_x_tr_pto=wapp&amp;_x_tr_hist=true" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=3610071101" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sinoe.org/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1B26B01&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ekutuphane.saglik.gov.tr/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/topics/population/migration/guidance/migration-flows.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/2.ShnatonPopulation/st02_39x.xlsx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.nbb.be/Index.aspx?DataSetCode=REGHHINC" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.data.gouv.fr/datasets/bases-statistiques-communale-departementale-et-regionale-de-la-delinquance-enregistree-par-la-police-et-la-gendarmerie-nationales/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statswales.gov.wales/Catalogue/National-Survey-for-Wales/Population-Health/Adult-Lifestyles/adultlifestyles-by-healthboard-from-202021" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/list/avfkomm/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statistikdatabasen.scb.se/pxweb/sv/ssd/START__AM__AM0401__AM0401N/NAKUBefolkningLAr/?parttable=&amp;rxid=c37bd28c-f33e-4322-be01-182ebff258cf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotlandscensus.gov.uk/webapi/jsf/tableView/tableView.xhtml" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statistikdatabasen.scb.se/pxweb/sv/ssd/START__BE__BE0101__BE0101J/Flyttningar97/table/tableViewLayout1/?rxid=b805ed80-a6b7-4af1-aff0-4942c03bc1fc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/files/investigaciones/poblacion/vitales/Cert_TMI_Mpal_Deptal_WEB_2005_2015.xls" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/en/statistics-themes/population/causes-death/21035-causes-death" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statswales.gov.wales/Catalogue/Health-and-Social-Care/NHS-Hospital-Activity/NHS-Beds/nhsbedssummarydata-by-year" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1710015301" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=1710015301" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.csb.gov.lv/pxweb/en/sociala/sociala__mb__ienakumi/IIG060.px/table/tableViewLayout1/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/coeweb/databrowser/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.psni.police.uk/about-us/our-publications-and-reports/official-statistics/police-recorded-crime-statistics" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.gob.cl/estadisticas/economia/transporte-y-comunicaciones/permiso-de-circulacion" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://censo2024.ine.gob.cl/estadisticas/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regionalstatistik.de/genesis/online?operation=table&amp;code=12612-01-01-4&amp;bypass=true&amp;levelindex=1&amp;levelid=1758180381541" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=3710019701" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1310079401" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/05N1042S.px" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/jaxi/Tabla.htm?tpx=50044" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/05N2004S.px" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.educacionfpydeportes.gob.es/mc/redie-eurydice/sistemas-educativos/capitulo-1-contexto/tasa-ninis.html" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bka.de/EN/CurrentInformation/Statistics/PoliceCrimeStatistics/policecrimestatistics_node.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nrscotland.gov.uk/publications/deaths-time-series-data-2024/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.indicators.be/fr/i/G12_WST/fr" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biruni.tuik.gov.tr/medas/?kn=102&amp;locale=en" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elecciones.servel.cl/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://build.nisra.gov.uk/en/custom/data?d=HOUSEHOLD&amp;v=NUMBER_OF_ROOMS" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dataexplorer.abs.gov.au/vis?fs%5b0%5d=People%2C1%7CPopulation%23POPULATION%23%7CDeaths%23DEATHS%23&amp;pg=0&amp;fc=People&amp;bp=true&amp;snb=14&amp;df%5bds%5d=PEOPLE_TOPICS&amp;df%5bid%5d=DEATHS_AGESPECIFIC_OCCURENCEYEAR&amp;df%5bag%5d=ABS&amp;df%5bvs%5d=1.0.0&amp;dq=12.3..AUS.A&amp;pd=2009%2C&amp;to%5bTIME_PERIOD%5d=false&amp;ly%5bcl%5d=TIME_PERIOD&amp;ly%5brw%5d=AGE" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bitre.gov.au/statistics/safety/fatal_road_crash_database.aspx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/local_authorities22_1957/%D7%91%D7%90%D7%A8%20%D7%A9%D7%91%D7%A2.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistika.tai.ee/pxweb/en/Andmebaas/Andmebaas__07Terviseprofiilid__02MKKOV/LO01.px/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-departamentales" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/2706105S.px" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bls.gov/lau/ex14tables.htm" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sv2018.cvk.lv/pub/Activities" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__mannfjoldi__2_byggdir__sveitarfelog/MAN02005.px" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=death-and-causes-of-death-statistics-2020-37243&amp;dil=2" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cso.ie/table/MORT03" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ccss.sa.cr/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/product/view/demo_r_births?category=reg.reg_dem.reg_demfer" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/programas/pibent/2013/default.html" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/mercado-laboral/empleo-y-desempleo" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bundeskriminalamt.at/en/501/start.aspx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0013423&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/sistemas/Olap/Proyectos/bd/censos/cpv2020/pt.asp" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nrscotland.gov.uk/publications/births-time-series-data-2024/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-ni.gov.uk/publications/hospital-statistics-inpatient-and-day-case-activity-201920" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=vystup-objekt-parametry&amp;z=T&amp;f=TABULKA&amp;sp=A&amp;skupId=4809&amp;katalog=30832&amp;pvo=NUCD07&amp;c=v3~8__RP2023" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cso.ie/px/pxeirestat/Statire/SelectVarVal/Define.asp?maintable=CJQ02&amp;PLanguage=0" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sinoe.org/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1B26B01&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statcube.at/statistik.at/ext/statcube/openinfopage?id=degestorbenesaeuglinge_ext" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.policia.gov.co/estadistica-delictiva" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ekutuphane.saglik.gov.tr/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redatam-ine.ine.cl/redbin/RpWebEngine.exe/Portal?BASE=EV&amp;lang=esp" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.www.inegi.org.mx/programas/enigh/nc" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statswales.gov.wales/Catalogue/National-Survey-for-Wales/Population-Health/Adult-Lifestyles/adultlifestyles-by-healthboard-from-202021" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/list/avfkomm/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/education/education-and-work-australia/latest-release" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statistikdatabasen.scb.se/pxweb/sv/ssd/START__BE__BE0101__BE0101J/Flyttningar97/table/tableViewLayout1/?rxid=b805ed80-a6b7-4af1-aff0-4942c03bc1fc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/files/investigaciones/poblacion/vitales/Cert_TMI_Mpal_Deptal_WEB_2005_2015.xls" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?sso=ok&amp;returnurl=https%3A%2F%2Fkosis.kr%3A443%2FstatHtml%2FstatHtml.do%3Fconn_path%3DI2%26tblId%3DDT_MLTM_5498%26language%3Den%26orgId%3D116%26" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statswales.gov.wales/Catalogue/Health-and-Social-Care/NHS-Hospital-Activity/NHS-Beds/nhsbedssummarydata-by-year" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://volitve.dvk-rs.si/referendum-zdpidu/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cso.ie/table/VSA31" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/coeweb/databrowser/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.psni.police.uk/about-us/our-publications-and-reports/official-statistics/police-recorded-crime-statistics" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.gob.cl/estadisticas/economia/transporte-y-comunicaciones/permiso-de-circulacion" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anfia.it/it/attivita/studi-e-statistiche/automobile-in-cifre/statistiche-italia/parco-circolante/autoveicoli-motor-vehicles" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://censo2024.ine.gob.cl/estadisticas/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/education/work-related-training-and-adult-learning-australia/latest-release" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1310079401" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regionalstatistik.de/genesis/online?operation=table&amp;code=12612-01-01-4&amp;bypass=true&amp;levelindex=1&amp;levelid=1758180381541" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statfin.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__tyti/statfin_tyti_pxt_13al.px/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/en/releasesandpublications/ep/p-isshict/internetcoverageandusageinireland2024/householdinternetconnectivity/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistik.at/en/statistics/population-and-society/housing/housing-conditions" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/temat" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inec.cr/estadisticas-fuentes/encuestas/encuesta-continua-empleo?documentTypes=serie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-genesis.destatis.de/genesis/online?operation=tables&amp;code=12711" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/pxweb/en/ssd/START__BE__BE0101__BE0101I/SpadbarnsdodlHVD/?rxid=b805ed80-a6b7-4af1-aff0-4942c03bc1fc" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.data.gouv.fr/datasets/bases-statistiques-communale-departementale-et-regionale-de-la-delinquance-enregistree-par-la-police-et-la-gendarmerie-nationales/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=statistiky" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infoshare.stats.govt.nz/SelectVariables.aspx?pxID=a2b114fe-1dc9-42b3-8405-f9607a7b483b" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ntia.gov/data" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pxweb.bfs.admin.ch/pxweb/en/px-x-1103020200_200/px-x-1103020200_200/px-x-1103020200_200.px/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statswales.gov.wales/Catalogue/Education-and-Skills/Post-16-Education-and-Training/Lifelong-Learning/Participation-of-Adults-and-Young-People/estimated1624neet-by-economicactivity-agegroup" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=statistiky" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/nama_10r_3gdp/default/table?lang=en&amp;category=reg.reg_eco10.reg_eco10gdp" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://informesdeis.minsal.cl/SASVisualAnalytics/?reportUri=%2Freports%2Freports%2F2fb6fc3c-944b-45d7-9c9d-4d6c46e8dd79&amp;sectionIndex=0&amp;sso_guest=true&amp;reportViewOnly=true&amp;reportContextBar=false&amp;sas-welcome=false" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/lietuvos-gyventojai-2023/mirtingumas/vidutine-tiketina-gyvenimo-trukme" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inec.cr/encuestas/encuesta-continua-de-empleo?keys=regiones+de+planificaci%C3%B3n&amp;at=544&amp;prd=All&amp;field_anio_documento_value%5Bvalue%5D%5Bdate%5D=2020" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__kosningar__althingi__althkjosendur/KOS02101.px" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/app/scitel/Default?ev=10" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1310080001" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.scot/publications/summary-statistics-for-attainment-and-initial-leaver-destinations-no-7-2025-edition/pages/access-to-data-and-further-information" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/en/statistics-themes/population/causes-death/21035-causes-death" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://si3.bcentral.cl/Siete/ES/Siete/Cuadro/CAP_CCNN/MN_CCNN76/CCNN2013_P1/CCNN2013_P1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bra.se/statistik/statistik-om-rattsvasendet/anmalda-brott" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/teryt" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/jaxiT3/Tabla.htm?t=27155" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dataexplorer.abs.gov.au/vis?fs%5b0%5d=People%2C1%7CPopulation%23POPULATION%23%7CEstimated%20Resident%20Population%23ERP%23&amp;pg=30&amp;fc=People&amp;df%5bds%5d=PEOPLE_TOPICS&amp;df%5bid%5d=ERP_ASGS2021&amp;df%5bag%5d=ABS&amp;df%5bvs%5d=1.0.0&amp;pd=2023%2C&amp;dq=...SA4%2BGCCSA..A&amp;ly%5bcl%5d=AGE&amp;ly%5brs%5d=SEX%2CREGION_TYPE&amp;ly%5brw%5d=ASGS_2021&amp;to%5bTIME_PERIOD%5d=false&amp;vw=ov" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=International-Migration-Statistics-2019-33709" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/ege/en/ege0045.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/nama_10r_2hhinc/default/table?lang=en&amp;category=reg.reg_eco10.reg_eco10brch" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sitiooij.poder-judicial.go.cr/index.php/apertura/transparencia/estadisticas-policiales" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/files/operaciones/CAEFM-RS/bol-CAEFMRS-2022pr.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/05613" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statcube.at/statistik.at/ext/statcube/openinfopage?id=debevwan21" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.gob.cl/estadisticas/sociales/demografia-y-vitales/nacimientos-matrimonios-y-defunciones" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biruni.tuik.gov.tr/medas/?kn=89&amp;locale=en" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/hlth_rs_bdsrg2/default/table?lang=en&amp;category=reg.reg_hlth.reg_hlth_care" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Samfelag/Samfelag__launogtekjur__3_tekjur__1_tekjur_skattframtol/TEK01002.px" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/crime-and-justice/recorded-crime-victims/latest-release" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.gov.il/dataset/waste-information-system" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1ES3B05S&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/en/releasesandpublications/ep/p-cpp1/censusofpopulation2022profile1-populationdistributionandmovements/internalmigration/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/statistics/births-deaths-and-marriages/deaths" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistika.tai.ee/pxweb/en/Andmebaas/Andmebaas__04THressursid__02Ravivoodid__01Aastastatistika/RV20.px/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__ksyyt/statfin_ksyyt_pxt_13u5.px/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/fr/home/statistiques/situation-economique-sociale-population/revenus-consommation-et-fortune/budget-des-menages.assetdetail.10867317.html" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0012261&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tewhatuora.shinyapps.io/mortality-web-tool/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naturalresources.wales/evidence-and-data/accessing-our-data/access-our-data-maps-and-reports/?lang=en" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=3710010301" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/product/view/edat_lfse_04?lang=en" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wonder.cdc.gov/lbd.html" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=death-and-causes-of-death-statistics-2020-37243&amp;dil=2" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wonder.cdc.gov/natality.html" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/tecnologia-e-innovacion/tecnologias-de-la-informacion-y-las-comunicaciones-tic/encuesta-de-tecnologias-de-la-informacion-y-las-comunicaciones-en-hogares-entic-hogares" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statbank.dk/BIL53" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/dyngs/INEbase/en/operacion.htm?c=Estadistica_C&amp;cid=1254736176759&amp;menu=resultados&amp;idp=1254735573113" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csu.gov.cz/migration?pocet=10&amp;start=0&amp;podskupiny=136&amp;razeni=-datumVydani" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1B80A17&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/jaxi/Tabla.htm?tpx=75321&amp;L=1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/wymiary" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statbank.dk/STRAF22" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.bea.gov/itable/?ReqID=70&amp;step=1&amp;_gl=1*bnwdph*_ga*ODgxMTQxMzY5LjE2ODA3OTE5MzU.*_ga_J4698JNNFT*czE3NTc1NzM1OTYkbzUkZzEkdDE3NTc1NzM2MzAkajI2JGwwJGgw" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ccss.sa.cr/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.policia.gov.co/estadistica-delictiva" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/salud/nacimientos-y-defunciones/nacimientos" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cso.ie/px/pxeirestat/Statire/SelectVarVal/Define.asp?maintable=CIA01" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/teryt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/el/statistics/-/publication/SAM05/2011" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ovam.vlaanderen.be/cijfers-huishoudelijk-afval" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/13556" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__Faeddirdanir__danir__danir/MAN05221.px" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/health/causes-death/causes-death-australia/2023" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/07849" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistikk-fhi-no.translate.goog/nokkel/_ap4Hk5DguhvryoYBhFMt8Jv3hR3MZr-_D7q_0G7hpE?_x_tr_sl=auto&amp;_x_tr_tl=en&amp;_x_tr_hl=fr&amp;_x_tr_pto=wapp&amp;_x_tr_hist=true" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/statistiniu-rodikliu-analize?indicator=S3R696" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/en/search?Type=%5B%22table%22%2C%22other_format%22%5D&amp;Themes=%2296%22" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.inec.cr/sites/default/files/2025-07/repoblaceppsubnaciokitcuadros2000-2050%202.xlsx" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.nhs.uk/data-and-information/publications/statistical/health-survey-for-england" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/hnatonElectionsTheKnessetandGovernment.27/st27_04.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.verkiezingsuitslagen.nl/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/dbview?sid=0004021612" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/Data/0867385S.px/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infoshare.stats.govt.nz/SelectVariables.aspx?pxID=50aa488a-26c7-4d7e-a46e-4125b4f3e3e1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/educacion/poblacion-escolarizada/educacion-formal" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://results.aec.gov.au/24310/Website/HouseDownloadsMenu-24310-Csv.htm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/en/home/statistics/population.assetdetail.36073673.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bitre.gov.au/statistics/safety/fatal_road_crash_database.aspx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/demografia-y-poblacion?id=34" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/en/statistics/-/publication/SME18/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistika.tai.ee/pxweb/en/Andmebaas/Andmebaas__07Terviseprofiilid__02MKKOV/LO01.px/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://organesdeconcertation.sante.belgique.be/fr/documents/hwf-statan-2024-statistiques-detaillees" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/05471" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistikk-fhi-no.translate.goog/nokkel/cczT911Hc_AawOY9JkFTWyV3lYPdwYcXlWU_ZTBH_gY?_x_tr_sl=auto&amp;_x_tr_tl=en&amp;_x_tr_hl=fr&amp;_x_tr_pto=wapp&amp;_x_tr_hist=true" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://si3.bcentral.cl/Siete/ES/Siete/Cuadro/CAP_CCNN/MN_CCNN76/CCNN2018_PIB_REGIONAL_N/637899740344107786" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inclasns.sanidad.gob.es/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drees.solidarites-sante.gouv.fr/sources-outils-et-enquetes/enquete-sante-europeenne-ehis" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bra.se/statistik/statistik-om-rattsvasendet/anmalda-brott" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.il/he/pages/health-equity-report-2023" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/industry/tourism-and-transport/motor-vehicle-census-australia/latest-release" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=3610071101" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=1410032701" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1410001901" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/educ_uoe_enra12/default/table?lang=en" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/en/publications/Pages/2024/Population-Statistical-Abstract-of-Israel-2024-No75.aspx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statbank.dk/DODB1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://registronacional.go.cr/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/fr/home/statistiques/mobilite-transports/accidents-impact-environnement/accidents-transports/route.assetdetail.35127441.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.gob.cl/estadisticas/sociales/demografia-y-vitales/proyecciones-de-poblacion" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statbank.dk/VAN2AAR" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/demo_r_find3/default/table?lang=en&amp;category=reg.reg_dem.reg_demfer" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/statistical-data-sets/police-recorded-crime-and-outcomes-open-data-tables" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;contecto=pi&amp;indOcorrCod=0012841&amp;selTab=tab0" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/fr/home/statistiques/sante/determinants/exces-poids.assetdetail.28725063.html" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.inec.cr/sites/default/files/2024-05/recientecenaho2023-02_0_0.xlsx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/2.ShnatonPopulation/st02_39x.xlsx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/healthandsocialcare/healthandlifeexpectancies/datasets/lifeexpectancyestimatesallagesuk" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__merek/statfin_merek_pxt_121d.px/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.nbb.be/Index.aspx?DataSetCode=REGHHINC" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/9.ShnatonLabourMarket/st09_24.xlsx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/education/education-and-work-australia/latest-release" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistik.pts.se/en/telecom-and-broadband/mobile-coverage-and-broadband-survey/mobile-coverage-and-broadband-survey-2024/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0011631&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/05378" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0012773&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.nl/nl-nl/maatwerk/2024/21/jongeren-die-niet-werken-en-geen-onderwijs-volgen--neets---2021-2022" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regionalstatistik.de/genesis/online?operation=statistic&amp;levelindex=0&amp;levelid=1757261705172&amp;code=12711" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.police.be/statistiques/fr/criminalite/figures-criminelles/tableau?theme=8.1.1.1.&amp;view=location" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/wymiary" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.data.gouv.fr/datasets/bases-statistiques-communale-departementale-et-regionale-de-la-delinquance-enregistree-par-la-police-et-la-gendarmerie-nationales/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=1710015301" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://environnement.brussels/sites/default/files/user_files/fiche_methodo_tonnage_fr_2.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.csb.gov.lv/pxweb/en/sociala/sociala__mb__ienakumi/IIG060.px/table/tableViewLayout1/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slfs.bfs.admin.ch/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/2.ShnatonPopulation/st02_39x.xlsx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elections.ca/content.aspx?section=ele&amp;dir=turn/viz&amp;document=index&amp;lang=e" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotlandscensus.gov.uk/webapi/jsf/tableView/tableView.xhtml" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insee.fr/fr/statistiques/8582988" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nomisweb.co.uk/query/construct/summary.asp?reset=yes&amp;mode=construct&amp;dataset=161&amp;version=0&amp;anal=1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/hlth_cd_acdr2/default/table?lang=en&amp;category=reg.reg_hlth.reg_hlth_cdeath" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://andmed.stat.ee/en/stat/eri-valdkondade-statistika__noorteseire/NH16" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00200502&amp;tstat=000001225961&amp;cycle=0&amp;year=20250&amp;month=0&amp;tclass1=000001225962" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scotland.shinyapps.io/sg-scottish-health-survey/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.juntaelectoralcentral.es/cs/jec/elecciones/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata-cepidc.inserm.fr/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/demografia-y-poblacion/proyecciones-de-poblacion" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/economy/national-accounts/australian-national-accounts-state-accounts/latest-release" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.nbb.be/Index.aspx?DataSetCode=REGTRD&amp;lang=fr" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticasdecriminalidad.ses.mir.es/publico/portalestadistico/datos?type=jaxi&amp;title=Hechos%20conocidos&amp;path=/Datos1/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.ie/en/department-of-transport" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nomisweb.co.uk/query/construct/summary.asp?mode=construct&amp;version=0&amp;dataset=17" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://elezioni.interno.it/camera/monitor/20130224/ultimipervC.htm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biruni.tuik.gov.tr/medas/?kn=95&amp;locale=en" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata-cepidc.inserm.fr/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/ege/en/ege0070.html" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/information-releases/labour-market-statistics-june-2025-quarter/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.cihi.ca/estore/productFamily.htm?locale=en&amp;pf=PFC2032" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.hrsa.gov/data/download" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/en/methods/surveybackgroundnotes/irishhealthsurveyihs/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.www.inegi.org.mx/programas/edr/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_publicacoes&amp;PUBLICACOESpub_boui=720545740&amp;PUBLICACOESmodo=2" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ind.obsan.admin.ch/fr/indicator/obsan/esperance-de-vie" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kosis.kr/eng/statisticsList/statisticsListIndex.do?menuId=M_01_01&amp;vwcd=MT_ETITLE&amp;parmTabId=M_01_01&amp;statId=1989005&amp;themaId=" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statistikdatabasen.scb.se/pxweb/sv/ssd/START__BE__BE0101__BE0101J/Flyttningar97/table/tableViewLayout1/?rxid=b805ed80-a6b7-4af1-aff0-4942c03bc1fc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistik.at/en/statistics/tourism-and-transport/vehicles/registration-of-new-motor-vehicles" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://andmebaas.stat.ee/Index.aspx?lang=en" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/education/education-and-work-australia/latest-release" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gigabitgrundbuch.bund.de/GIGA/DE/Breitbandatlas/start.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/topics/public-sector/voting/data/tables.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00200524&amp;tstat=000000090001&amp;cycle=7&amp;tclass1=000001011679&amp;tclass2val=0&amp;metadata=1&amp;data=1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__kuol/statfin_kuol_pxt_12ak.px/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bifreidatolur.samgongustofa.is/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/09035" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kosis.kr/eng/statisticsList/statisticsListIndex.do?menuId=M_01_01&amp;vwcd=MT_ETITLE&amp;parmTabId=M_01_01&amp;statId=1989005&amp;themaId=" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=3710019601" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statswales.gov.wales/Catalogue/Health-and-Social-Care/NHS-Hospital-Activity/NHS-Beds/nhsbedssummarydata-by-year" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/jaxi/Tabla.htm?path=/t15/p420/a2019/p06/l0/&amp;file=01004.px&amp;L=0" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=vystup-objekt-parametry&amp;pvo=DEM130062-12&amp;sp=A&amp;pvokc=&amp;katalog=34275&amp;z=T" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0012565&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/birthsdeathsandmarriages/livebirths/datasets/birthcharacteristicsinenglandandwales" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://andmed.stat.ee/en/stat/sotsiaalelu__sissetulek/ST21" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/information-releases/national-and-subnational-period-life-tables-2022-2024/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/fr/home/statistiques/culture-medias-societe-information-sport/societe-information/indicateurs-generaux/menages-population/acces-menages-internet.assetdetail.35547380.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/pxweb/en/ssd/START__HE__HE0111__HE0111A/HushallT30/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/topics/population/migration/guidance/migration-flows.html" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dgt.es/menusecundario/dgt-en-cifras/dgt-en-cifras-resultados/dgt-en-cifras-detalle/Parque-de-vehiculos-Tablas-estadisticas-2024/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kriminalita.policie.gov.cz/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/product/view/edat_lfse_16?category=reg.reg_educ.reg_educ_" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdb.socialstyrelsen.se/if_per/val.aspx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/publications/registrar-general-annual-report-2023-stillbirths-and-infant-deaths" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statcube.at/statistik.at/ext/statcube/openinfopage?tableId=defaulttable_dedemoind" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-genesis.destatis.de/datenbank/online/statistics/filter/JTdCJTIyYXJlYUNvZGUlMjIlM0ElMjIlMjIlMkMlMjJjYXRlZ29yeUNvZGUlMjIlM0ElMjIlMjIlMkMlMjJjb2RlJTIyJTNBJTIyMzIxKiUyMiUyQyUyMmNvbnRlbnQlMjIlM0ElMjIlMjIlMkMlMjJ2YXJpYWJsZUNvZGUlMjIlM0ElMjIlMjIlMkMlMjJzb3J0JTIyJTNBJTIyQ29kZUFzYyUyMiUyQyUyMmlzQ29kZVNob3duJTIyJTNBdHJ1ZSUyQyUyMmlzQ2F0ZWdvcnlTaG93biUyMiUzQXRydWUlMkMlMjJpc1ZhcmlhYmxlQ29kZVNob3duJTIyJTNBZmFsc2UlN0Q=" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stat.go.jp/english/data/nenkan/73nenkan/zenbun/en73/book/pageindices/index122.html" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/product/view/nama_10r_3empers?category=reg.reg_eco10.reg_eco10brch" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.police.be/statistiques/fr/criminalite/statistiques-de-criminalite" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://atlaselectoral.tse.go.cr/presidencial/2018/barra?search%5Bano%5D=2018&amp;search%5Brelativo%5D=false&amp;search%5Btipo_eleccion%5D=presidencial" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dati-censimentopopolazione.istat.it/Index.aspx?DataSetCode=DICA_STANZE" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1710015301" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/dyngs/INEbase/en/operacion.htm?c=Estadistica_C&amp;cid=1254736176844&amp;menu=resultados&amp;idp=1254735976612" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statcube.at/statistik.at/ext/statcube/openinfopage?id=degestorbene_ext" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/lfst_r_lfsd2pop/default/table?lang=en" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.educationcounts.govt.nz/know-your-region/territorial-authority/territorial-authority-summary" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/05N2004S.px" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.gob.cl/estadisticas/sociales/demografia-y-vitales/nacimientos-matrimonios-y-defunciones" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistika.tai.ee/pxweb/en/Andmebaas/Andmebaas__01Rahvastik__04Surmad/SD31.px/table/tableViewLayout2/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npa.go.jp/publications/statistics/index.html" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/grossdomesticproductgdp/datasets/regionalgrossdomesticproductallnutslevelregions" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.nhs.uk/data-and-information/publications/statistical/general-and-personal-medical-services" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://volby.statistics.sk/index-en.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/nep/en/nep0039.html" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-genesis.destatis.de/datenbank/online/statistic/51000/table/51000-0030" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/mercado-laboral/empleo-y-desempleo" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/statistiniu-rodikliu-analize?indicator=S3R696" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/statistical-data-sets/police-recorded-crime-and-outcomes-open-data-tables" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vtr.valasztas.hu/ogy2022" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=2010002501" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anfia.it/it/attivita/studi-e-statistiche/automobile-in-cifre/statistiche-italia/parco-circolante/autoveicoli-motor-vehicles" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00450011&amp;tstat=000001028897&amp;cycle=7&amp;tclass1=000001053058&amp;tclass2=000001053061&amp;tclass3=000001053065&amp;tclass4val=0" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/TRNG_LFSE_04__custom_5204132/default/table?lang=en" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/2.ShnatonPopulation/st02_19x.xlsx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=1710015301" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regionalstatistik.de/genesis/online?operation=table&amp;code=12613-02-02-4&amp;bypass=true&amp;levelindex=1&amp;levelid=1758180178673" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.policja.pl/pol/statystyka" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/en/statistics/-/publication/SHE09/-" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_publicacoes&amp;PUBLICACOESpub_boui=720545740&amp;PUBLICACOESmodo=2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=death-and-causes-of-death-statistics-2020-37243&amp;dil=2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/population/births-australia/latest-release" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0013473&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/information-releases/regional-gross-domestic-product-year-ended-march-2024/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=vystup-objekt-parametry&amp;sp=A&amp;pvokc=&amp;katalog=30853&amp;pvo=ZAM06&amp;z=T" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00200502&amp;tstat=000001225961&amp;cycle=0&amp;year=20250&amp;month=0&amp;tclass1=000001225962" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www5.statcan.gc.ca/cansim/a26?id=2520051&amp;pattern=&amp;p2=37&amp;p1=1&amp;tabMode=dataTable&amp;stByVal=1&amp;paSer=&amp;csid=&amp;retrLang=eng&amp;lang=eng" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statinfo.ksh.hu/Statinfo/QueryServlet?ha=DPAB01" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.gov.ro/organization/autoritatea-electorala-permanenta" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=3810003201" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bea.gov/data/income-saving/personal-income-by-state" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/mercado-laboral/mercado-laboral-de-la-juventud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.census.gov/programs-surveys/popest/datasets/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statbank.dk/VAN1AAR" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infoshare.stats.govt.nz/ViewTable.aspx?pxID=1755f287-ae16-4077-99da-58f67a3baeb4" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/jaxi/Tabla.htm?tpx=75321&amp;L=1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/health/health-services/private-hospitals-australia/latest-release" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/Data/05L2012S.px/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/publications/registrar-general-annual-report-2023-births" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__altp/statfin_altp_pxt_12bf.px/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/programas/enoe/15ymas/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npa.go.jp/publications/statistics/index.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insee.fr/fr/information/8573780" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ofcom.org.uk/phones-and-broadband/coverage-and-speeds/connected-nations-update-spring-2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/fr/home/statistiques/catalogue.assetdetail.36158252.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/en/publications/Pages/2024/Population-Statistical-Abstract-of-Israel-2024-No75.aspx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nomisweb.co.uk/query/construct/summary.asp?reset=yes&amp;mode=construct&amp;dataset=161&amp;version=0&amp;anal=1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/pxweb/en/ssd/START__TK__TK1001__TK1001A/FordonTrafik/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__rpk/statfin_rpk_pxt_13ex.px/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nces.ed.gov/programs/coe/indicator/col/not-in-school-not-working-neet" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcnz.org.nz/news-and-publications/workforce-statistics/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pxweb.bfs.admin.ch/pxweb/fr/px-x-0102020000_104/-/px-x-0102020000_104.px/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/doclib/2020/%D7%9C%D7%99%D7%93%D7%95%D7%AA-%D7%97%D7%992019/tab08-2022.xls" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ird.lt/en/services/ltcor-e-services/crime-statistics-by-municipality" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/09797" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1310090501" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.www.inegi.org.mx/programas/cnpje" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.stat.gov.lv/pxweb/en/OSP_PUB/START__POP__IR__IRP/IRP041/table/tableViewLayout1/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1410046602" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ekloges.ypes.gr/en" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0008324&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biruni.tuik.gov.tr/medas/?kn=95&amp;locale=en" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__buferlaflutningar__buferlaflmillilanda/MAN01405.px/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?contexto=bd&amp;indOcorrCod=0008657&amp;selTab=tab2&amp;xlang=pt&amp;xpgid=ine_indicadores&amp;xpid=INE" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=statistiky" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biruni.tuik.gov.tr/medas/?kn=89&amp;locale=en" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://explore-education-statistics.service.gov.uk/find-statistics/participation-in-education-training-and-neet-age-16-to-17-by-local-authority/2024-25" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-ni.gov.uk/publications/hospital-statistics-inpatient-and-day-case-activity-201920" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.val.se/valresultat.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__Faeddirdanir__danir__danir/MAN05221.px" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00450011&amp;tstat=000001028897&amp;cycle=7&amp;tclass1=000001053058&amp;tclass2=000001053061&amp;tclass3=000001053065&amp;tclass4val=0" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/nama_10r_3gva/default/table?lang=en&amp;category=reg.reg_eco10.reg_eco10brch" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/cache/metadata/en/reg_lmk_esms.htm" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/11277" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biruni.tuik.gov.tr/medas/?kn=154&amp;locale=en" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nomisweb.co.uk/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/product/page/demo_r_pjangrp3" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.runt.gov.co/transparencia-y-acceso-a-la-informacion-publica/datos-abiertos" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/statistical-data-sets/ras30-reported-casualties-in-road-accidents" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statcan.gc.ca/en/statistical-programs/instrument/5375_Q1_V27" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/en/statistics?p_p_id=documents_WAR_publicationsportlet_INSTANCE_VBZOni0vs5VJ&amp;p_p_lifecycle=2&amp;p_p_state=normal&amp;p_p_mode=view&amp;p_p_cacheability=cacheLevelPage&amp;p_p_col_id=column-2&amp;p_p_col_count=4&amp;p_p_col_pos=2&amp;_documents_WAR_publicationsportlet_INSTANCE_VBZOni0vs5VJ_javax.faces.resource=document&amp;_documents_WAR_publicationsportlet_INSTANCE_VBZOni0vs5VJ_ln=downloadResources&amp;_documents_WAR_publicationsportlet_INSTANCE_VBZOni0vs5VJ_documentID=543263&amp;_documents_WAR_publicationsportlet_INSTANCE_VBZOni0vs5VJ_locale=en" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/conapo/acciones-y-programas/migracion-interna-en-mexico" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pxweb.bfs.admin.ch/pxweb/fr/px-x-0103010200_151/px-x-0103010200_151/px-x-0103010200_151.px" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/nep/en/nep0041.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/fr/home/statistiques/mobilite-transports/accidents-impact-environnement/accidents-transports/route.assetdetail.35127441.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1B81A21&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wonder.cdc.gov/deaths-by-underlying-cause.html" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0014115" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/health/health-conditions-and-risks/national-health-survey/latest-release" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/publications/registrar-general-annual-report-2023-births" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-genesis.destatis.de/datenbank/online/statistic/13231/details/filter/JTdCJTIyY2F0ZWdvcnlDb2RlJTIyJTNBJTIyMTMlMjIlN0Q=" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/crim_gen_reg/default/table?lang=en&amp;category=reg.reg_crim" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.msit.go.kr/eng/bbs/view.do?sCode=eng&amp;nttSeqNo=1098&amp;bbsSeqNo=42&amp;mId=4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/ilc_lvho04n/default/table?lang=en" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/demografia-y-poblacion/movilidad-y-migracion" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inec.cr/noticias/62-las-viviendas-del-pais-separan-algun-tipo-residuo" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/datosprimarios/iavl/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://andmed.stat.ee/en/stat/sotsiaalelu__sotsiaalne-terjutus-laekeni-indikaatorid__vaesus-ja-ebaverdsus/LES39" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cihi.ca/sites/default/files/document/beds-staffed-and-in-operation-2022-2023-data-tables-en.xlsx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/nep/en/nep0048.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/salud/nacimientos-y-defunciones/defunciones-no-fetales" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/jaxiT3/Tabla.htm?t=1484&amp;L=0" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bka.de/EN/CurrentInformation/Statistics/PoliceCrimeStatistics/policecrimestatistics_node.html" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/jov/en/jov0045.html" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ird.lt/en/services/ltcor-e-services/crime-statistics-by-municipality" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/table/ACSST1Y2018.S2801?d=ACS+1-Year+Estimates+Subject+Tables&amp;g=0100000US$04000$001&amp;hidePreview=true&amp;lastDisplayedRow=33&amp;moe=false&amp;q=internet+use&amp;t=Telephone,+Computer,+and+Internet+Access&amp;table=S2801&amp;y=2018" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/en/publications/Pages/2025/Standard-of-Living-Statistical-Abstract-of-Israel-2025-No-76.aspx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://andmed.stat.ee/en/stat/rahvastik__rahvastikunaitajad-ja-koosseis__demograafilised-pehinaitajad/RV0452" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pxweb.bfs.admin.ch/pxweb/en/px-x-1103020100_101/-/px-x-1103020100_101.px/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/product/view/nama_10r_3empers?category=reg.reg_eco10.reg_eco10brch" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.economy-ni.gov.uk/news/northern-ireland-labour-force-survey-young-people-not-education-employment-or-training-neet-may-2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__buferlaflutningar__buferlaflinnanlands__buferlaflinnanlands/MAN01002.px/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nrscotland.gov.uk/publications/deaths-time-series-data-2024/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1310080001" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/files/operaciones/EEVV/bol-EEVV-Defunciones-Itrim2024.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.hrsa.gov/topics/health-workforce/nchwa/ahrf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wonder.cdc.gov/deaths-by-underlying-cause.html" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/economy/national-accounts/australian-national-accounts-state-accounts/latest-release" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bea.gov/data/income-saving/personal-income-by-state" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uzis.cz/res/f/008381/zdrroccz2019.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.policja.pl/pol/statystyka" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lustat.statec.lu/vis?fs%5b0%5d=Th%C3%A8mes%2C1%7CConditions%20sociales%23C%23%7CElections%23C7%23&amp;pg=0&amp;fc=Th%C3%A8mes&amp;snb=18&amp;df%5bds%5d=ds-release&amp;df%5bid%5d=DF_C7100&amp;df%5bag%5d=LU1&amp;df%5bvs%5d=1.0&amp;dq=..A&amp;pd=2015%2C2023&amp;to%5bTIME_PERIOD%5d=false" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/dbview?sid=0000010209" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/government/statistics/local-authority-collected-waste-management-annual-results" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.bea.gov/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/information-releases/labour-market-statistics-june-2025-quarter/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nip.tuik.gov.tr/?value=KonutIstatistikleri" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/population/migration-australia/latest-release" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/statistiniu-rodikliu-analize" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tewhatuora.govt.nz/our-health-system/data-and-statistics/mortality-web-tool/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://careerswales.gov.wales/education-and-teaching-professionals/pupil-destinations/pupil-destinations-2024" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/13942" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/temas/migracion/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cso.ie/table/MORT03" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pxweb.bfs.admin.ch/pxweb/en/px-x-1903020100_101/px-x-1903020100_101/px-x-1903020100_101.px" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.bea.gov/itable/?ReqID=70&amp;step=1&amp;_gl=1*bnwdph*_ga*ODgxMTQxMzY5LjE2ODA3OTE5MzU.*_ga_J4698JNNFT*czE3NTc1NzM1OTYkbzUkZzEkdDE3NTc1NzM2MzAkajI2JGwwJGgw" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dataexplorer.abs.gov.au/vis?fs%5b0%5d=Labour%2C0%7CEmployment%20and%20unemployment%23EMPLOYMENT_UNEMPLOYMENT%23&amp;pg=0&amp;fc=Region&amp;bp=true&amp;snb=10&amp;df%5bds%5d=LABOUR_TOPICS&amp;df%5bid%5d=LF&amp;df%5bag%5d=ABS&amp;df%5bvs%5d=1.0.0&amp;dq=.3.1599..AUS.M&amp;pd=2023-08%2C&amp;to%5bTIME_PERIOD%5d=false&amp;ly%5bcl%5d=TIME_PERIOD&amp;ly%5brs%5d=TSEST&amp;ly%5brw%5d=MEASURE" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0010212&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=1110022801" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/demo_r_find3/default/table?lang=en&amp;category=reg.reg_dem.reg_demfer" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dcceew.gov.au/environment/protection/waste/publications/national-waste-reports" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statbank.dk/BIL707" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.stat.gov.lv/pxweb/en/OSP_PUB/START__NOZ__TR__TRC/TRC012/?loadedQueryId=23919&amp;timeType=top&amp;timeValue=1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.stat.gov.lv/pxweb/en/OSP_PUB/START__EMP__NBB__NBA/NBA041" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/0986804S.px" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dataexplorer.abs.gov.au/vis?fs%5b0%5d=People%2C1%7CPopulation%23POPULATION%23%7CEstimated%20Resident%20Population%23ERP%23&amp;pg=30&amp;fc=People&amp;bp=true&amp;snb=35&amp;df%5bds%5d=PEOPLE_TOPICS&amp;df%5bid%5d=ERP_Q&amp;df%5bag%5d=ABS&amp;df%5bvs%5d=1.0.0&amp;dq=1%2B2%2B3.3.TOT..Q&amp;pd=%2C&amp;to%5bTIME_PERIOD%5d=false&amp;ly%5bcl%5d=TIME_PERIOD&amp;ly%5brs%5d=MEASURE&amp;ly%5brw%5d=REGION&amp;vw=ov" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/wymiary" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00200502&amp;tstat=000001225961&amp;cycle=0&amp;year=20250&amp;month=0&amp;tclass1=000001225962" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cso.ie/table/VSA94" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/09035" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www5.statcan.gc.ca/cansim/a26?id=2520051&amp;pattern=&amp;p2=37&amp;p1=1&amp;tabMode=dataTable&amp;stByVal=1&amp;paSer=&amp;csid=&amp;retrLang=eng&amp;lang=eng" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/grossvalueaddedgva/datasets/nominalandrealregionalgrossvalueaddedbalancedbyindustry" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kriminalita.policie.gov.cz/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/population/life-expectancy/latest-release" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sinia.mma.gob.cl/wp-content/uploads/2022/01/C10-residuos-rema-2021.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/programas/endutih" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ysk.gov.tr/tr/2023-cumhurbaskani-ve-milletvekili-secim-i%CC%87statistikleri/1541626" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.api.abs.gov.au/rest/data/ABS,NIM_CY,1.0.0/1+2+3.A20+A15+TOT.3..A?format=csv" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1B80A11&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/information-releases/labour-market-statistics-june-2025-quarter/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.belgium.be/en" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://andmed.stat.ee/en/stat/rahvastik__rahvastikusundmused__ranne/RVR061" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/statistical-data-sets/vehicle-licensing-statistics-data-files" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tewhatuora.shinyapps.io/mortality-web-tool/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/7.ShnatonStandardofliving/07_02_2022.xlsx" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/ege/en/ege0048.html" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arsskyrsla.lrh.is/manndrap-og-likamsarasir-3/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.swiss/fr/dataset/eidg-wahlen-2023/resource/f585480c-4db2-408b-9a65-d6e03f66fff1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1310011401" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/regionalaccounts/grossdisposablehouseholdincome/datasets/regionalgrossdisposablehouseholdincomegdhi" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/2974007S.px" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.census.gov/table/ACSDT1Y2023.B25019?q=rooms&amp;t=Types+of+Rooms&amp;g=010XX00US$0400000&amp;y=2023" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.me.go.kr/portal/stat/easyStatPage.do?cateId=106H_01_006002" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistiques.developpement-durable.gouv.fr/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/programas/enoe/15ymas/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.curriculumnacional.cl/portal/Documentos-Curriculares/Estandares-e-indicadores-de-calidad/Indicadores-de-Desarrollo-Personal-y-Social-vigentes/90161:Retencion-escolar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/publications/2021-mid-year-population-estimates-northern-ireland" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/hlth_cd_acdr2/default/table?lang=en&amp;category=reg.reg_hlth.reg_hlth_cdeath" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.inec.cr/sites/default/files/2025-09/repoblacevdefu2025-isem.Inclusivo.xlsx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata-cepidc.inserm.fr/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-departamentales" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://podatki.nijz.si/pxweb/sl/NIJZ%20podatkovni%20portal/NIJZ%20podatkovni%20portal__5%20Viri%20v%20zdravstvu__3%20Bolni%C5%A1ke%20postelje/Postelje3.px/?rxid=5c9cec5f-9945-4e10-a050-d0d98855cacb" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sotkanet.fi/sotkanet/en/haku?q=obesity" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ine.gob.cl/sala-de-prensa/prensa/general/noticia/2025/03/17/estad%C3%ADsticas-vitales-fecundidad-en-chile-sigue-bajo-del-nivel-de-reemplazo-generacional" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regionalstatistik.de/genesis/online?operation=abruftabelleBearbeiten&amp;levelindex=2&amp;levelid=1759218196464&amp;auswahloperation=abruftabelleAuspraegungAuswaehlen&amp;auswahlverzeichnis=ordnungsstruktur&amp;auswahlziel=werteabruf&amp;code=14111-01-04-4&amp;auswahltext=&amp;werteabruf=Werteabruf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/en/statistics-by-topic-1/population-and-demography" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/tran_r_vehst/default/table?lang=en" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de.ine.gob.cl/?fs%5b0%5d=Productos%2C0%7CEncuesta%20Nacional%20de%20Empleo%20%28ENE%29%23ENE%23&amp;pg=0&amp;fc=Productos&amp;bp=true&amp;snb=91" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://si3.bcentral.cl/Siete/ES/Siete/Cuadro/CAP_CCNN/MN_CCNN76/CCNN2013_P1/CCNN2013_P1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/education/education-and-work-australia/latest-release" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nces.ed.gov/programs/edge/Demographic/ACS" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1710015201" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lustat.statec.lu/vis?fs%5b0%5d=Th%C3%A8mes%2C1%7CPopulation%20et%20emploi%23B%23%7CMouvement%20de%20la%20population%23B3%23&amp;pg=0&amp;fc=Mouvement%20de%20la%20Population&amp;bp=true&amp;snb=42&amp;df%5bds%5d=ds-release&amp;df%5bid%5d=DF_B2400&amp;df%5bag%5d=LU1&amp;df%5bvs%5d=1.0&amp;dq=A.S01.M02%2BM01.L01&amp;pd=2015%2C2024&amp;to%5bTIME_PERIOD%5d=false" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1310071301" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/statistical-data-sets/ras30-reported-casualties-in-road-accidents" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=2310030801" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdb.socialstyrelsen.se/if_dor/val.aspx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.policija.si/o-slovenski-policiji/statistika/kriminaliteta" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=3610071001" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://deis.minsal.cl/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/topics/population/migration/guidance/migration-flows.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wonder.cdc.gov/ucd-icd10.html" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/economy/national-accounts/australian-national-accounts-state-accounts/latest-release" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/pxweb/en/ssd/START__LE__LE0101__LE0101H/LE01012021H01N/?rxid=b805ed80-a6b7-4af1-aff0-4942c03bc1fc" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.subtel.gob.cl/estudios-y-estadisticas/internet/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/pxweb/en/ssd/START__BE__BE0101__BE0101I/Medellivsl/?rxid=b805ed80-a6b7-4af1-aff0-4942c03bc1fc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__merek/statfin_merek_pxt_11al.px/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/9.ShnatonLabourMarket/st09_04.xlsx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/fr/home/statistiques/education-science/formation-continue/population.assetdetail.22544870.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/09588" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/statistiniu-rodikliu-analize?indicator=S3R696" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/teryt" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/crim_gen_reg/default/table?lang=en&amp;category=reg.reg_crim" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__muutl/statfin_muutl_pxt_11a7.px/table/tableViewLayout1/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nomisweb.co.uk/query/construct/summary.asp?reset=yes&amp;mode=construct&amp;dataset=161&amp;version=0&amp;anal=1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uzis.cz/index-en.php?pg=publications--library&amp;id=275" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__rpk/statfin_rpk_pxt_13ex.px/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/Data/2974007S.px/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/wymiary" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1310041801" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://environnement.wallonie.be/home/gestion-environnementale/dechets/gestion-des-dechets/statistiques-sur-la-gestion-des-dechets.html" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1C94&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/0762115S.px" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/programas/enoe/15ymas/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elections.fgov.be/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/datasets/TS051/editions/2021/versions/4?f=get-data" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wonder.cdc.gov/deaths-by-underlying-cause.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.inec.cr/sites/default/files/2024-11/repoblacEV-Estad%C3%ADsticas%20vitales-2023A.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/2222111S.px" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mep.go.cr/acerca-del-mep/analisis-estadistico/estadisticas-educativas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/en/2021-census-pop-hous" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/2221105S.px" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dati.salute.gov.it/it/dataset/posti-letto-regione-e-disciplina-2023" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health-ni.gov.uk/publications/adult-body-mass-index-bmi-categories-3-obese-classifications-201516" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wybory.gov.pl/index/index.html?language=en&amp;tab=wybory&amp;accessibility=off" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://si3.bcentral.cl/Siete/ES/Siete/Cuadro/CAP_ESTADIST_GENERO/MN_GENERO1/EST_GEN_ESP_V_01" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/teryt" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/information-releases/regional-gross-domestic-product-year-ended-march-2024/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/n1/tbl/csv/12100175-eng.zip" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/9.ShnatonLabourMarket/st09_14x.xlsx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=statistiky" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/sza/en/sza0040.html" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/en/statistics/-/publication/SDT04/-" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bmi.gv.at/412_english/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/populationandmigration/populationestimates/datasets/populationestimatesforukenglandandwalesscotlandandnorthernireland" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pxweb.bfs.admin.ch/pxweb/fr/px-x-0103010200_151/px-x-0103010200_151/px-x-0103010200_151.px" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__ksyyt/statfin_ksyyt_pxt_13u5.px/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.www.inegi.org.mx/programas/cnpje" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atlas.ima-aim.be/databanken/?rw=1&amp;" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ekutuphane.saglik.gov.tr/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/microdata/european-health-interview-survey" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pxweb.bfs.admin.ch/pxweb/en/px-x-1903020100_101/px-x-1903020100_101/px-x-1903020100_101.px" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/population/births-australia/latest-release" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/Data/05L3016S.px/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/app/tabulados/interactivos/?pxq=Mortalidad_Mortalidad_09_f8d3da7b-346d-473e-a1e8-0c323bbd1185" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistik.at/en/statistics/tourism-and-transport/vehicles/stock-of-motor-vehicles" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=3610040001" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statbank.dk/RASA1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/product/view/demo_r_d2jan?lang=en" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statbel.fgov.be/en/themes/households/ict-usage-households" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1B28024&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statbank.dk/BIL710" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__manntal__2021__3_menntun/CEN1301.px/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://results.cik.bg/europe2024/opendata/index.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.inec.cr/sites/default/files/2024-07/repoblaceppnac1950-2100_0.xlsx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__muutl/statfin_muutl_pxt_11a7.px/table/tableViewLayout1/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://andmed.stat.ee/en/stat/rahvastik__rahvastikusundmused__surmad/RV57" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucr.fbi.gov/crime-in-the-u.s" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/product/view/edat_lfse_22?category=reg.reg_educ.reg_educ_" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.nhs.uk/data-and-information/publications/statistical/general-and-personal-medical-services" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://podatki.nijz.si/pxweb/sl/NIJZ%20podatkovni%20portal/NIJZ%20podatkovni%20portal__2%20Determinante%20zdravja__1%20Indeks%20telesne%20mase%20(EHIS_BMI)/04EHIS14%20BMI_D.px/?rxid=5c9cec5f-9945-4e10-a050-d0d98855cacb" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__Faeddirdanir__faeddir__faedingar/MAN05110.px/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/nchs/fastats/life-expectancy.htm" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://observatorio.ministeriodesarrollosocial.gob.cl/casen-multidimensional/casen/docs/Resultados_ingresos_Casen_2017.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00200531&amp;bunya_l=03&amp;tstat=000001226891&amp;cycle=7&amp;year=20240&amp;month=0&amp;tclass1=000001227003&amp;result_back=1&amp;tclass2val=0" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__merek/statfin_merek_pxt_11al.px/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/nep/en/nep0046.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/teryt" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sitiooij.poder-judicial.go.cr/index.php/apertura/transparencia/estadisticas-policiales" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://podatki.nijz.si/pxweb/sl/NIJZ%20podatkovni%20portal/NIJZ%20podatkovni%20portal__5%20Viri%20v%20zdravstvu__1%20Izvajalci%20zdravstvene%20dejavnosti/RIZDDZ_TB01a.px/?rxid=5c9cec5f-9945-4e10-a050-d0d98855cacb" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://admin.inec.cr/sites/default/files/2024-11/repoblacEV-Estad%C3%ADsticas%20vitales-2023A.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/en_GB/statistiniu-rodikliu-analize" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chronicdata.cdc.gov/Nutrition-Physical-Activity-and-Obesity/Nutrition-Physical-Activity-and-Obesity-Behavioral/hn4x-zwk7/about_data" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/wymiary" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cso.ie/px/pxeirestat/Statire/SelectVarVal/Define.asp?maintable=CJQ02&amp;PLanguage=0" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/lfst_r_lfe2eedu/default/table?lang=en" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgis.salud.gob.mx/contenidos/basesdedatos/da_recursos_gobmx.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eleicoes.mai.gov.pt/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insee.fr/fr/statistiques/2012749" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.nbb.be/Index.aspx?DataSetCode=EXTTRADEBENAT&amp;lang=fr" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.policija.si/o-slovenski-policiji/statistika/kriminaliteta" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=2310030801" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cso.ie/table/TEM27" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.police.govt.nz/about-us/statistics-and-publications/data-and-statistics/proceedings-police-stations" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/trng_lfs_22/default/table?lang=en&amp;category=educ.educ_part.trng.trng_lfs_12m.trng_lfs_12m1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/data/tables/time-series/demo/geographic-mobility/state-to-state-migration.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__synt/statfin_synt_pxt_12dq.px/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.govt.nz/statistics-research/system-monitoring/planning-and-performance-data/acute-hospital-bed-days" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/05797" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=vystup-objekt-parametry&amp;sp=A&amp;skupId=446&amp;pvokc=&amp;katalog=30853&amp;pvo=ZAM02-A&amp;z=T" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Atvinnuvegir/Atvinnuvegir__visinditaekni__Upplysingataekninotkuneinstaklinga__ict_nettenging/SAM07202e.px" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.izbori.hr/arhiva-izbora/index.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/datasets/TS019/editions/2021/versions/3" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://andmed.stat.ee/en/stat/majandus__transport__registreeritud-liiklusvahendid/TS32" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://regiones.ine.cl/documentos/default-source/region-iii/estadisticas/ocupacion-y-desocupacion/infografias/personas-j%C3%B3venes/personas-j%C3%B3venes-que-no-estudian-y-no-est%C3%A1n-ocupadas-a%C3%B1o-2022.pdf?sfvrsn=cabbcc2b_8" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://andmed.stat.ee/en/stat/rahvastik__rahvastikusundmused__ranne/RVR051" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/programas/pibent/2013/default.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/05L4010S.px" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.cso.ie/table/QLF08" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=Survey-on-Information-and-Communication-Technology-(ICT)-Usage-in-Households-and-by-Individuals-2022-45587" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/dyngs/INEbase/en/operacion.htm?c=Estadistica_C&amp;cid=1254736177108&amp;menu=resultados&amp;idp=1254735576757" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/data/tables/time-series/demo/geographic-mobility/state-to-state-migration.html" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/pxweb/en/ssd/START__TK__TK1001__TK1001A/PersBilarDrivMedel/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/education/schools/latest-release" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/labour/employment-and-unemployment/labour-force-australia-detailed/latest-release" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthinformation.sciensano.be/shiny/hisia/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archives-resultats-elections.interieur.gouv.fr/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transport.govt.nz/statistics-and-insights/fleet-statistics" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kommuneprofilen.no/Profil/Bygg/Bench/bygg_bolig_rom_bench.aspx" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aihw.gov.au/WorkArea/DownloadAsset.aspx?id=60129546076" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/stadat_files/nep/en/nep0043.html" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0012261&amp;contexto=bd&amp;selTab=tab2" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.bea.gov/regional/zip/CAGDP1.zip" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/app/bienestar/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datacube.statistics.sk/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statistikdatabasen.scb.se/pxweb/sv/ssd/START__AM__AM0401__AM0401N/NAKUBefolkningLAr/?parttable=&amp;rxid=c37bd28c-f33e-4322-be01-182ebff258cf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/statistics/00200235" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/07459" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/jaxiT3/Tabla.htm?t=24323&amp;L=0" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/en/statistics-themes/population/causes-death/21035-causes-death" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statistika.tai.ee/pxweb/en/Andmebaas/Andmebaas__04THressursid__05Tootajad/THT014.px/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdb.socialstyrelsen.se/if_dor/val.aspx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/demo_r_mlifexp/default/table?lang=en&amp;category=reg.reg_dem.reg_demmor" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/jp/sna/data/data_list/kenmin/files/contents/main_2022.html" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statbank.dk/STRAF22" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csu.gov.cz/produkty/generation-recovery-and-disposal-of-waste-2023" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=3710019701" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://censo2024.ine.gob.cl/estadisticas/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nomisweb.co.uk/query/construct/summary.asp?reset=yes&amp;mode=construct&amp;dataset=161&amp;version=0&amp;anal=1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aihw.gov.au/hospitals/topics/hospital-resources" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dataexplorer.abs.gov.au/vis?fs%5b0%5d=People%2C1%7CPopulation%23POPULATION%23%7CDeaths%23DEATHS%23&amp;pg=0&amp;fc=People&amp;bp=true&amp;snb=14&amp;df%5bds%5d=PEOPLE_TOPICS&amp;df%5bid%5d=DEATHS_AGESPECIFIC_OCCURENCEYEAR&amp;df%5bag%5d=ABS&amp;df%5bvs%5d=1.0.0&amp;dq=12.3..AUS.A&amp;pd=2009%2C&amp;to%5bTIME_PERIOD%5d=false&amp;ly%5bcl%5d=TIME_PERIOD&amp;ly%5brw%5d=AGE" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nrscotland.gov.uk/publications/births-time-series-data-2024/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inec.cr/ingresos-y-gastos-de-hogares/ingresos-de-los-hogares" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?sso=ok&amp;returnurl=https%3A%2F%2Fkosis.kr%3A443%2FstatHtml%2FstatHtml.do%3Fconn_path%3DI2%26tblId%3DDT_MLTM_5498%26language%3Den%26orgId%3D116%26" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statbank.dk/FLY66" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.destatis.de/EN/Themes/Society-Environment/Environment/Waste-Management/_node.html" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aamc.org/data-reports/report/us-physician-workforce-data-dashboard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;query=death&amp;layout=dataset&amp;toukei=00200524&amp;stat_infid=000032166859&amp;metadata=1&amp;data=1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/statline/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.police.govt.nz/about-us/statistics-and-publications/data-and-statistics/proceedings-police-stations" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biruni.tuik.gov.tr/medas/?kn=89&amp;locale=en" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/employmentandlabourmarket/peopleinwork/employmentandemployeetypes/datasets/workforcejobsbyregionandindustryjobs05" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/mercado-laboral/empleo-y-desempleo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/populationandmigration/migrationwithintheuk/datasets/internalmigrationbyoriginanddestinationlocalauthoritiessexandsingleyearofagedetailedestimatesdataset" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/he/publications/DocLib/2024/2.ShnatonPopulation/st02_39x.xlsx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.www.inegi.org.mx/programas/edr/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/bfs/fr/home/statistiques/catalogue.assetdetail.28625194.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=9810023801" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1B81A12&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://oe.cd/ipstats" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bjs.ojp.gov/library/publications/homicide-victimization-united-states-2023" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mdcr.cz/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.airia.or.jp/publish/statistics/number.html" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/information-releases/labour-market-statistics-june-2025-quarter/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_publicacoes&amp;PUBLICACOESpub_boui=66320870&amp;PUBLICACOESmodo=2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__Faeddirdanir__faeddir__faedingar/MAN05110.px/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistik.at/en/statistics/tourism-and-transport/vehicles/stock-of-motor-vehicles" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistik.at/en/statistics/population-and-society/health/health-determinants/overweight-and-obesity" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1DA7004S&amp;conn_path=I2&amp;language=en" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/statistiniu-rodikliu-analize?hash=01db4b64-73cf-4a0a-81e5-688ad7f77e9d" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/demografia-y-poblacion/censo-nacional-de-poblacion-y-vivenda-2018" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/birthsdeathsandmarriages/conceptionandfertilityrates/datasets/conceptionstatisticsenglandandwalesreferencetables" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/sistemas/olap/consulta/general_ver4/MDXQueryDatos.asp?proy=vmrc_vehiculos" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/en/Pages/Social-Survey-Generator-new.aspx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statcube.at/statistik.at/ext/statcube/openinfopage?id=degestorbene_ext" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/people/crime-and-justice/recorded-crime-victims/latest-release" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/statbank/table/06797" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__kuol/statfin_kuol_pxt_12an.px/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://explore.data.stats.govt.nz/vis?fs%5b0%5d=2023%20Census%2C0%7CHousing%23CAT_HOUSING%23&amp;fs%5b1%5d=Number%20of%20rooms%2C0%7CTotal%20-%20number%20of%20rooms%23999%23&amp;pg=0&amp;fc=Number%20of%20rooms&amp;snb=1&amp;df%5bds%5d=ds-nsiws-disseminate&amp;df%5bid%5d=CEN23_HOU_017&amp;df%5bag%5d=STATSNZ&amp;df%5bvs%5d=1.0&amp;dq=2013%2B2018%2B2023.9999%2B99999%2B999999.999.99999&amp;ly%5brw%5d=CEN23_GEO_012&amp;ly%5bcl%5d=CEN23_YEAR_001&amp;to%5bTIME%5d=false" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://explore-education-statistics.service.gov.uk/find-statistics/neet-statistics-annual-brief/2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nrscotland.gov.uk/publications/migration-flows/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redatam-ine.ine.cl/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=3610022201" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdl.stat.gov.pl/bdl/dane/podgrup/wymiary" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sdu.dk/en/sif" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1B44&amp;language=en&amp;conn_path=I3" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dane.gov.co/index.php/estadisticas-por-tema/mercado-laboral/mercado-laboral-por-departamentos" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.mx/voto-y-elecciones/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.go.kr/sub/ehpp/fc/ehppfc100m01" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/en/statistics-themes/population/migration/tables/ibe081-long-term-international-migration-regions" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/statistiniu-rodikliu-analize?indicator=S5R086" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education-ni.gov.uk/publications/school-leavers-202324" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://statcube.at/statistik.at/ext/statcube/openinfopage?id=debevwan020" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esploradati.istat.it/databrowser/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estadisticasdecriminalidad.ses.mir.es/publico/portalestadistico/datos?type=jaxi&amp;title=Hechos%20conocidos&amp;path=/Datos1/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/jp/sna/data/data_list/kenmin/files/contents/main_2022.html" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/microdata/european-health-interview-survey" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stat.gov.pl/bdlen/app/dane_podgrup.hier?p_id=741222&amp;p_token=-1467878598" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1710000501" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opendata.cbs.nl/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.stat.gov.lv/pxweb/en/OSP_PUB/START/NBA040" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dgis.salud.gob.mx/contenidos/basesdedatos/da_recursos_gobmx.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C272645C-CC82-4513-823A-BDE315C5E4AD}">
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A1" s="42" t="s">
-[...6 lines deleted...]
-      <c r="F1" s="41"/>
+      <c r="A1" s="15" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B1" s="15"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+      <c r="E1" s="14"/>
+      <c r="F1" s="14"/>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A2" s="43" t="s">
-[...6 lines deleted...]
-      <c r="F2" s="41"/>
+      <c r="A2" s="16" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B2" s="15"/>
+      <c r="C2" s="14"/>
+      <c r="D2" s="14"/>
+      <c r="E2" s="14"/>
+      <c r="F2" s="14"/>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A3" s="44" t="s">
-[...6 lines deleted...]
-      <c r="F3" s="41"/>
+      <c r="A3" s="17" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B3" s="14"/>
+      <c r="C3" s="14"/>
+      <c r="D3" s="14"/>
+      <c r="E3" s="14"/>
+      <c r="F3" s="14"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId1" xr:uid="{D1EB751F-E1C1-4A3F-92BD-C0B6807552CE}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8DEB1D7-8EF7-44C6-870D-D913AAFBAC08}">
   <dimension ref="A1:E66"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="13" style="24" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="8.7265625" style="24"/>
+    <col min="1" max="1" width="13" style="6" customWidth="1"/>
+    <col min="2" max="2" width="64.6328125" style="6" customWidth="1"/>
+    <col min="3" max="3" width="39.36328125" style="6" customWidth="1"/>
+    <col min="4" max="4" width="36" style="6" customWidth="1"/>
+    <col min="5" max="5" width="8.7265625" style="6" hidden="1" customWidth="1"/>
+    <col min="6" max="16384" width="8.7265625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A1" s="34" t="s">
-[...11 lines deleted...]
-      <c r="E1" s="26" t="s">
+      <c r="A1" s="12" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B1" s="8" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C1" s="8" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D1" s="8" t="s">
+        <v>1322</v>
+      </c>
+      <c r="E1" s="8" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A2" s="7" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B2" s="9" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C2" s="7" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D2" s="7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E2" s="7" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A3" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B3" s="11" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C3" s="10" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D3" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E3" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A4" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B4" s="11" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C4" s="10" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D4" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A5" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B5" s="11" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C5" s="10" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D5" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A6" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B6" s="11" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C6" s="10" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D6" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A7" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C7" s="10" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D7" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A8" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D8" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A9" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D9" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A10" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C10" s="10" t="s">
         <v>1204</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B2" s="31" t="s">
+      <c r="D10" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A11" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A12" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C12" s="10" t="s">
         <v>1208</v>
       </c>
-      <c r="C2" s="25" t="s">
-[...13 lines deleted...]
-      <c r="B3" s="33" t="s">
+      <c r="D12" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A13" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C13" s="10" t="s">
         <v>1210</v>
       </c>
-      <c r="C3" s="32" t="s">
-[...13 lines deleted...]
-      <c r="B4" s="33" t="s">
+      <c r="D13" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A14" s="7" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B14" s="9" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C14" s="7" t="s">
         <v>1212</v>
       </c>
-      <c r="C4" s="32" t="s">
-[...13 lines deleted...]
-      <c r="B5" s="33" t="s">
+      <c r="D14" s="7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A15" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C15" s="10" t="s">
         <v>1214</v>
       </c>
-      <c r="C5" s="32" t="s">
-[...13 lines deleted...]
-      <c r="B6" s="33" t="s">
+      <c r="D15" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E15" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A16" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C16" s="10" t="s">
         <v>1216</v>
       </c>
-      <c r="C6" s="32" t="s">
-[...13 lines deleted...]
-      <c r="B7" s="33" t="s">
+      <c r="D16" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A17" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C17" s="10" t="s">
         <v>1218</v>
       </c>
-      <c r="C7" s="32" t="s">
-[...30 lines deleted...]
-      <c r="B9" s="33" t="s">
+      <c r="D17" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E17" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A18" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A19" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B19" s="11" t="s">
         <v>1221</v>
       </c>
-      <c r="C9" s="32" t="s">
+      <c r="C19" s="10" t="s">
         <v>1220</v>
       </c>
-      <c r="D9" s="32" t="s">
-[...10 lines deleted...]
-      <c r="B10" s="33" t="s">
+      <c r="D19" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E19" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A20" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B20" s="11" t="s">
         <v>1223</v>
       </c>
-      <c r="C10" s="32" t="s">
+      <c r="C20" s="10" t="s">
         <v>1222</v>
       </c>
-      <c r="D10" s="32" t="s">
-[...27 lines deleted...]
-      <c r="B12" s="33" t="s">
+      <c r="D20" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E20" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A21" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B21" s="11" t="s">
         <v>1227</v>
       </c>
-      <c r="C12" s="32" t="s">
+      <c r="C21" s="10" t="s">
         <v>1226</v>
       </c>
-      <c r="D12" s="32" t="s">
-[...10 lines deleted...]
-      <c r="B13" s="33" t="s">
+      <c r="D21" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A22" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B22" s="11" t="s">
         <v>1229</v>
       </c>
-      <c r="C13" s="32" t="s">
+      <c r="C22" s="10" t="s">
         <v>1228</v>
       </c>
-      <c r="D13" s="32" t="s">
-[...10 lines deleted...]
-      <c r="B14" s="31" t="s">
+      <c r="D22" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E22" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A23" s="7" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B23" s="9" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A24" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B24" s="11" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A25" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B25" s="11" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E25" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A26" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B26" s="11" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D26" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A27" s="7" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B27" s="9" t="s">
         <v>1231</v>
       </c>
-      <c r="C14" s="25" t="s">
+      <c r="C27" s="7" t="s">
         <v>1230</v>
       </c>
-      <c r="D14" s="25" t="s">
-[...10 lines deleted...]
-      <c r="B15" s="33" t="s">
+      <c r="D27" s="7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A28" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B28" s="11" t="s">
         <v>1233</v>
       </c>
-      <c r="C15" s="32" t="s">
+      <c r="C28" s="10" t="s">
         <v>1232</v>
       </c>
-      <c r="D15" s="32" t="s">
-[...10 lines deleted...]
-      <c r="B16" s="33" t="s">
+      <c r="D28" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E28" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A29" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B29" s="11" t="s">
         <v>1235</v>
       </c>
-      <c r="C16" s="32" t="s">
+      <c r="C29" s="10" t="s">
         <v>1234</v>
       </c>
-      <c r="D16" s="32" t="s">
-[...10 lines deleted...]
-      <c r="B17" s="33" t="s">
+      <c r="D29" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E29" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A30" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B30" s="11" t="s">
         <v>1237</v>
       </c>
-      <c r="C17" s="32" t="s">
+      <c r="C30" s="10" t="s">
         <v>1236</v>
       </c>
-      <c r="D17" s="32" t="s">
-[...10 lines deleted...]
-      <c r="B18" s="33" t="s">
+      <c r="D30" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E30" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A31" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B31" s="11" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D31" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E31" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A32" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B32" s="11" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E32" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A33" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B33" s="11" t="s">
         <v>1243</v>
       </c>
-      <c r="C18" s="32" t="s">
+      <c r="C33" s="10" t="s">
         <v>1242</v>
       </c>
-      <c r="D18" s="32" t="s">
-[...44 lines deleted...]
-      <c r="B21" s="33" t="s">
+      <c r="D33" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E33" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A34" s="7" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B34" s="9" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E34" s="7" t="s">
         <v>1245</v>
       </c>
-      <c r="C21" s="32" t="s">
-[...13 lines deleted...]
-      <c r="B22" s="33" t="s">
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A35" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B35" s="11" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C35" s="10" t="s">
         <v>1247</v>
       </c>
-      <c r="C22" s="32" t="s">
-[...81 lines deleted...]
-      <c r="B27" s="31" t="s">
+      <c r="D35" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E35" s="10" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A36" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B36" s="11" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C36" s="10" t="s">
         <v>1249</v>
       </c>
-      <c r="C27" s="25" t="s">
-[...13 lines deleted...]
-      <c r="B28" s="33" t="s">
+      <c r="D36" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A37" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B37" s="11" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C37" s="10" t="s">
         <v>1251</v>
       </c>
-      <c r="C28" s="32" t="s">
-[...13 lines deleted...]
-      <c r="B29" s="33" t="s">
+      <c r="D37" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E37" s="10" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A38" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B38" s="11" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C38" s="10" t="s">
         <v>1253</v>
       </c>
-      <c r="C29" s="32" t="s">
-[...13 lines deleted...]
-      <c r="B30" s="33" t="s">
+      <c r="D38" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E38" s="10" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A39" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B39" s="11" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C39" s="10" t="s">
         <v>1255</v>
       </c>
-      <c r="C30" s="32" t="s">
-[...13 lines deleted...]
-      <c r="B31" s="33" t="s">
+      <c r="D39" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E39" s="10" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A40" s="7" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B40" s="9" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C40" s="7" t="s">
         <v>1257</v>
       </c>
-      <c r="C31" s="32" t="s">
-[...13 lines deleted...]
-      <c r="B32" s="33" t="s">
+      <c r="D40" s="7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A41" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B41" s="11" t="s">
         <v>1259</v>
       </c>
-      <c r="C32" s="32" t="s">
+      <c r="C41" s="10" t="s">
         <v>1258</v>
       </c>
-      <c r="D32" s="32" t="s">
-[...10 lines deleted...]
-      <c r="B33" s="33" t="s">
+      <c r="D41" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A42" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B42" s="11" t="s">
         <v>1261</v>
       </c>
-      <c r="C33" s="32" t="s">
+      <c r="C42" s="10" t="s">
         <v>1260</v>
       </c>
-      <c r="D33" s="32" t="s">
-[...10 lines deleted...]
-      <c r="B34" s="31" t="s">
+      <c r="D42" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E42" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A43" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B43" s="11" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D43" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E43" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A44" s="7" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B44" s="9" t="s">
+        <v>1914</v>
+      </c>
+      <c r="C44" s="7" t="s">
         <v>1264</v>
       </c>
-      <c r="C34" s="25" t="s">
-[...13 lines deleted...]
-      <c r="B35" s="33" t="s">
+      <c r="D44" s="7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A45" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B45" s="11" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C45" s="10" t="s">
         <v>1266</v>
       </c>
-      <c r="C35" s="32" t="s">
+      <c r="D45" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E45" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A46" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B46" s="11" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C46" s="10" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D46" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E46" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A47" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B47" s="11" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C47" s="10" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D47" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E47" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A48" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B48" s="11" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C48" s="10" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D48" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E48" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A49" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B49" s="11" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C49" s="10" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D49" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E49" s="10" t="s">
         <v>1265</v>
       </c>
-      <c r="D35" s="32" t="s">
-[...95 lines deleted...]
-      <c r="B41" s="33" t="s">
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A50" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B50" s="11" t="s">
         <v>1277</v>
       </c>
-      <c r="C41" s="32" t="s">
+      <c r="C50" s="10" t="s">
         <v>1276</v>
       </c>
-      <c r="D41" s="32" t="s">
-[...10 lines deleted...]
-      <c r="B42" s="33" t="s">
+      <c r="D50" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E50" s="10" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A51" s="7" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B51" s="9" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E51" s="7" t="s">
         <v>1279</v>
       </c>
-      <c r="C42" s="32" t="s">
-[...13 lines deleted...]
-      <c r="B43" s="33" t="s">
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A52" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B52" s="11" t="s">
         <v>1281</v>
       </c>
-      <c r="C43" s="32" t="s">
+      <c r="C52" s="10" t="s">
         <v>1280</v>
       </c>
-      <c r="D43" s="32" t="s">
-[...13 lines deleted...]
-      <c r="C44" s="25" t="s">
+      <c r="D52" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E52" s="10" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A53" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B53" s="11" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C53" s="10" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D53" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E53" s="10" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A54" s="7" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B54" s="9" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A55" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B55" s="11" t="s">
         <v>1282</v>
       </c>
-      <c r="D44" s="25" t="s">
-[...27 lines deleted...]
-      <c r="B46" s="33" t="s">
+      <c r="C55" s="10" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D55" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E55" s="10" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A56" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B56" s="11" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C56" s="10" t="s">
         <v>1287</v>
       </c>
-      <c r="C46" s="32" t="s">
-[...13 lines deleted...]
-      <c r="B47" s="33" t="s">
+      <c r="D56" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E56" s="10" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A57" s="7" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B57" s="9" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C57" s="7" t="s">
         <v>1289</v>
       </c>
-      <c r="C47" s="32" t="s">
-[...13 lines deleted...]
-      <c r="B48" s="33" t="s">
+      <c r="D57" s="7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A58" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B58" s="11" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C58" s="10" t="s">
         <v>1291</v>
       </c>
-      <c r="C48" s="32" t="s">
-[...13 lines deleted...]
-      <c r="B49" s="33" t="s">
+      <c r="D58" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E58" s="10" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A59" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B59" s="11" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C59" s="10" t="s">
         <v>1293</v>
       </c>
-      <c r="C49" s="32" t="s">
-[...13 lines deleted...]
-      <c r="B50" s="33" t="s">
+      <c r="D59" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E59" s="10" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A60" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B60" s="11" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C60" s="10" t="s">
         <v>1295</v>
       </c>
-      <c r="C50" s="32" t="s">
-[...22 lines deleted...]
-      <c r="E51" s="25" t="s">
+      <c r="D60" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E60" s="10" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A61" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B61" s="11" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C61" s="10" t="s">
         <v>1297</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B52" s="33" t="s">
+      <c r="D61" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E61" s="10" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A62" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B62" s="11" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C62" s="10" t="s">
         <v>1299</v>
       </c>
-      <c r="C52" s="32" t="s">
-[...13 lines deleted...]
-      <c r="B53" s="33" t="s">
+      <c r="D62" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E62" s="10" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A63" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B63" s="11" t="s">
         <v>1302</v>
       </c>
-      <c r="C53" s="32" t="s">
+      <c r="C63" s="10" t="s">
         <v>1301</v>
       </c>
-      <c r="D53" s="32" t="s">
-[...13 lines deleted...]
-      <c r="C54" s="25" t="s">
+      <c r="D63" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E63" s="10" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A64" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B64" s="11" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C64" s="10" t="s">
         <v>1303</v>
       </c>
-      <c r="D54" s="25" t="s">
-[...27 lines deleted...]
-      <c r="B56" s="33" t="s">
+      <c r="D64" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E64" s="10" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A65" s="10" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B65" s="11" t="s">
         <v>1306</v>
       </c>
-      <c r="C56" s="32" t="s">
+      <c r="C65" s="10" t="s">
         <v>1305</v>
       </c>
-      <c r="D56" s="32" t="s">
-[...10 lines deleted...]
-      <c r="B57" s="31" t="s">
+      <c r="D65" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E65" s="10" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A66" s="7" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B66" s="9" t="s">
         <v>1308</v>
       </c>
-      <c r="C57" s="25" t="s">
+      <c r="C66" s="7" t="s">
         <v>1307</v>
       </c>
-      <c r="D57" s="25" t="s">
-[...156 lines deleted...]
-        <v>1207</v>
+      <c r="D66" s="7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>1189</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E66" xr:uid="{40442585-FEB8-4A4B-A1DC-B71C38DF87E4}"/>
   <hyperlinks>
     <hyperlink ref="B39" r:id="rId1" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_EDU%40DF_TRAINING&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{D4CE6A6F-E997-4E53-8B67-3DBB399C18EC}"/>
     <hyperlink ref="B58" r:id="rId2" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_AIR_TEMP&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.4" xr:uid="{53467E5B-C2B4-4F18-8EE7-E0229DB5FEFB}"/>
     <hyperlink ref="B46" r:id="rId3" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_SOC%40DF_VOTER&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.2" xr:uid="{034B2BD1-8466-4A46-BFAC-AFDEBDD6E6E3}"/>
     <hyperlink ref="B57" r:id="rId4" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_CLIM&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.4" xr:uid="{3D2F61DA-ED02-413B-BB4C-0788E3B4516B}"/>
     <hyperlink ref="B61" r:id="rId5" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_DEGREE_DAYS&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.4" xr:uid="{A135B829-FA56-4557-8ED1-2E3129BA2BA0}"/>
     <hyperlink ref="B8" r:id="rId6" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_DEATH_5Y&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{15E85BF4-B6F1-4016-84FE-063B3D27C1D9}"/>
     <hyperlink ref="B12" r:id="rId7" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_REGION_TYPE_METRO&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{DB25556E-B74E-434B-8267-B5ACAAD71937}"/>
     <hyperlink ref="B13" r:id="rId8" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_REGION_TYPE_RURB&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{EDE5F0EB-E33C-4CE0-A78C-0D244DCBCC84}"/>
     <hyperlink ref="B2" r:id="rId9" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_DEMO&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{713C34DD-F742-47B1-A16C-CA87D7D0DD46}"/>
     <hyperlink ref="B5" r:id="rId10" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_DEPEND&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{493C529D-745F-4677-A6B6-B2AA234F6708}"/>
     <hyperlink ref="B64" r:id="rId11" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_DROUGHT&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.4" xr:uid="{D6CFC1C9-11AD-4AB4-9CC0-3040E2BDBE08}"/>
     <hyperlink ref="B21" r:id="rId12" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO%40DF_TYPE_METRO&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{C3C7884C-EB80-489E-A49A-73337F89E750}"/>
     <hyperlink ref="B22" r:id="rId13" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO%40DF_TYPE_RURB&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{9E2333B2-29A7-4032-93FB-B5A8471D8A90}"/>
     <hyperlink ref="B14" r:id="rId14" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO%40DF_ECO&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{16A6605D-E455-4C4D-BEA1-43A994349626}"/>
     <hyperlink ref="B23" r:id="rId15" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO_ROPI%40DF_ECO_ROPI&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{4633D14A-05C3-46CB-B9B6-D876E0AACB88}"/>
     <hyperlink ref="B34" r:id="rId16" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_EDU%40DF_EDU&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{3A3FA546-0E2E-4590-A915-682309956C1D}"/>
     <hyperlink ref="B35" r:id="rId17" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_EDU%40DF_ATTAIN&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{EBD17339-A521-40DC-A3FF-BE4F52F16BFD}"/>
     <hyperlink ref="B55" r:id="rId18" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ENE%40DF_PROD_ELEC&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.5" xr:uid="{0F917185-77AB-44D9-8675-9C01DE95418C}"/>
     <hyperlink ref="B36" r:id="rId19" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_EDU%40DF_EMP&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{4C089BB0-0CB8-4723-8F41-2725F4F65DFB}"/>
     <hyperlink ref="B18" r:id="rId20" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=0&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO%40DF_EMP&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{66CF8FDF-717E-4CCF-9FE2-2FDFC845218E}"/>
@@ -8015,27408 +7879,27372 @@
     <hyperlink ref="B66" r:id="rId47" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_PAT%40DF_PAT&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=1.0" xr:uid="{E9E462CB-A0C6-4F65-9F65-12C76FB5ECD8}"/>
     <hyperlink ref="B7" r:id="rId48" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_POP_5Y&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{7525FDA9-21AE-4A4C-AA79-F0FBA0C31184}"/>
     <hyperlink ref="B6" r:id="rId49" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_POP_BROAD&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{D869100D-0DCD-4EC2-828B-D6FF62BBE8FA}"/>
     <hyperlink ref="B3" r:id="rId50" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_DENSITY&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{8D5241A8-B230-4C4D-9D89-558159BAC414}"/>
     <hyperlink ref="B10" r:id="rId51" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_DEMO%40DF_MOBILITY&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{3B172E79-0416-4964-A3F4-489E7D714405}"/>
     <hyperlink ref="B65" r:id="rId52" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_PRECIPITATION&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.4" xr:uid="{509A3208-D8BC-4E82-81F9-0066D06C739F}"/>
     <hyperlink ref="B47" r:id="rId53" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_SOC%40DF_VEH&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.2" xr:uid="{C368B042-C10A-491D-8330-676132D11BB4}"/>
     <hyperlink ref="B24" r:id="rId54" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO_ROPI%40DF_GDP_ROPI&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{55EA7CD6-F74A-4153-A3F0-D9C11DD7C71C}"/>
     <hyperlink ref="B25" r:id="rId55" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO_ROPI%40DF_GVA_ROPI&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{CBA4BA35-C9DB-4D73-9A39-A2133019B096}"/>
     <hyperlink ref="B26" r:id="rId56" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_ECO_ROPI%40DF_LPR_ROPI&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{F8BEA814-1BD7-4AD7-8286-D66551A17D15}"/>
     <hyperlink ref="B63" r:id="rId57" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_FLOOD&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=1.0" xr:uid="{AB694402-6B8D-458B-A9BC-CD1A1942F80C}"/>
     <hyperlink ref="B45" r:id="rId58" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_SOC%40DF_SAFETY&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.2" xr:uid="{D5B51B04-2F5A-48AA-AD69-D58053312C6D}"/>
     <hyperlink ref="B44" r:id="rId59" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=40&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_SOC%40DF_SOC&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.2" xr:uid="{BCD3A62D-B168-4ED3-AC5B-14D454F43B0C}"/>
     <hyperlink ref="B37" r:id="rId60" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=60&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_EDU%40DF_ENROL&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{BE7FFFDA-3E60-44FE-8646-880497F7BCED}"/>
     <hyperlink ref="B31" r:id="rId61" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=60&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_LAB%40DF_TEMPORARY&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{91BCCD30-915C-4D12-9C06-F52B03D31CE8}"/>
     <hyperlink ref="B52" r:id="rId62" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=80&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_MW%40DF_WASTE&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=1.0" xr:uid="{D6753A4D-9E61-4174-BF12-732A510E5EDA}"/>
     <hyperlink ref="B62" r:id="rId63" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=80&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_CLIM%40DF_FIRES&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.4" xr:uid="{27AF9D0B-4389-44C0-A1AF-DC6890E5031B}"/>
     <hyperlink ref="B38" r:id="rId64" display="https://data-explorer.oecd.org/vis?fs%5b0%5d=Topic%2C1%7CRegional%252C%20rural%20and%20urban%20development%23GEO%23%7CRegions%23GEO_REG%23&amp;pg=80&amp;fc=Topic&amp;bp=true&amp;snb=98&amp;df%5bds%5d=dsDisseminateFinalDMZ&amp;df%5bid%5d=DSD_REG_EDU%40DF_EXCLU&amp;df%5bag%5d=OECD.CFE.EDS&amp;df%5bvs%5d=2.0" xr:uid="{316D90FE-1193-4500-A725-D03C5934AF68}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E01D162F-E27D-4B55-BF57-34B2132F365A}">
-  <dimension ref="A1:K902"/>
+  <dimension ref="A1:J903"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <pane xSplit="3" ySplit="1" topLeftCell="D145" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="3" ySplit="1" topLeftCell="D2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="12.08984375" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="26" customWidth="1"/>
+    <col min="1" max="1" width="17.453125" style="18" customWidth="1"/>
+    <col min="2" max="2" width="44" style="18" customWidth="1"/>
+    <col min="3" max="3" width="35" style="18" customWidth="1"/>
+    <col min="4" max="4" width="10.81640625" style="18" customWidth="1"/>
+    <col min="5" max="5" width="25.54296875" style="18" customWidth="1"/>
+    <col min="6" max="6" width="8.7265625" style="18" customWidth="1"/>
+    <col min="7" max="7" width="47.81640625" style="18" customWidth="1"/>
+    <col min="8" max="8" width="72.81640625" style="18" customWidth="1"/>
+    <col min="9" max="9" width="53.36328125" style="18" customWidth="1"/>
+    <col min="10" max="10" width="26" style="18" customWidth="1"/>
+    <col min="11" max="16384" width="8.7265625" style="18"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="26" t="s">
+      <c r="A1" s="20" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B1" s="20" t="s">
+        <v>1802</v>
+      </c>
+      <c r="C1" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="D1" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="E1" s="20" t="s">
+        <v>60</v>
+      </c>
+      <c r="F1" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="G1" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="H1" s="20" t="s">
+        <v>1923</v>
+      </c>
+      <c r="I1" s="20" t="s">
+        <v>1922</v>
+      </c>
+      <c r="J1" s="20" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B2" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C2" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D2" s="18" t="s">
+        <v>302</v>
+      </c>
+      <c r="E2" s="21" t="s">
+        <v>1917</v>
+      </c>
+      <c r="F2" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G2" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="H2" s="18" t="s">
+        <v>2</v>
+      </c>
+      <c r="I2" s="22" t="s">
+        <v>285</v>
+      </c>
+      <c r="J2" s="18" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B3" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C3" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D3" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E3" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F3" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H3" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="I3" s="22" t="s">
+        <v>286</v>
+      </c>
+      <c r="J3" s="18" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B4" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C4" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D4" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G4" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H4" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="I4" s="22" t="s">
+        <v>287</v>
+      </c>
+      <c r="J4" s="18" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B5" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C5" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D5" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G5" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H5" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="22" t="s">
+        <v>288</v>
+      </c>
+      <c r="J5" s="18" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B6" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C6" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D6" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G6" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H6" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="I6" s="22" t="s">
+        <v>289</v>
+      </c>
+      <c r="J6" s="18" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B7" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C7" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D7" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F7" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G7" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H7" s="18" t="s">
+        <v>1332</v>
+      </c>
+      <c r="I7" s="22" t="s">
+        <v>290</v>
+      </c>
+      <c r="J7" s="18" t="s">
+        <v>1925</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B8" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C8" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D8" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G8" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H8" s="18" t="s">
+        <v>1333</v>
+      </c>
+      <c r="I8" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="J8" s="18" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B9" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C9" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D9" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G9" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H9" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="I9" s="22" t="s">
+        <v>291</v>
+      </c>
+      <c r="J9" s="18" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B10" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C10" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D10" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F10" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G10" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="H10" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I10" s="22" t="s">
+        <v>292</v>
+      </c>
+      <c r="J10" s="18" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B11" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C11" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D11" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E11" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G11" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H11" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I11" s="23"/>
+      <c r="J11" s="18" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B12" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C12" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D12" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E12" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F12" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G12" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H12" s="18" t="s">
+        <v>208</v>
+      </c>
+      <c r="I12" s="22" t="s">
+        <v>293</v>
+      </c>
+      <c r="J12" s="18" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B13" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C13" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D13" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E13" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F13" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G13" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H13" s="18" t="s">
+        <v>1897</v>
+      </c>
+      <c r="I13" s="22" t="s">
+        <v>1898</v>
+      </c>
+      <c r="J13" s="21" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B14" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C14" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D14" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E14" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F14" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G14" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H14" s="18" t="s">
+        <v>1429</v>
+      </c>
+      <c r="I14" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="J14" s="18" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B15" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C15" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D15" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E15" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F15" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G15" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H15" s="18" t="s">
+        <v>1336</v>
+      </c>
+      <c r="I15" s="18" t="s">
+        <v>294</v>
+      </c>
+      <c r="J15" s="18" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B16" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C16" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D16" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E16" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G16" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H16" s="18" t="s">
+        <v>864</v>
+      </c>
+      <c r="I16" s="22" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B17" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C17" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D17" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E17" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F17" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G17" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H17" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="I17" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="J17" s="18" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B18" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C18" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D18" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E18" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F18" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G18" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H18" s="18" t="s">
+        <v>513</v>
+      </c>
+      <c r="I18" s="22" t="s">
+        <v>146</v>
+      </c>
+      <c r="J18" s="18" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B19" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C19" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D19" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F19" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G19" s="18" t="s">
         <v>1048</v>
       </c>
-      <c r="B1" s="26" t="s">
-[...590 lines deleted...]
-      <c r="H19" t="s">
+      <c r="H19" s="18" t="s">
         <v>36</v>
       </c>
-      <c r="I19" s="7" t="s">
+      <c r="I19" s="22" t="s">
         <v>297</v>
       </c>
-      <c r="J19" t="s">
-[...13 lines deleted...]
-      <c r="D20" s="3" t="s">
+      <c r="J19" s="18" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B20" s="18" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C20" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D20" s="18" t="s">
         <v>53</v>
       </c>
-      <c r="E20" s="3" t="s">
+      <c r="E20" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="F20" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H20" s="3" t="s">
+      <c r="F20" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G20" s="18" t="s">
+        <v>571</v>
+      </c>
+      <c r="H20" s="18" t="s">
         <v>38</v>
       </c>
       <c r="I20" s="22" t="s">
         <v>296</v>
       </c>
-      <c r="J20" s="3" t="s">
+      <c r="J20" s="18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A21" s="19" t="s">
+      <c r="A21" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B21" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C21" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D21" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E21" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F21" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G21" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H21" s="18" t="s">
+        <v>1839</v>
+      </c>
+      <c r="I21" s="2" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B22" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C22" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D22" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E22" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F22" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G22" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="H22" s="18" t="s">
+        <v>1762</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B23" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C23" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D23" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E23" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F23" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G23" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="H23" s="18" t="s">
+        <v>1809</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B24" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C24" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D24" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E24" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G24" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H24" s="18" t="s">
+        <v>611</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B25" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C25" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D25" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E25" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F25" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G25" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H25" s="18" t="s">
+        <v>1520</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>1515</v>
+      </c>
+      <c r="J25" s="18" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B26" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C26" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D26" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E26" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F26" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G26" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H26" s="18" t="s">
+        <v>1621</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B27" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C27" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D27" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E27" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F27" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G27" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H27" s="18" t="s">
+        <v>456</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B28" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C28" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D28" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E28" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F28" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G28" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="H28" s="18" t="s">
+        <v>1821</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B29" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C29" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D29" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E29" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F29" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G29" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H29" s="18" t="s">
+        <v>792</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B30" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C30" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D30" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E30" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F30" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G30" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H30" s="18" t="s">
+        <v>1461</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B31" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C31" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D31" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E31" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F31" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G31" s="18" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H31" s="18" t="s">
+        <v>1655</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>1841</v>
+      </c>
+      <c r="J31" s="18" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B32" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C32" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D32" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E32" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F32" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G32" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H32" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B33" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C33" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D33" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="E33" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F33" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G33" s="18" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H33" s="18" t="s">
+        <v>1657</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B34" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C34" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D34" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E34" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F34" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G34" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H34" s="18" t="s">
+        <v>1340</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B35" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C35" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D35" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E35" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F35" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G35" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="H35" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>669</v>
+      </c>
+      <c r="J35" s="21" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B36" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C36" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D36" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E36" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F36" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G36" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="H36" s="18" t="s">
+        <v>1927</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B37" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C37" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D37" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E37" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F37" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G37" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H37" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I37" s="5"/>
+    </row>
+    <row r="38" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B38" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C38" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D38" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E38" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F38" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G38" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H38" s="18" t="s">
+        <v>99</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B39" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C39" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D39" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E39" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F39" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G39" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H39" s="18" t="s">
+        <v>209</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B40" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C40" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D40" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E40" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F40" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G40" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H40" s="18" t="s">
+        <v>528</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B41" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C41" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D41" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E41" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F41" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G41" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H41" s="18" t="s">
+        <v>1341</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B42" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C42" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D42" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E42" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F42" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G42" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H42" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B43" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C43" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D43" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E43" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F43" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G43" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H43" s="18" t="s">
+        <v>1659</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>1658</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B44" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C44" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D44" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E44" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F44" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G44" s="18" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H44" s="18" t="s">
+        <v>1623</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B45" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C45" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D45" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E45" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F45" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G45" s="18" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H45" s="18" t="s">
+        <v>112</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B46" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C46" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D46" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E46" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F46" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G46" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H46" s="18" t="s">
+        <v>1371</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B47" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C47" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D47" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E47" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F47" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G47" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H47" s="18" t="s">
+        <v>867</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B48" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C48" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D48" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E48" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F48" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G48" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H48" s="18" t="s">
+        <v>884</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="J48" s="18" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B49" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C49" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D49" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E49" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F49" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G49" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H49" s="18" t="s">
+        <v>1654</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>1653</v>
+      </c>
+      <c r="J49" s="18" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B50" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C50" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D50" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E50" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F50" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G50" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H50" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B51" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C51" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D51" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E51" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F51" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G51" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H51" s="18" t="s">
+        <v>938</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B52" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C52" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D52" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E52" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F52" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G52" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H52" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="J52" s="18" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B53" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C53" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D53" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E53" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F53" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G53" s="18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H53" s="24" t="s">
+        <v>949</v>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B54" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C54" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D54" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E54" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F54" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G54" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H54" s="18" t="s">
+        <v>1812</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="J54" s="18" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B55" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C55" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D55" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E55" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F55" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G55" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H55" s="18" t="s">
+        <v>1009</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="J55" s="18" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B56" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C56" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D56" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E56" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F56" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G56" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H56" s="18" t="s">
+        <v>301</v>
+      </c>
+      <c r="I56" s="2" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B57" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C57" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D57" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E57" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F57" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G57" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H57" s="18" t="s">
+        <v>300</v>
+      </c>
+      <c r="I57" s="2" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B58" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C58" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D58" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E58" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F58" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G58" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H58" s="18" t="s">
+        <v>299</v>
+      </c>
+      <c r="I58" s="2" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B59" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C59" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D59" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E59" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F59" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G59" s="18" t="s">
+        <v>571</v>
+      </c>
+      <c r="H59" s="18" t="s">
+        <v>1054</v>
+      </c>
+      <c r="I59" s="2" t="s">
+        <v>1055</v>
+      </c>
+      <c r="J59" s="18" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B60" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C60" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D60" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E60" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F60" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G60" s="18" t="s">
+        <v>571</v>
+      </c>
+      <c r="H60" s="18" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I60" s="13" t="s">
+        <v>546</v>
+      </c>
+      <c r="J60" s="18" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B61" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C61" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D61" s="18" t="s">
+        <v>710</v>
+      </c>
+      <c r="E61" s="18" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F61" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G61" s="18" t="s">
+        <v>1928</v>
+      </c>
+      <c r="H61" s="18" t="s">
+        <v>1929</v>
+      </c>
+      <c r="I61" s="13"/>
+    </row>
+    <row r="62" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B62" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C62" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D62" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E62" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F62" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G62" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H62" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="I62" s="2" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B63" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C63" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D63" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E63" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F63" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G63" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="H63" s="18" t="s">
+        <v>1764</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B64" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C64" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D64" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E64" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F64" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G64" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="H64" s="18" t="s">
+        <v>1810</v>
+      </c>
+      <c r="I64" s="2" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B65" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C65" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D65" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E65" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G65" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H65" s="18" t="s">
+        <v>1378</v>
+      </c>
+      <c r="I65" s="2" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B66" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C66" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D66" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E66" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F66" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G66" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H66" s="18" t="s">
+        <v>1521</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>1515</v>
+      </c>
+      <c r="J66" s="18" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B67" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C67" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D67" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E67" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F67" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G67" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H67" s="18" t="s">
+        <v>1803</v>
+      </c>
+      <c r="I67" s="2" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B68" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C68" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D68" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E68" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F68" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G68" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="H68" s="18" t="s">
+        <v>1823</v>
+      </c>
+      <c r="I68" s="2" t="s">
+        <v>1825</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B69" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C69" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D69" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E69" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F69" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G69" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="H69" s="18" t="s">
+        <v>1824</v>
+      </c>
+      <c r="I69" s="2" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B70" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C70" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D70" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E70" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F70" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G70" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H70" s="18" t="s">
+        <v>1367</v>
+      </c>
+      <c r="I70" s="2" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B71" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C71" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D71" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E71" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F71" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G71" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H71" s="18" t="s">
+        <v>1461</v>
+      </c>
+      <c r="I71" s="2" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A72" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B72" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C72" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D72" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E72" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F72" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G72" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H72" s="18" t="s">
+        <v>1816</v>
+      </c>
+      <c r="I72" s="2" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A73" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B73" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C73" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D73" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E73" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F73" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G73" s="18" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H73" s="18" t="s">
+        <v>1577</v>
+      </c>
+      <c r="I73" s="2" t="s">
+        <v>1575</v>
+      </c>
+      <c r="J73" s="18" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A74" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B74" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C74" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D74" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E74" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F74" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G74" s="18" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H74" s="18" t="s">
+        <v>820</v>
+      </c>
+      <c r="I74" s="2" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B75" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C75" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D75" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E75" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F75" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G75" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="H75" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="I75" s="2" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A76" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B76" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C76" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D76" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E76" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F76" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G76" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H76" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I76" s="23"/>
+    </row>
+    <row r="77" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B77" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C77" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D77" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E77" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F77" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G77" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H77" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="I77" s="2" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A78" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B78" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C78" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D78" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E78" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F78" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G78" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H78" s="18" t="s">
+        <v>210</v>
+      </c>
+      <c r="I78" s="2" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B79" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C79" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D79" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E79" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F79" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G79" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H79" s="18" t="s">
+        <v>1895</v>
+      </c>
+      <c r="I79" s="2" t="s">
+        <v>1894</v>
+      </c>
+      <c r="J79" s="18" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A80" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B80" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C80" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D80" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E80" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F80" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G80" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H80" s="18" t="s">
+        <v>796</v>
+      </c>
+      <c r="I80" s="2" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B81" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C81" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D81" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E81" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F81" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G81" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H81" s="18" t="s">
+        <v>157</v>
+      </c>
+      <c r="I81" s="2" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A82" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B82" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C82" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D82" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="E82" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F82" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G82" s="18" t="s">
+        <v>773</v>
+      </c>
+      <c r="H82" s="24" t="s">
+        <v>1581</v>
+      </c>
+      <c r="I82" s="2" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A83" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B83" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C83" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D83" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E83" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F83" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G83" s="18" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H83" s="18" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I83" s="2" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A84" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B84" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C84" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D84" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E84" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F84" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G84" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H84" s="18" t="s">
+        <v>1588</v>
+      </c>
+      <c r="I84" s="2" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A85" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B85" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C85" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D85" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E85" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F85" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G85" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H85" s="18" t="s">
+        <v>868</v>
+      </c>
+      <c r="I85" s="2" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A86" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B86" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C86" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D86" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E86" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F86" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G86" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H86" s="18" t="s">
+        <v>884</v>
+      </c>
+      <c r="I86" s="2" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B87" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C87" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D87" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E87" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F87" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G87" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H87" s="18" t="s">
+        <v>905</v>
+      </c>
+      <c r="I87" s="2" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A88" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B88" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C88" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D88" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E88" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F88" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G88" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H88" s="18" t="s">
+        <v>917</v>
+      </c>
+      <c r="I88" s="2" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B89" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C89" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D89" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E89" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F89" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G89" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H89" s="18" t="s">
+        <v>940</v>
+      </c>
+      <c r="I89" s="2" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A90" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B90" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C90" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D90" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E90" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F90" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G90" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H90" s="18" t="s">
+        <v>970</v>
+      </c>
+      <c r="I90" s="2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A91" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B91" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C91" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D91" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E91" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F91" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G91" s="18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H91" s="24" t="s">
+        <v>949</v>
+      </c>
+      <c r="I91" s="2" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A92" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B92" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C92" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D92" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E92" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F92" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G92" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H92" s="18" t="s">
+        <v>205</v>
+      </c>
+      <c r="I92" s="2" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A93" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B93" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C93" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D93" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E93" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F93" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G93" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H93" s="18" t="s">
+        <v>512</v>
+      </c>
+      <c r="I93" s="2" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A94" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B94" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C94" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D94" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E94" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F94" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G94" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H94" s="18" t="s">
+        <v>204</v>
+      </c>
+      <c r="I94" s="2" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A95" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B95" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C95" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D95" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E95" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F95" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G95" s="18" t="s">
+        <v>571</v>
+      </c>
+      <c r="H95" s="18" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I95" s="2" t="s">
+        <v>1055</v>
+      </c>
+      <c r="J95" s="18" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A96" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B96" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C96" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="D96" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E96" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F96" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G96" s="18" t="s">
+        <v>571</v>
+      </c>
+      <c r="H96" s="18" t="s">
+        <v>1373</v>
+      </c>
+      <c r="I96" s="13" t="s">
+        <v>546</v>
+      </c>
+      <c r="J96" s="18" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A97" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B97" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C97" s="18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D97" s="18" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E97" s="18" t="s">
+        <v>354</v>
+      </c>
+      <c r="F97" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G97" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H97" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="I97" s="2" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A98" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B98" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C98" s="18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D98" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E98" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F98" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G98" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H98" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="I98" s="3" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A99" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B99" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C99" s="18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D99" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E99" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F99" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G99" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H99" s="18" t="s">
+        <v>1378</v>
+      </c>
+      <c r="I99" s="2" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A100" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B100" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C100" s="18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D100" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E100" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F100" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G100" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H100" s="18" t="s">
+        <v>177</v>
+      </c>
+      <c r="I100" s="2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A101" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B101" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C101" s="18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D101" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E101" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F101" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G101" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H101" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="I101" s="2" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A102" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B102" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C102" s="18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D102" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E102" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F102" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G102" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H102" s="18" t="s">
+        <v>548</v>
+      </c>
+      <c r="I102" s="2" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A103" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B103" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C103" s="18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D103" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E103" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F103" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G103" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="H103" s="18" t="s">
+        <v>176</v>
+      </c>
+      <c r="I103" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A104" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B104" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C104" s="18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D104" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E104" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F104" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G104" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H104" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I104" s="2"/>
+    </row>
+    <row r="105" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A105" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B105" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C105" s="18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D105" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E105" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F105" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G105" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H105" s="18" t="s">
+        <v>207</v>
+      </c>
+      <c r="I105" s="2" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A106" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B106" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C106" s="18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D106" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E106" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F106" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G106" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H106" s="18" t="s">
+        <v>531</v>
+      </c>
+      <c r="I106" s="2" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A107" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B107" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C107" s="18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D107" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E107" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F107" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G107" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H107" s="18" t="s">
+        <v>175</v>
+      </c>
+      <c r="I107" s="2" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A108" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B108" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C108" s="18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D108" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E108" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F108" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G108" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H108" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="I108" s="2" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A109" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B109" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C109" s="18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D109" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E109" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F109" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G109" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H109" s="18" t="s">
+        <v>1325</v>
+      </c>
+      <c r="I109" s="22" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A110" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B110" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C110" s="18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D110" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E110" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F110" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G110" s="18" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H110" s="21" t="s">
+        <v>1327</v>
+      </c>
+      <c r="I110" s="22" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A111" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B111" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C111" s="18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D111" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E111" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F111" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G111" s="18" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H111" s="18" t="s">
+        <v>1329</v>
+      </c>
+      <c r="I111" s="22" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A112" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B112" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C112" s="18" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D112" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E112" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F112" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G112" s="18" t="s">
+        <v>572</v>
+      </c>
+      <c r="H112" s="18" t="s">
+        <v>542</v>
+      </c>
+      <c r="I112" s="2" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A113" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B113" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C113" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D113" s="18" t="s">
+        <v>302</v>
+      </c>
+      <c r="E113" s="18" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F113" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G113" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H113" s="18" t="s">
+        <v>188</v>
+      </c>
+      <c r="I113" s="2" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A114" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B114" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C114" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D114" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E114" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F114" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G114" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H114" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="I114" s="3" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A115" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B115" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C115" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D115" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E115" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F115" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G115" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="H115" s="18" t="s">
+        <v>989</v>
+      </c>
+      <c r="I115" s="2" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A116" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B116" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C116" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D116" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E116" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F116" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G116" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H116" s="18" t="s">
+        <v>1380</v>
+      </c>
+      <c r="I116" s="2" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A117" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B117" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C117" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D117" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E117" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F117" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G117" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H117" s="18" t="s">
+        <v>177</v>
+      </c>
+      <c r="I117" s="2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A118" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B118" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C118" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D118" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E118" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F118" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G118" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H118" s="18" t="s">
+        <v>312</v>
+      </c>
+      <c r="I118" s="2" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A119" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B119" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C119" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D119" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E119" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F119" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G119" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H119" s="18" t="s">
+        <v>548</v>
+      </c>
+      <c r="I119" s="2" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A120" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B120" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C120" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D120" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E120" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F120" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G120" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H120" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="I120" s="2" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A121" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B121" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C121" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D121" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E121" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F121" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G121" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="H121" s="18" t="s">
+        <v>1826</v>
+      </c>
+      <c r="I121" s="2" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A122" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B122" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C122" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D122" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E122" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F122" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G122" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H122" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="I122" s="2" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A123" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B123" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C123" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D123" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E123" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F123" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G123" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H123" s="18" t="s">
+        <v>1462</v>
+      </c>
+      <c r="I123" s="2" t="s">
+        <v>801</v>
+      </c>
+      <c r="J123" s="18" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A124" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B124" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C124" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D124" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E124" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F124" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G124" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H124" s="18" t="s">
+        <v>1463</v>
+      </c>
+      <c r="I124" s="2" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B125" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C125" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D125" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E125" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F125" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G125" s="18" t="s">
+        <v>804</v>
+      </c>
+      <c r="H125" s="18" t="s">
+        <v>805</v>
+      </c>
+      <c r="I125" s="2" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A126" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B126" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C126" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D126" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E126" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F126" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G126" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H126" s="18" t="s">
+        <v>807</v>
+      </c>
+      <c r="I126" s="2" t="s">
+        <v>806</v>
+      </c>
+      <c r="J126" s="18" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A127" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B127" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C127" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D127" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E127" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F127" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G127" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H127" s="18" t="s">
+        <v>808</v>
+      </c>
+      <c r="I127" s="2" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A128" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B128" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C128" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D128" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="E128" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F128" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G128" s="18" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H128" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I128" s="2"/>
+    </row>
+    <row r="129" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A129" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B129" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C129" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D129" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E129" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F129" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G129" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H129" s="18" t="s">
+        <v>819</v>
+      </c>
+      <c r="I129" s="2" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A130" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B130" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C130" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D130" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E130" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F130" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G130" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="H130" s="18" t="s">
+        <v>823</v>
+      </c>
+      <c r="I130" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="J130" s="18" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A131" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B131" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C131" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D131" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E131" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F131" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G131" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="H131" s="18" t="s">
+        <v>822</v>
+      </c>
+      <c r="I131" s="2" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A132" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B132" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C132" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D132" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E132" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F132" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G132" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="H132" s="18" t="s">
+        <v>826</v>
+      </c>
+      <c r="I132" s="2" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A133" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B133" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C133" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D133" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E133" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F133" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G133" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H133" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I133" s="2"/>
+    </row>
+    <row r="134" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A134" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B134" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C134" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D134" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E134" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F134" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G134" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H134" s="18" t="s">
+        <v>1375</v>
+      </c>
+      <c r="I134" s="2" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A135" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B135" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C135" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D135" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E135" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F135" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G135" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H135" s="18" t="s">
+        <v>828</v>
+      </c>
+      <c r="I135" s="2" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A136" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B136" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C136" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D136" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E136" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F136" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G136" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H136" s="18" t="s">
+        <v>830</v>
+      </c>
+      <c r="I136" s="2" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A137" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B137" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C137" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D137" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E137" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F137" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G137" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H137" s="18" t="s">
+        <v>800</v>
+      </c>
+      <c r="I137" s="2" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A138" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B138" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C138" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D138" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="E138" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F138" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G138" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H138" s="18" t="s">
+        <v>188</v>
+      </c>
+      <c r="I138" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="J138" s="18" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A139" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B139" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C139" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D139" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E139" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F139" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G139" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H139" s="18" t="s">
+        <v>1879</v>
+      </c>
+      <c r="I139" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="J139" s="22"/>
+    </row>
+    <row r="140" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A140" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B140" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C140" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D140" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E140" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F140" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G140" s="18" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H140" s="24" t="s">
+        <v>1027</v>
+      </c>
+      <c r="I140" s="2" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A141" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B141" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C141" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D141" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E141" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F141" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G141" s="18" t="s">
+        <v>605</v>
+      </c>
+      <c r="H141" s="18" t="s">
+        <v>1882</v>
+      </c>
+      <c r="I141" s="2" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A142" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B142" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C142" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D142" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E142" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F142" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G142" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H142" s="18" t="s">
+        <v>1881</v>
+      </c>
+      <c r="I142" s="2" t="s">
+        <v>860</v>
+      </c>
+      <c r="J142" s="18" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A143" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B143" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C143" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D143" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E143" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F143" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G143" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H143" s="18" t="s">
+        <v>885</v>
+      </c>
+      <c r="I143" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="J143" s="18" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A144" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B144" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C144" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D144" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E144" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F144" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G144" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H144" s="18" t="s">
+        <v>908</v>
+      </c>
+      <c r="I144" s="2" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A145" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B145" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C145" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D145" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E145" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F145" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G145" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H145" s="18" t="s">
+        <v>915</v>
+      </c>
+      <c r="I145" s="2" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A146" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B146" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C146" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D146" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E146" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F146" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G146" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H146" s="18" t="s">
+        <v>930</v>
+      </c>
+      <c r="I146" s="2" t="s">
+        <v>929</v>
+      </c>
+      <c r="J146" s="18"/>
+    </row>
+    <row r="147" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A147" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B147" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C147" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D147" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E147" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F147" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G147" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H147" s="18" t="s">
+        <v>972</v>
+      </c>
+      <c r="I147" s="3" t="s">
+        <v>971</v>
+      </c>
+      <c r="J147" s="18"/>
+    </row>
+    <row r="148" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A148" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B148" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C148" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D148" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E148" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F148" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G148" s="18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H148" s="24" t="s">
+        <v>957</v>
+      </c>
+      <c r="I148" s="25" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A149" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B149" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C149" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D149" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E149" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F149" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G149" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H149" s="18" t="s">
+        <v>1813</v>
+      </c>
+      <c r="I149" s="2" t="s">
+        <v>1664</v>
+      </c>
+    </row>
+    <row r="150" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A150" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B150" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C150" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D150" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E150" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F150" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G150" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H150" s="18" t="s">
+        <v>1007</v>
+      </c>
+      <c r="I150" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="J150" s="18" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A151" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B151" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C151" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D151" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E151" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F151" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G151" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H151" s="18" t="s">
+        <v>1325</v>
+      </c>
+      <c r="I151" s="22" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A152" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B152" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C152" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D152" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E152" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F152" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G152" s="18" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H152" s="21" t="s">
+        <v>1327</v>
+      </c>
+      <c r="I152" s="22" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A153" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B153" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C153" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D153" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E153" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F153" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G153" s="18" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H153" s="18" t="s">
+        <v>1330</v>
+      </c>
+      <c r="I153" s="22" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A154" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B154" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C154" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D154" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E154" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F154" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G154" s="18" t="s">
+        <v>572</v>
+      </c>
+      <c r="H154" s="18" t="s">
+        <v>539</v>
+      </c>
+      <c r="I154" s="2" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="155" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A155" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B155" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C155" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D155" s="18" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E155" s="18" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F155" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G155" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H155" s="18" t="s">
+        <v>189</v>
+      </c>
+      <c r="I155" s="2" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="156" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A156" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B156" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C156" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D156" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E156" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F156" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G156" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H156" s="18" t="s">
+        <v>732</v>
+      </c>
+      <c r="I156" s="23" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A157" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B157" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C157" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D157" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E157" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F157" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G157" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H157" s="18" t="s">
+        <v>1883</v>
+      </c>
+      <c r="I157" s="22" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="158" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A158" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B158" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C158" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D158" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E158" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F158" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G158" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="H158" s="18" t="s">
+        <v>1807</v>
+      </c>
+      <c r="I158" s="2" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="159" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A159" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B159" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C159" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D159" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E159" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F159" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G159" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H159" s="18" t="s">
+        <v>1884</v>
+      </c>
+      <c r="I159" s="22" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A160" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B160" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C160" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D160" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E160" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F160" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G160" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H160" s="18" t="s">
+        <v>1638</v>
+      </c>
+      <c r="I160" s="23" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A161" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B161" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C161" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D161" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E161" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F161" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G161" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H161" s="18" t="s">
+        <v>1642</v>
+      </c>
+      <c r="I161" s="23" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A162" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B162" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C162" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D162" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E162" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F162" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G162" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H162" s="24" t="s">
+        <v>1628</v>
+      </c>
+      <c r="I162" s="23" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A163" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B163" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C163" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D163" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E163" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F163" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G163" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H163" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="I163" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="J163" s="22"/>
+    </row>
+    <row r="164" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A164" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B164" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C164" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D164" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E164" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F164" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G164" s="18" t="s">
+        <v>854</v>
+      </c>
+      <c r="H164" s="18" t="s">
+        <v>1163</v>
+      </c>
+      <c r="I164" s="2" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A165" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B165" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C165" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D165" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E165" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F165" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G165" s="18" t="s">
+        <v>854</v>
+      </c>
+      <c r="H165" s="18" t="s">
+        <v>856</v>
+      </c>
+      <c r="I165" s="2" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A166" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B166" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C166" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D166" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E166" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F166" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G166" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H166" s="18" t="s">
+        <v>1464</v>
+      </c>
+      <c r="I166" s="2" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A167" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B167" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C167" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D167" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E167" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F167" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G167" s="18" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H167" s="18" t="s">
+        <v>805</v>
+      </c>
+      <c r="I167" s="2" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A168" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B168" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C168" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D168" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="E168" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F168" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G168" s="18" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H168" s="24" t="s">
+        <v>96</v>
+      </c>
+      <c r="I168" s="2"/>
+    </row>
+    <row r="169" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A169" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B169" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C169" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D169" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E169" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F169" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G169" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H169" s="18" t="s">
+        <v>1893</v>
+      </c>
+      <c r="I169" s="2" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A170" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B170" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C170" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D170" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E170" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F170" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G170" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="H170" s="18" t="s">
+        <v>536</v>
+      </c>
+      <c r="I170" s="25" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A171" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B171" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C171" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D171" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E171" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F171" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G171" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H171" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I171" s="2"/>
+    </row>
+    <row r="172" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A172" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B172" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C172" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D172" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E172" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F172" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G172" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H172" s="24" t="s">
+        <v>1434</v>
+      </c>
+      <c r="I172" s="2" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A173" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B173" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C173" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D173" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E173" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F173" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G173" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H173" s="18" t="s">
+        <v>315</v>
+      </c>
+      <c r="I173" s="2" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A174" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B174" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C174" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D174" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E174" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F174" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G174" s="18" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H174" s="18" t="s">
+        <v>1902</v>
+      </c>
+      <c r="I174" s="2" t="s">
+        <v>1900</v>
+      </c>
+      <c r="J174" s="18" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A175" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B175" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C175" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D175" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E175" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F175" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G175" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H175" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="I175" s="2" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="176" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A176" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B176" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C176" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D176" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E176" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F176" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G176" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H176" s="18" t="s">
+        <v>318</v>
+      </c>
+      <c r="I176" s="2"/>
+    </row>
+    <row r="177" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A177" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B177" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C177" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D177" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E177" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F177" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G177" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H177" s="18" t="s">
+        <v>1880</v>
+      </c>
+      <c r="I177" s="2" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A178" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B178" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C178" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D178" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E178" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F178" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G178" s="18" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H178" s="24" t="s">
+        <v>1153</v>
+      </c>
+      <c r="I178" s="2" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A179" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B179" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C179" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D179" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E179" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F179" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G179" s="18" t="s">
+        <v>605</v>
+      </c>
+      <c r="H179" s="18" t="s">
+        <v>1169</v>
+      </c>
+      <c r="I179" s="2" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A180" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B180" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C180" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D180" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E180" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F180" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G180" s="18" t="s">
+        <v>1631</v>
+      </c>
+      <c r="H180" s="24" t="s">
+        <v>1634</v>
+      </c>
+      <c r="I180" s="2" t="s">
+        <v>1633</v>
+      </c>
+      <c r="J180" s="18" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A181" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B181" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C181" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D181" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E181" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F181" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G181" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H181" s="18" t="s">
+        <v>1635</v>
+      </c>
+      <c r="I181" s="2" t="s">
+        <v>878</v>
+      </c>
+      <c r="J181" s="18" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A182" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B182" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C182" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D182" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E182" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F182" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G182" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H182" s="18" t="s">
+        <v>886</v>
+      </c>
+      <c r="I182" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="J182" s="18" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A183" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B183" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C183" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D183" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E183" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F183" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G183" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H183" s="18" t="s">
+        <v>1651</v>
+      </c>
+      <c r="I183" s="3" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A184" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B184" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C184" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D184" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E184" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F184" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G184" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H184" s="18" t="s">
+        <v>912</v>
+      </c>
+      <c r="I184" s="2" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A185" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B185" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C185" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D185" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E185" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F185" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G185" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H185" s="18" t="s">
+        <v>1847</v>
+      </c>
+      <c r="I185" s="2" t="s">
+        <v>1636</v>
+      </c>
+      <c r="J185" s="18" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="186" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A186" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B186" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C186" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D186" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E186" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F186" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G186" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H186" s="18" t="s">
+        <v>974</v>
+      </c>
+      <c r="I186" s="2" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A187" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B187" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C187" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D187" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E187" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F187" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G187" s="18" t="s">
+        <v>959</v>
+      </c>
+      <c r="H187" s="24" t="s">
+        <v>958</v>
+      </c>
+      <c r="I187" s="22" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A188" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B188" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C188" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D188" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E188" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F188" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G188" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H188" s="18" t="s">
+        <v>1679</v>
+      </c>
+      <c r="I188" s="22" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A189" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B189" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C189" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D189" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E189" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F189" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G189" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H189" s="18" t="s">
+        <v>1008</v>
+      </c>
+      <c r="I189" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="J189" s="18" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A190" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B190" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C190" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D190" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E190" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F190" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G190" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H190" s="18" t="s">
+        <v>1041</v>
+      </c>
+      <c r="I190" s="22" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A191" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B191" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C191" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D191" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E191" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F191" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G191" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H191" s="18" t="s">
+        <v>196</v>
+      </c>
+      <c r="I191" s="22" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A192" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B192" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C192" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D192" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E192" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F192" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G192" s="18" t="s">
+        <v>572</v>
+      </c>
+      <c r="H192" s="18" t="s">
+        <v>1053</v>
+      </c>
+      <c r="I192" s="2" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A193" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B193" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C193" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D193" s="18" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E193" s="18" t="s">
+        <v>354</v>
+      </c>
+      <c r="F193" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G193" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H193" s="18" t="s">
+        <v>200</v>
+      </c>
+      <c r="I193" s="2" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A194" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B194" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C194" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D194" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E194" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F194" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G194" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H194" s="18" t="s">
+        <v>202</v>
+      </c>
+      <c r="I194" s="2" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A195" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B195" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C195" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D195" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E195" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F195" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G195" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H195" s="18" t="s">
+        <v>613</v>
+      </c>
+      <c r="I195" s="2" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A196" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B196" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C196" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D196" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E196" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F196" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G196" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H196" s="18" t="s">
+        <v>1519</v>
+      </c>
+      <c r="I196" s="2" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A197" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B197" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C197" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D197" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E197" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F197" s="18" t="s">
+        <v>322</v>
+      </c>
+      <c r="G197" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H197" s="18" t="s">
+        <v>547</v>
+      </c>
+      <c r="I197" s="2"/>
+    </row>
+    <row r="198" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A198" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B198" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C198" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D198" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E198" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F198" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G198" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H198" s="18" t="s">
+        <v>200</v>
+      </c>
+      <c r="I198" s="2" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A199" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B199" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C199" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D199" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E199" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F199" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G199" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H199" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I199" s="2"/>
+    </row>
+    <row r="200" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A200" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B200" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C200" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D200" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E200" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F200" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G200" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H200" s="18" t="s">
+        <v>211</v>
+      </c>
+      <c r="I200" s="2" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A201" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B201" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C201" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D201" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E201" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F201" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G201" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H201" s="18" t="s">
+        <v>373</v>
+      </c>
+      <c r="I201" s="2" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A202" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B202" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C202" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D202" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E202" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F202" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G202" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H202" s="18" t="s">
+        <v>198</v>
+      </c>
+      <c r="I202" s="2" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A203" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B203" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C203" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D203" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E203" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F203" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G203" s="18" t="s">
+        <v>605</v>
+      </c>
+      <c r="H203" s="18" t="s">
+        <v>603</v>
+      </c>
+      <c r="I203" s="2" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A204" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B204" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C204" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D204" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E204" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F204" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G204" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H204" s="18" t="s">
+        <v>1052</v>
+      </c>
+      <c r="I204" s="2" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A205" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B205" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C205" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D205" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E205" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F205" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G205" s="18" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H205" s="18" t="s">
+        <v>1045</v>
+      </c>
+      <c r="I205" s="2" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A206" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B206" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C206" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D206" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E206" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F206" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G206" s="18" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H206" s="18" t="s">
+        <v>1050</v>
+      </c>
+      <c r="I206" s="2" t="s">
         <v>1049</v>
       </c>
-      <c r="B21" t="s">
+    </row>
+    <row r="207" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A207" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B207" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C207" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="D207" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E207" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F207" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G207" s="18" t="s">
+        <v>572</v>
+      </c>
+      <c r="H207" s="18" t="s">
+        <v>543</v>
+      </c>
+      <c r="I207" s="2" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="208" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A208" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B208" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C208" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D208" s="18" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E208" s="18" t="s">
+        <v>354</v>
+      </c>
+      <c r="F208" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G208" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H208" s="18" t="s">
+        <v>213</v>
+      </c>
+      <c r="I208" s="2" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="209" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A209" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B209" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C209" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D209" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E209" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F209" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G209" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H209" s="18" t="s">
+        <v>202</v>
+      </c>
+      <c r="I209" s="2" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="210" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A210" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B210" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C210" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D210" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E210" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F210" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G210" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H210" s="18" t="s">
+        <v>613</v>
+      </c>
+      <c r="I210" s="2" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A211" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B211" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C211" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D211" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E211" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F211" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G211" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H211" s="18" t="s">
+        <v>1378</v>
+      </c>
+      <c r="I211" s="2" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="212" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A212" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B212" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C212" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D212" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E212" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F212" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G212" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H212" s="18" t="s">
+        <v>1638</v>
+      </c>
+      <c r="I212" s="2" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="213" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A213" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B213" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C213" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D213" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E213" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F213" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G213" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H213" s="18" t="s">
+        <v>1381</v>
+      </c>
+      <c r="I213" s="2" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A214" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B214" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C214" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D214" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E214" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F214" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G214" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H214" s="18" t="s">
+        <v>1382</v>
+      </c>
+      <c r="I214" s="2" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A215" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B215" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C215" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D215" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E215" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F215" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G215" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="H215" s="18" t="s">
+        <v>672</v>
+      </c>
+      <c r="I215" s="2" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="216" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A216" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B216" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C216" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D216" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E216" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F216" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G216" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H216" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I216" s="2"/>
+    </row>
+    <row r="217" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A217" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B217" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C217" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D217" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E217" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F217" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G217" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H217" s="18" t="s">
+        <v>211</v>
+      </c>
+      <c r="I217" s="2" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A218" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B218" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C218" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D218" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E218" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F218" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G218" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H218" s="18" t="s">
+        <v>375</v>
+      </c>
+      <c r="I218" s="2" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A219" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B219" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C219" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D219" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E219" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F219" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G219" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H219" s="18" t="s">
+        <v>198</v>
+      </c>
+      <c r="I219" s="2" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A220" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B220" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C220" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D220" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E220" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F220" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G220" s="18" t="s">
+        <v>605</v>
+      </c>
+      <c r="H220" s="18" t="s">
+        <v>603</v>
+      </c>
+      <c r="I220" s="2" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="221" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A221" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B221" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C221" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D221" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E221" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F221" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G221" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H221" s="18" t="s">
+        <v>1043</v>
+      </c>
+      <c r="I221" s="2" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="222" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A222" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B222" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C222" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D222" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E222" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F222" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G222" s="18" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H222" s="18" t="s">
+        <v>1046</v>
+      </c>
+      <c r="I222" s="2" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="223" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A223" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B223" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C223" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D223" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E223" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F223" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G223" s="18" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H223" s="18" t="s">
+        <v>1050</v>
+      </c>
+      <c r="I223" s="2" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="224" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A224" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B224" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C224" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D224" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E224" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F224" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G224" s="18" t="s">
+        <v>572</v>
+      </c>
+      <c r="H224" s="18" t="s">
+        <v>544</v>
+      </c>
+      <c r="I224" s="2" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="225" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A225" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B225" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C225" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D225" s="18" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E225" s="18" t="s">
+        <v>354</v>
+      </c>
+      <c r="F225" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G225" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H225" s="18" t="s">
+        <v>217</v>
+      </c>
+      <c r="I225" s="2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="226" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A226" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B226" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C226" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D226" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E226" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F226" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G226" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H226" s="18" t="s">
+        <v>1132</v>
+      </c>
+      <c r="I226" s="2" t="s">
+        <v>1131</v>
+      </c>
+      <c r="J226" s="18" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A227" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B227" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C227" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D227" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E227" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F227" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G227" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="H227" s="24" t="s">
+        <v>1808</v>
+      </c>
+      <c r="I227" s="2" t="s">
+        <v>1583</v>
+      </c>
+      <c r="J227" s="18" t="s">
+        <v>1579</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A228" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B228" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C228" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D228" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E228" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F228" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G228" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H228" s="18" t="s">
+        <v>610</v>
+      </c>
+      <c r="I228" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="J228" s="18" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A229" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B229" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C229" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D229" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E229" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F229" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G229" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H229" s="18" t="s">
+        <v>1640</v>
+      </c>
+      <c r="I229" s="2" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A230" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B230" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C230" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D230" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E230" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F230" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G230" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H230" s="18" t="s">
+        <v>1643</v>
+      </c>
+      <c r="I230" s="2" t="s">
+        <v>1514</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A231" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B231" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C231" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D231" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E231" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F231" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G231" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H231" s="18" t="s">
+        <v>1172</v>
+      </c>
+      <c r="I231" s="2" t="s">
+        <v>1171</v>
+      </c>
+      <c r="J231" s="18" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="232" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A232" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B232" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C232" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D232" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E232" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F232" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G232" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H232" s="18" t="s">
+        <v>220</v>
+      </c>
+      <c r="I232" s="22" t="s">
+        <v>219</v>
+      </c>
+      <c r="J232" s="22"/>
+    </row>
+    <row r="233" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A233" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B233" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C233" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D233" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E233" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F233" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G233" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="H233" s="18" t="s">
+        <v>1827</v>
+      </c>
+      <c r="I233" s="2" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="234" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A234" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B234" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C234" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D234" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E234" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F234" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G234" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H234" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="I234" s="2" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A235" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B235" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C235" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D235" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E235" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F235" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G235" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H235" s="18" t="s">
+        <v>1465</v>
+      </c>
+      <c r="I235" s="2" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="236" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A236" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B236" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C236" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D236" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E236" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F236" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G236" s="18" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H236" s="18" t="s">
+        <v>1645</v>
+      </c>
+      <c r="I236" s="2" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="237" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A237" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B237" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C237" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D237" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E237" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F237" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G237" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H237" s="18" t="s">
+        <v>1383</v>
+      </c>
+      <c r="I237" s="2"/>
+    </row>
+    <row r="238" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A238" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B238" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C238" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D238" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E238" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F238" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G238" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H238" s="18" t="s">
+        <v>817</v>
+      </c>
+      <c r="I238" s="2" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="239" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A239" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B239" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C239" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D239" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E239" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F239" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G239" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="H239" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="I239" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="J239" s="18" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="240" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A240" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B240" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C240" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D240" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E240" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F240" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G240" s="18" t="s">
+        <v>1665</v>
+      </c>
+      <c r="H240" s="18" t="s">
+        <v>1980</v>
+      </c>
+      <c r="I240" s="2"/>
+    </row>
+    <row r="241" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A241" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B241" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C241" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D241" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E241" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F241" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G241" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H241" s="18" t="s">
+        <v>1436</v>
+      </c>
+      <c r="I241" s="2" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="242" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A242" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B242" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C242" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D242" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E242" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F242" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G242" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H242" s="18" t="s">
+        <v>560</v>
+      </c>
+      <c r="I242" s="2" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="243" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A243" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B243" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C243" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D243" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E243" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F243" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G243" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H243" s="18" t="s">
+        <v>1787</v>
+      </c>
+      <c r="I243" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="J243" s="18" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="244" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A244" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B244" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C244" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D244" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E244" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F244" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G244" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H244" s="18" t="s">
+        <v>234</v>
+      </c>
+      <c r="I244" s="2" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="245" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A245" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B245" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C245" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D245" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E245" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F245" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G245" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H245" s="18" t="s">
+        <v>235</v>
+      </c>
+      <c r="I245" s="2" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="246" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A246" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B246" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C246" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D246" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E246" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F246" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G246" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H246" s="18" t="s">
+        <v>303</v>
+      </c>
+      <c r="I246" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="J246" s="18" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="247" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A247" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B247" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C247" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D247" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E247" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F247" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G247" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H247" s="18" t="s">
+        <v>237</v>
+      </c>
+      <c r="I247" s="2" t="s">
+        <v>1134</v>
+      </c>
+      <c r="J247" s="18" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A248" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B248" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C248" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D248" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E248" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F248" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G248" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H248" s="18" t="s">
+        <v>869</v>
+      </c>
+      <c r="I248" s="2" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A249" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B249" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C249" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D249" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E249" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F249" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G249" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H249" s="18" t="s">
+        <v>887</v>
+      </c>
+      <c r="I249" s="2" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A250" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B250" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C250" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D250" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E250" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F250" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G250" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H250" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="I250" s="2" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="251" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A251" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B251" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C251" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D251" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E251" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F251" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G251" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H251" s="18" t="s">
+        <v>914</v>
+      </c>
+      <c r="I251" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="J251" s="18" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="252" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A252" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B252" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C252" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D252" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E252" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F252" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G252" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H252" s="18" t="s">
+        <v>1844</v>
+      </c>
+      <c r="I252" s="2" t="s">
+        <v>1843</v>
+      </c>
+    </row>
+    <row r="253" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A253" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B253" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C253" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D253" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E253" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F253" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G253" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H253" s="18" t="s">
+        <v>975</v>
+      </c>
+      <c r="I253" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="J253" s="18" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="254" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A254" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B254" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C254" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D254" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E254" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F254" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G254" s="18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H254" s="24" t="s">
+        <v>951</v>
+      </c>
+      <c r="I254" s="2" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="255" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A255" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B255" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C255" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D255" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E255" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F255" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G255" s="18" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H255" s="18" t="s">
+        <v>1678</v>
+      </c>
+      <c r="I255" s="2" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="256" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A256" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B256" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C256" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D256" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E256" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F256" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G256" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H256" s="18" t="s">
+        <v>1000</v>
+      </c>
+      <c r="I256" s="2" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="257" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A257" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B257" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C257" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D257" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E257" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F257" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G257" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H257" s="18" t="s">
+        <v>218</v>
+      </c>
+      <c r="I257" s="1" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="258" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A258" s="18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B258" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C258" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="D258" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E258" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F258" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G258" s="18" t="s">
+        <v>572</v>
+      </c>
+      <c r="H258" s="18" t="s">
+        <v>545</v>
+      </c>
+      <c r="I258" s="2" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="259" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A259" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B259" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C259" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D259" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E259" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F259" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G259" s="18" t="s">
+        <v>725</v>
+      </c>
+      <c r="H259" s="24" t="s">
+        <v>726</v>
+      </c>
+      <c r="I259" s="23" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="260" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A260" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B260" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C260" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D260" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E260" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F260" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G260" s="18" t="s">
+        <v>1858</v>
+      </c>
+      <c r="H260" s="24" t="s">
+        <v>1859</v>
+      </c>
+      <c r="I260" s="3" t="s">
+        <v>1857</v>
+      </c>
+      <c r="J260" s="21"/>
+    </row>
+    <row r="261" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A261" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B261" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C261" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D261" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E261" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F261" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G261" s="18" t="s">
+        <v>1861</v>
+      </c>
+      <c r="H261" s="24" t="s">
+        <v>1860</v>
+      </c>
+      <c r="I261" s="2" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="262" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A262" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B262" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C262" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D262" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E262" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F262" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G262" s="18" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H262" s="24" t="s">
+        <v>1863</v>
+      </c>
+      <c r="I262" s="2" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="263" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A263" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B263" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C263" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D263" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E263" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F263" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G263" s="18" t="s">
+        <v>1864</v>
+      </c>
+      <c r="H263" s="24" t="s">
+        <v>1855</v>
+      </c>
+      <c r="I263" s="2" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="264" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A264" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B264" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C264" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D264" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E264" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F264" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G264" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H264" s="24" t="s">
+        <v>1379</v>
+      </c>
+      <c r="I264" s="23" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="265" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A265" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B265" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C265" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D265" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E265" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F265" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G265" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H265" s="24" t="s">
+        <v>1595</v>
+      </c>
+      <c r="I265" s="22" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="266" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A266" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B266" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C266" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D266" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E266" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F266" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G266" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H266" s="24" t="s">
+        <v>1594</v>
+      </c>
+      <c r="I266" s="23" t="s">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="267" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A267" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B267" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C267" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D267" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E267" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F267" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G267" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H267" s="24" t="s">
+        <v>1592</v>
+      </c>
+      <c r="I267" s="23" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="268" spans="1:10" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A268" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B268" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C268" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D268" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E268" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F268" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G268" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H268" s="24" t="s">
+        <v>1590</v>
+      </c>
+      <c r="I268" s="2" t="s">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="269" spans="1:10" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A269" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B269" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C269" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D269" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E269" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F269" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G269" s="18" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H269" s="24" t="s">
+        <v>1601</v>
+      </c>
+      <c r="I269" s="2" t="s">
+        <v>1599</v>
+      </c>
+    </row>
+    <row r="270" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A270" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B270" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C270" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D270" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E270" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F270" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G270" s="18" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H270" s="24" t="s">
+        <v>1600</v>
+      </c>
+      <c r="I270" s="2" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="271" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A271" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B271" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C271" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D271" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E271" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F271" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G271" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H271" s="18" t="s">
+        <v>1817</v>
+      </c>
+      <c r="I271" s="2" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="272" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A272" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B272" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C272" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D272" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E272" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F272" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G272" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H272" s="18" t="s">
+        <v>659</v>
+      </c>
+      <c r="I272" s="2" t="s">
+        <v>1608</v>
+      </c>
+      <c r="J272" s="18" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A273" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B273" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C273" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D273" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E273" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F273" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G273" s="18" t="s">
+        <v>1666</v>
+      </c>
+      <c r="H273" s="18" t="s">
+        <v>1981</v>
+      </c>
+      <c r="I273" s="22"/>
+    </row>
+    <row r="274" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A274" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B274" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C274" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D274" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E274" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F274" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G274" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H274" s="18" t="s">
+        <v>1437</v>
+      </c>
+      <c r="I274" s="2" t="s">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="275" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A275" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B275" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C275" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D275" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E275" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F275" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G275" s="18" t="s">
+        <v>1604</v>
+      </c>
+      <c r="H275" s="18" t="s">
+        <v>1603</v>
+      </c>
+      <c r="I275" s="23" t="s">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A276" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B276" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C276" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D276" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E276" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F276" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G276" s="18" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H276" s="24" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I276" s="2" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="277" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A277" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B277" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C277" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D277" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E277" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F277" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G277" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H277" s="18" t="s">
+        <v>1605</v>
+      </c>
+      <c r="I277" s="3" t="s">
+        <v>1607</v>
+      </c>
+      <c r="J277" s="18" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="278" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A278" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B278" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C278" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D278" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E278" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F278" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G278" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H278" s="24" t="s">
+        <v>1796</v>
+      </c>
+      <c r="I278" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="J278" s="18" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="279" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A279" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B279" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C279" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D279" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E279" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F279" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G279" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H279" s="24" t="s">
+        <v>1647</v>
+      </c>
+      <c r="I279" s="3" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="280" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A280" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B280" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C280" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D280" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E280" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F280" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G280" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H280" s="18" t="s">
+        <v>923</v>
+      </c>
+      <c r="I280" s="3" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="281" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A281" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B281" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C281" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D281" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E281" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F281" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G281" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H281" s="24" t="s">
+        <v>943</v>
+      </c>
+      <c r="I281" s="2" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="282" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A282" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B282" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C282" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D282" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E282" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F282" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G282" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H282" s="24" t="s">
+        <v>985</v>
+      </c>
+      <c r="I282" s="3" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="283" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A283" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B283" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C283" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D283" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E283" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F283" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G283" s="18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H283" s="24" t="s">
+        <v>966</v>
+      </c>
+      <c r="I283" s="2"/>
+      <c r="J283" s="18" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="284" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A284" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B284" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C284" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D284" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E284" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F284" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G284" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H284" s="24" t="s">
+        <v>1006</v>
+      </c>
+      <c r="I284" s="22" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="285" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A285" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B285" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C285" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D285" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E285" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F285" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G285" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H285" s="24" t="s">
+        <v>1084</v>
+      </c>
+      <c r="I285" s="22" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="286" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A286" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B286" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C286" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D286" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E286" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F286" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G286" s="18" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H286" s="24" t="s">
+        <v>1085</v>
+      </c>
+      <c r="I286" s="22" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="287" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A287" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B287" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C287" s="18" t="s">
+        <v>656</v>
+      </c>
+      <c r="D287" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E287" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F287" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G287" s="24" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H287" s="24" t="s">
+        <v>1081</v>
+      </c>
+      <c r="I287" s="22" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="288" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A288" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B288" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C288" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D288" s="18" t="s">
+        <v>302</v>
+      </c>
+      <c r="E288" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="F288" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G288" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H288" s="24" t="s">
+        <v>387</v>
+      </c>
+      <c r="I288" s="2" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="289" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A289" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B289" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C289" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D289" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E289" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F289" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G289" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H289" s="24" t="s">
+        <v>393</v>
+      </c>
+      <c r="I289" s="3" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="290" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A290" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B290" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C290" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D290" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E290" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F290" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G290" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="H290" s="24" t="s">
+        <v>395</v>
+      </c>
+      <c r="I290" s="3" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="291" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A291" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B291" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C291" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D291" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E291" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F291" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G291" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="H291" s="24" t="s">
+        <v>397</v>
+      </c>
+      <c r="I291" s="3" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="292" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A292" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B292" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C292" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D292" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E292" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F292" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G292" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="H292" s="24" t="s">
+        <v>1648</v>
+      </c>
+      <c r="I292" s="3" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="293" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A293" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B293" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C293" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D293" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E293" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F293" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G293" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H293" s="24" t="s">
+        <v>615</v>
+      </c>
+      <c r="I293" s="3" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="294" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A294" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B294" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C294" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D294" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E294" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F294" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G294" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H294" s="24" t="s">
+        <v>616</v>
+      </c>
+      <c r="I294" s="3" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="295" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A295" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B295" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C295" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D295" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E295" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F295" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G295" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H295" s="24" t="s">
+        <v>615</v>
+      </c>
+      <c r="I295" s="3" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="296" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A296" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B296" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C296" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D296" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E296" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F296" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G296" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H296" s="24" t="s">
+        <v>402</v>
+      </c>
+      <c r="I296" s="3" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="297" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A297" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B297" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C297" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D297" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E297" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F297" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G297" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H297" s="24" t="s">
+        <v>403</v>
+      </c>
+      <c r="I297" s="3" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="298" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A298" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B298" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C298" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D298" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E298" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F298" s="18" t="s">
+        <v>322</v>
+      </c>
+      <c r="G298" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H298" s="24" t="s">
+        <v>648</v>
+      </c>
+      <c r="I298" s="25" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="299" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A299" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B299" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C299" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D299" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E299" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F299" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G299" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H299" s="24" t="s">
+        <v>406</v>
+      </c>
+      <c r="I299" s="3" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="300" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A300" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B300" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C300" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D300" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E300" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F300" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G300" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="H300" s="24" t="s">
+        <v>410</v>
+      </c>
+      <c r="I300" s="3" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="301" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A301" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B301" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C301" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D301" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E301" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F301" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G301" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="H301" s="24" t="s">
+        <v>662</v>
+      </c>
+      <c r="I301" s="3" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="302" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A302" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B302" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C302" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D302" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E302" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F302" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G302" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="H302" s="24" t="s">
+        <v>411</v>
+      </c>
+      <c r="I302" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="303" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A303" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B303" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C303" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D303" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E303" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F303" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G303" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H303" s="24" t="s">
+        <v>1668</v>
+      </c>
+      <c r="I303" s="2" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="304" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A304" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B304" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C304" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D304" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E304" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F304" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G304" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H304" s="24" t="s">
+        <v>1466</v>
+      </c>
+      <c r="I304" s="2" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="305" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A305" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B305" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C305" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D305" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E305" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F305" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G305" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H305" s="24" t="s">
+        <v>1467</v>
+      </c>
+      <c r="I305" s="2" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="306" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A306" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B306" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C306" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D306" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E306" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F306" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G306" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H306" s="24" t="s">
+        <v>1468</v>
+      </c>
+      <c r="I306" s="2" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="307" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A307" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B307" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C307" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D307" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E307" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F307" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G307" s="18" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H307" s="24" t="s">
+        <v>415</v>
+      </c>
+      <c r="I307" s="3" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="308" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A308" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B308" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C308" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D308" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E308" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F308" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G308" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H308" s="24" t="s">
+        <v>407</v>
+      </c>
+      <c r="I308" s="3" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="309" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A309" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B309" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C309" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D309" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="E309" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F309" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G309" s="18" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H309" s="24" t="s">
+        <v>418</v>
+      </c>
+      <c r="I309" s="3" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="310" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A310" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B310" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C310" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D310" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E310" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F310" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G310" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H310" s="24" t="s">
+        <v>821</v>
+      </c>
+      <c r="I310" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="J310" s="18" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="311" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A311" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B311" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C311" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D311" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E311" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F311" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G311" s="24" t="s">
+        <v>1386</v>
+      </c>
+      <c r="H311" s="24" t="s">
+        <v>1387</v>
+      </c>
+      <c r="I311" s="25" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="312" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A312" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B312" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C312" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D312" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E312" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F312" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G312" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="H312" s="24" t="s">
+        <v>1995</v>
+      </c>
+      <c r="I312" s="25" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="313" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A313" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B313" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C313" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D313" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E313" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F313" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G313" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="H313" s="24" t="s">
+        <v>422</v>
+      </c>
+      <c r="I313" s="25" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="314" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A314" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B314" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C314" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D314" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E314" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F314" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G314" s="18" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H314" s="24" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="315" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A315" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B315" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C315" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D315" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E315" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F315" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G315" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H315" s="24" t="s">
+        <v>429</v>
+      </c>
+      <c r="I315" s="22" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="316" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A316" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B316" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C316" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D316" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E316" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F316" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G316" s="18" t="s">
+        <v>425</v>
+      </c>
+      <c r="H316" s="24" t="s">
+        <v>426</v>
+      </c>
+      <c r="I316" s="22" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="317" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A317" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B317" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C317" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D317" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E317" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F317" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G317" s="18" t="s">
+        <v>425</v>
+      </c>
+      <c r="H317" s="24" t="s">
+        <v>427</v>
+      </c>
+      <c r="I317" s="22" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="318" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A318" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B318" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C318" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D318" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E318" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F318" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G318" s="18" t="s">
+        <v>559</v>
+      </c>
+      <c r="H318" s="24" t="s">
+        <v>431</v>
+      </c>
+      <c r="I318" s="3" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="319" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A319" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B319" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C319" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D319" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E319" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F319" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G319" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H319" s="24" t="s">
+        <v>433</v>
+      </c>
+      <c r="I319" s="3" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="320" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A320" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B320" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C320" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D320" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E320" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F320" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G320" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H320" s="24" t="s">
+        <v>435</v>
+      </c>
+      <c r="I320" s="3" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="321" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A321" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B321" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C321" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D321" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E321" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F321" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G321" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H321" s="24" t="s">
+        <v>437</v>
+      </c>
+      <c r="I321" s="22" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="322" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A322" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B322" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C322" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D322" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E322" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F322" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G322" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H322" s="24" t="s">
+        <v>1388</v>
+      </c>
+      <c r="I322" s="3" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="323" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A323" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B323" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C323" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D323" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E323" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F323" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G323" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H323" s="24" t="s">
+        <v>391</v>
+      </c>
+      <c r="I323" s="3" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="324" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A324" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B324" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C324" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D324" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E324" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F324" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G324" s="18" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H324" s="24" t="s">
+        <v>1670</v>
+      </c>
+      <c r="I324" s="3" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="325" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A325" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B325" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C325" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D325" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E325" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F325" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G325" s="18" t="s">
+        <v>406</v>
+      </c>
+      <c r="H325" s="24" t="s">
+        <v>1584</v>
+      </c>
+      <c r="I325" s="22" t="s">
+        <v>1393</v>
+      </c>
+      <c r="J325" s="18" t="s">
+        <v>1585</v>
+      </c>
+    </row>
+    <row r="326" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A326" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B326" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C326" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D326" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E326" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F326" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G326" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H326" s="24" t="s">
+        <v>871</v>
+      </c>
+      <c r="I326" s="22" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="327" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A327" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B327" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C327" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D327" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E327" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F327" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G327" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H327" s="24" t="s">
+        <v>888</v>
+      </c>
+      <c r="I327" s="22" t="s">
+        <v>345</v>
+      </c>
+      <c r="J327" s="18" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="328" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A328" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B328" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C328" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D328" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E328" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F328" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G328" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H328" s="24" t="s">
+        <v>889</v>
+      </c>
+      <c r="I328" s="22" t="s">
+        <v>143</v>
+      </c>
+      <c r="J328" s="18" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="329" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A329" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B329" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C329" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D329" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E329" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F329" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G329" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H329" s="24" t="s">
+        <v>890</v>
+      </c>
+      <c r="I329" s="22" t="s">
+        <v>440</v>
+      </c>
+      <c r="J329" s="18" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="330" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A330" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B330" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C330" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D330" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E330" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F330" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G330" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H330" s="24" t="s">
+        <v>904</v>
+      </c>
+      <c r="I330" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="J330" s="18" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="331" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A331" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B331" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C331" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D331" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E331" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F331" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G331" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H331" s="24" t="s">
+        <v>921</v>
+      </c>
+      <c r="I331" s="3" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="332" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A332" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B332" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C332" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D332" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E332" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F332" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G332" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H332" s="24" t="s">
+        <v>946</v>
+      </c>
+      <c r="I332" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="J332" s="18" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="333" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A333" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B333" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C333" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D333" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E333" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F333" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G333" s="18" t="s">
+        <v>444</v>
+      </c>
+      <c r="H333" s="24" t="s">
+        <v>445</v>
+      </c>
+      <c r="I333" s="3" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="334" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A334" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B334" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C334" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D334" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E334" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F334" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G334" s="18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H334" s="24" t="s">
+        <v>954</v>
+      </c>
+      <c r="I334" s="2" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="335" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A335" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B335" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C335" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D335" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E335" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F335" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G335" s="18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H335" s="24" t="s">
+        <v>955</v>
+      </c>
+      <c r="I335" s="2" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="336" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A336" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B336" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C336" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D336" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E336" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F336" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G336" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H336" s="24" t="s">
+        <v>451</v>
+      </c>
+      <c r="I336" s="3" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="337" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A337" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B337" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C337" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D337" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E337" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F337" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G337" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H337" s="24" t="s">
+        <v>449</v>
+      </c>
+      <c r="I337" s="25" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="338" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A338" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B338" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C338" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D338" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E338" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F338" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G338" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H338" s="24" t="s">
+        <v>515</v>
+      </c>
+      <c r="I338" s="3" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="339" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A339" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B339" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C339" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D339" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E339" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F339" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G339" s="18" t="s">
+        <v>522</v>
+      </c>
+      <c r="H339" s="24" t="s">
+        <v>524</v>
+      </c>
+      <c r="I339" s="3" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="340" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A340" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B340" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C340" s="18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D340" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E340" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F340" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G340" s="18" t="s">
+        <v>573</v>
+      </c>
+      <c r="H340" s="24" t="s">
+        <v>453</v>
+      </c>
+      <c r="I340" s="3" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="341" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A341" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B341" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C341" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D341" s="18" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E341" s="18" t="s">
+        <v>354</v>
+      </c>
+      <c r="F341" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G341" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H341" s="18" t="s">
+        <v>189</v>
+      </c>
+      <c r="I341" s="2" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="342" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A342" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B342" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C342" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D342" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E342" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F342" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G342" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H342" s="18" t="s">
+        <v>1061</v>
+      </c>
+      <c r="I342" s="22" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="343" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A343" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B343" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C343" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D343" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E343" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F343" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G343" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="H343" s="18" t="s">
+        <v>1807</v>
+      </c>
+      <c r="I343" s="2" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="344" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A344" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B344" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C344" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D344" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E344" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F344" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G344" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H344" s="18" t="s">
+        <v>612</v>
+      </c>
+      <c r="I344" s="22" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="345" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A345" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B345" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C345" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D345" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E345" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F345" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G345" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H345" s="18" t="s">
+        <v>190</v>
+      </c>
+      <c r="I345" s="2"/>
+    </row>
+    <row r="346" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A346" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B346" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C346" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D346" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E346" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F346" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G346" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H346" s="24" t="s">
+        <v>1627</v>
+      </c>
+      <c r="I346" s="2" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="347" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A347" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B347" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C347" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D347" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E347" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F347" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G347" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H347" s="24" t="s">
+        <v>96</v>
+      </c>
+      <c r="I347" s="2"/>
+    </row>
+    <row r="348" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A348" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B348" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C348" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D348" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E348" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F348" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G348" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H348" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="I348" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="J348" s="22"/>
+    </row>
+    <row r="349" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A349" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B349" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C349" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D349" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E349" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F349" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G349" s="18" t="s">
+        <v>854</v>
+      </c>
+      <c r="H349" s="18" t="s">
+        <v>856</v>
+      </c>
+      <c r="I349" s="2" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="350" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A350" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B350" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C350" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D350" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E350" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F350" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G350" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H350" s="18" t="s">
+        <v>1464</v>
+      </c>
+      <c r="I350" s="2" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="351" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A351" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B351" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C351" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D351" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E351" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F351" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G351" s="18" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H351" s="18" t="s">
+        <v>805</v>
+      </c>
+      <c r="I351" s="2" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="352" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A352" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B352" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C352" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D352" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="E352" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F352" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G352" s="18" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H352" s="24" t="s">
+        <v>1663</v>
+      </c>
+      <c r="I352" s="23" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="353" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A353" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B353" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C353" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D353" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E353" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F353" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G353" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H353" s="24" t="s">
+        <v>1886</v>
+      </c>
+      <c r="I353" s="2" t="s">
+        <v>1885</v>
+      </c>
+    </row>
+    <row r="354" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A354" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B354" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C354" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D354" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E354" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F354" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G354" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="H354" s="18" t="s">
+        <v>536</v>
+      </c>
+      <c r="I354" s="25" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="355" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A355" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B355" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C355" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D355" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E355" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F355" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G355" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H355" s="18" t="s">
+        <v>1793</v>
+      </c>
+      <c r="I355" s="2"/>
+    </row>
+    <row r="356" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A356" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B356" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C356" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D356" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E356" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F356" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G356" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H356" s="18" t="s">
+        <v>315</v>
+      </c>
+      <c r="I356" s="2" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="357" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A357" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B357" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C357" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D357" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E357" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F357" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G357" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H357" s="18" t="s">
+        <v>1902</v>
+      </c>
+      <c r="I357" s="2" t="s">
+        <v>1900</v>
+      </c>
+      <c r="J357" s="18" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="358" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A358" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B358" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C358" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D358" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E358" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F358" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G358" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H358" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="I358" s="2" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="359" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A359" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B359" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C359" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D359" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E359" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F359" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G359" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H359" s="18" t="s">
+        <v>318</v>
+      </c>
+      <c r="I359" s="2"/>
+    </row>
+    <row r="360" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A360" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B360" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C360" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D360" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E360" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F360" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G360" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H360" s="18" t="s">
+        <v>186</v>
+      </c>
+      <c r="I360" s="2" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="361" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A361" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B361" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C361" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D361" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E361" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F361" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G361" s="18" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H361" s="24" t="s">
+        <v>1671</v>
+      </c>
+      <c r="I361" s="2" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="362" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A362" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B362" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C362" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D362" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E362" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F362" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G362" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H362" s="18" t="s">
+        <v>1169</v>
+      </c>
+      <c r="I362" s="2" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="363" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A363" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B363" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C363" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D363" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E363" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F363" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G363" s="18" t="s">
+        <v>1631</v>
+      </c>
+      <c r="H363" s="24" t="s">
+        <v>1632</v>
+      </c>
+      <c r="I363" s="2" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="364" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A364" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B364" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C364" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D364" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E364" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F364" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G364" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H364" s="18" t="s">
+        <v>1635</v>
+      </c>
+      <c r="I364" s="2" t="s">
+        <v>878</v>
+      </c>
+      <c r="J364" s="18" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="365" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A365" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B365" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C365" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D365" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E365" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F365" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G365" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H365" s="18" t="s">
+        <v>886</v>
+      </c>
+      <c r="I365" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="J365" s="18" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="366" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A366" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B366" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C366" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D366" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E366" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F366" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G366" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H366" s="18" t="s">
+        <v>910</v>
+      </c>
+      <c r="I366" s="2" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="367" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A367" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B367" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C367" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D367" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E367" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F367" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G367" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H367" s="18" t="s">
+        <v>912</v>
+      </c>
+      <c r="I367" s="2" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="368" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A368" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B368" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C368" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D368" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E368" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F368" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G368" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H368" s="24" t="s">
+        <v>1850</v>
+      </c>
+      <c r="I368" s="2" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="369" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A369" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B369" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C369" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D369" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E369" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F369" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G369" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H369" s="18" t="s">
+        <v>974</v>
+      </c>
+      <c r="I369" s="2" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="370" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A370" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B370" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C370" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D370" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E370" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F370" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G370" s="18" t="s">
+        <v>959</v>
+      </c>
+      <c r="H370" s="24" t="s">
+        <v>958</v>
+      </c>
+      <c r="I370" s="22" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="371" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A371" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B371" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C371" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D371" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E371" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F371" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G371" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H371" s="18" t="s">
+        <v>321</v>
+      </c>
+      <c r="I371" s="22" t="s">
+        <v>722</v>
+      </c>
+      <c r="J371" s="18" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="372" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A372" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B372" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C372" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D372" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E372" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F372" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G372" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H372" s="18" t="s">
+        <v>1008</v>
+      </c>
+      <c r="I372" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="J372" s="18" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="373" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A373" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B373" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C373" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D373" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E373" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F373" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G373" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H373" s="18" t="s">
+        <v>1041</v>
+      </c>
+      <c r="I373" s="22" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="374" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A374" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B374" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C374" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D374" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E374" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F374" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G374" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H374" s="18" t="s">
+        <v>196</v>
+      </c>
+      <c r="I374" s="22" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="375" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A375" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B375" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C375" s="18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D375" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E375" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F375" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G375" s="18" t="s">
+        <v>572</v>
+      </c>
+      <c r="H375" s="18" t="s">
+        <v>1053</v>
+      </c>
+      <c r="I375" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="J375" s="18"/>
+    </row>
+    <row r="376" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A376" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B376" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C376" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D376" s="18" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E376" s="18" t="s">
+        <v>354</v>
+      </c>
+      <c r="F376" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G376" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H376" s="24" t="s">
+        <v>459</v>
+      </c>
+      <c r="I376" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="J376" s="18"/>
+    </row>
+    <row r="377" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A377" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B377" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C377" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D377" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E377" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F377" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G377" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H377" s="24" t="s">
+        <v>460</v>
+      </c>
+      <c r="I377" s="3" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="378" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A378" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B378" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C378" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D378" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E378" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F378" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G378" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="H378" s="24" t="s">
+        <v>991</v>
+      </c>
+      <c r="J378" s="18" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="379" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A379" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B379" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C379" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D379" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E379" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F379" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G379" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="H379" s="24" t="s">
+        <v>462</v>
+      </c>
+      <c r="I379" s="22" t="s">
+        <v>461</v>
+      </c>
+      <c r="J379" s="18" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="380" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A380" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B380" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C380" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D380" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E380" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F380" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G380" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H380" s="24" t="s">
+        <v>619</v>
+      </c>
+      <c r="I380" s="22" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="381" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A381" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B381" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C381" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D381" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E381" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F381" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G381" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H381" s="24" t="s">
+        <v>676</v>
+      </c>
+      <c r="I381" s="22"/>
+      <c r="J381" s="18" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="382" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A382" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B382" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C382" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D382" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E382" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F382" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G382" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H382" s="24" t="s">
+        <v>470</v>
+      </c>
+      <c r="I382" s="3" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="383" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A383" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B383" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C383" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D383" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E383" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F383" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G383" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H383" s="24" t="s">
+        <v>487</v>
+      </c>
+      <c r="I383" s="25" t="s">
+        <v>466</v>
+      </c>
+      <c r="J383" s="18" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="384" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A384" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B384" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C384" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D384" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E384" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F384" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G384" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H384" s="24" t="s">
+        <v>467</v>
+      </c>
+      <c r="I384" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="J384" s="18" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="385" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A385" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B385" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C385" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D385" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E385" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F385" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G385" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="H385" s="24" t="s">
+        <v>1828</v>
+      </c>
+      <c r="I385" s="3" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="386" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A386" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B386" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C386" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D386" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E386" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F386" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G386" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H386" s="24" t="s">
+        <v>473</v>
+      </c>
+      <c r="I386" s="3"/>
+      <c r="J386" s="18" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="387" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A387" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B387" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C387" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D387" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E387" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F387" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G387" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H387" s="24" t="s">
+        <v>1469</v>
+      </c>
+      <c r="I387" s="25" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="388" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A388" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B388" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C388" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D388" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E388" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F388" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G388" s="18" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H388" s="24" t="s">
+        <v>477</v>
+      </c>
+      <c r="I388" s="3" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="389" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A389" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B389" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C389" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D389" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E389" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F389" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G389" s="18" t="s">
+        <v>478</v>
+      </c>
+      <c r="H389" s="24" t="s">
+        <v>479</v>
+      </c>
+      <c r="I389" s="3" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="390" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A390" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B390" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C390" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D390" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="E390" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F390" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G390" s="18" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H390" s="24" t="s">
+        <v>481</v>
+      </c>
+      <c r="I390" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="J390" s="18" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="391" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A391" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B391" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C391" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D391" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E391" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F391" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G391" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H391" s="24" t="s">
+        <v>488</v>
+      </c>
+      <c r="J391" s="18" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="392" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A392" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B392" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C392" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D392" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E392" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F392" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G392" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="H392" s="24" t="s">
+        <v>1399</v>
+      </c>
+      <c r="I392" s="25" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="393" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A393" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B393" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C393" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D393" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E393" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F393" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G393" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H393" s="24" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="394" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A394" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B394" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C394" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D394" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E394" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F394" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G394" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H394" s="24" t="s">
+        <v>489</v>
+      </c>
+      <c r="I394" s="25" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="395" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A395" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B395" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C395" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D395" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E395" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F395" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G395" s="18" t="s">
+        <v>558</v>
+      </c>
+      <c r="H395" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="I395" s="3" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="396" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A396" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B396" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C396" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D396" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E396" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F396" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G396" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H396" s="24" t="s">
+        <v>532</v>
+      </c>
+      <c r="I396" s="3" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="397" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A397" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B397" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C397" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D397" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E397" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F397" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G397" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H397" s="24" t="s">
+        <v>494</v>
+      </c>
+      <c r="I397" s="3"/>
+      <c r="J397" s="18" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="398" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A398" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B398" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C398" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D398" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E398" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F398" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G398" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H398" s="24" t="s">
+        <v>465</v>
+      </c>
+      <c r="I398" s="25" t="s">
+        <v>495</v>
+      </c>
+      <c r="J398" s="18" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="399" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A399" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B399" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C399" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D399" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E399" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F399" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G399" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H399" s="24" t="s">
+        <v>497</v>
+      </c>
+      <c r="I399" s="3" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="400" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A400" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B400" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C400" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D400" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E400" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F400" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G400" s="18" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H400" s="24" t="s">
+        <v>499</v>
+      </c>
+      <c r="I400" s="3" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="401" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A401" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B401" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C401" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D401" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E401" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F401" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G401" s="18" t="s">
+        <v>607</v>
+      </c>
+      <c r="H401" s="24" t="s">
+        <v>606</v>
+      </c>
+      <c r="I401" s="25" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="402" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A402" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B402" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C402" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D402" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E402" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F402" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G402" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H402" s="24" t="s">
+        <v>501</v>
+      </c>
+      <c r="I402" s="25"/>
+      <c r="J402" s="18" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="403" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A403" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B403" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C403" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D403" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E403" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F403" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G403" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H403" s="24" t="s">
+        <v>1840</v>
+      </c>
+      <c r="I403" s="25" t="s">
+        <v>502</v>
+      </c>
+      <c r="J403" s="18" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="404" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A404" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B404" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C404" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D404" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E404" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F404" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G404" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H404" s="24" t="s">
+        <v>504</v>
+      </c>
+      <c r="I404" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="J404" s="18" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="405" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A405" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B405" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C405" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D405" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E405" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F405" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G405" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H405" s="24" t="s">
+        <v>506</v>
+      </c>
+      <c r="I405" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="J405" s="18" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="406" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A406" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B406" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C406" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D406" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E406" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F406" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G406" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H406" s="24" t="s">
+        <v>520</v>
+      </c>
+      <c r="I406" s="3" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="407" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A407" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B407" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C407" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D407" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E407" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F407" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G407" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H407" s="24" t="s">
+        <v>507</v>
+      </c>
+      <c r="I407" s="3" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="408" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A408" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B408" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C408" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D408" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E408" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F408" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G408" s="18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H408" s="24" t="s">
+        <v>510</v>
+      </c>
+      <c r="I408" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="J408" s="18" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="409" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A409" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B409" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C409" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D409" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E409" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F409" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G409" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H409" s="24" t="s">
+        <v>1814</v>
+      </c>
+      <c r="I409" s="3" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="410" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A410" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B410" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C410" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D410" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E410" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F410" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G410" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H410" s="24" t="s">
+        <v>518</v>
+      </c>
+      <c r="I410" s="3"/>
+      <c r="J410" s="18" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="411" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A411" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B411" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C411" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D411" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E411" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F411" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G411" s="18" t="s">
+        <v>522</v>
+      </c>
+      <c r="H411" s="24" t="s">
+        <v>523</v>
+      </c>
+      <c r="I411" s="3" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="412" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A412" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B412" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C412" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D412" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E412" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F412" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G412" s="18" t="s">
+        <v>574</v>
+      </c>
+      <c r="H412" s="24" t="s">
+        <v>525</v>
+      </c>
+      <c r="I412" s="3" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="413" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A413" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B413" s="18" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C413" s="18" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D413" s="18" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E413" s="18" t="s">
+        <v>354</v>
+      </c>
+      <c r="F413" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G413" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H413" s="24" t="s">
+        <v>550</v>
+      </c>
+      <c r="I413" s="2" t="s">
+        <v>551</v>
+      </c>
+      <c r="J413" s="18" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="414" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A414" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B414" s="18" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C414" s="18" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D414" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E414" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F414" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G414" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H414" s="24" t="s">
+        <v>1159</v>
+      </c>
+      <c r="I414" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="J414" s="18" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="415" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A415" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B415" s="18" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C415" s="18" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D415" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E415" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F415" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G415" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H415" s="24" t="s">
+        <v>1016</v>
+      </c>
+      <c r="I415" s="23" t="s">
+        <v>553</v>
+      </c>
+      <c r="J415" s="18" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="416" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A416" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B416" s="18" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C416" s="18" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D416" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E416" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F416" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G416" s="18" t="s">
+        <v>552</v>
+      </c>
+      <c r="H416" s="24" t="s">
+        <v>1185</v>
+      </c>
+      <c r="I416" s="26" t="s">
+        <v>577</v>
+      </c>
+      <c r="J416" s="18" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="417" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A417" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B417" s="18" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C417" s="18" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D417" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E417" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F417" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G417" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H417" s="24" t="s">
+        <v>580</v>
+      </c>
+      <c r="I417" s="23" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="418" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A418" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B418" s="18" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C418" s="18" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D418" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E418" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F418" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G418" s="18" t="s">
+        <v>585</v>
+      </c>
+      <c r="H418" s="24" t="s">
+        <v>583</v>
+      </c>
+      <c r="I418" s="23" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="419" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A419" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B419" s="18" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C419" s="18" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D419" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E419" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F419" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G419" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H419" s="24" t="s">
+        <v>561</v>
+      </c>
+      <c r="I419" s="2" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="420" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A420" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B420" s="18" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C420" s="18" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D420" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E420" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F420" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G420" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H420" s="24" t="s">
+        <v>1986</v>
+      </c>
+      <c r="I420" s="23" t="s">
+        <v>1987</v>
+      </c>
+    </row>
+    <row r="421" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A421" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B421" s="18" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C421" s="18" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D421" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E421" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F421" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G421" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H421" s="24" t="s">
+        <v>565</v>
+      </c>
+      <c r="I421" s="2" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="422" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A422" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B422" s="18" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C422" s="18" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D422" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E422" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F422" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G422" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H422" s="24" t="s">
+        <v>569</v>
+      </c>
+      <c r="I422" s="2" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="423" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A423" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B423" s="18" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C423" s="18" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D423" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E423" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F423" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G423" s="18" t="s">
+        <v>269</v>
+      </c>
+      <c r="H423" s="24" t="s">
+        <v>588</v>
+      </c>
+      <c r="I423" s="2" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="424" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A424" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B424" s="18" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C424" s="18" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D424" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E424" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F424" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G424" s="18" t="s">
+        <v>269</v>
+      </c>
+      <c r="H424" s="24" t="s">
+        <v>587</v>
+      </c>
+      <c r="I424" s="3" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="425" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A425" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B425" s="18" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C425" s="18" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D425" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E425" s="18" t="s">
+        <v>1988</v>
+      </c>
+      <c r="F425" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G425" s="18" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H425" s="24" t="s">
+        <v>1990</v>
+      </c>
+      <c r="I425" s="2" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="426" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A426" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B426" s="18" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C426" s="18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D426" s="18" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E426" s="18" t="s">
+        <v>354</v>
+      </c>
+      <c r="F426" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G426" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H426" s="24" t="s">
+        <v>575</v>
+      </c>
+      <c r="I426" s="2" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="427" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A427" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B427" s="18" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C427" s="18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D427" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E427" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F427" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G427" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H427" s="24" t="s">
+        <v>1160</v>
+      </c>
+      <c r="I427" s="23" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="428" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A428" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B428" s="18" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C428" s="18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D428" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E428" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F428" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G428" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H428" s="24" t="s">
+        <v>1909</v>
+      </c>
+      <c r="I428" s="23" t="s">
+        <v>1908</v>
+      </c>
+      <c r="J428" s="18" t="s">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="429" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A429" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B429" s="18" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C429" s="18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D429" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E429" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F429" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G429" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H429" s="24" t="s">
+        <v>1918</v>
+      </c>
+      <c r="I429" s="23" t="s">
+        <v>1919</v>
+      </c>
+      <c r="J429" s="18" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="430" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A430" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B430" s="18" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C430" s="18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D430" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E430" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F430" s="18" t="s">
+        <v>322</v>
+      </c>
+      <c r="G430" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H430" s="24" t="s">
+        <v>1911</v>
+      </c>
+      <c r="I430" s="26" t="s">
+        <v>1912</v>
+      </c>
+      <c r="J430" s="18" t="s">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="431" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A431" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B431" s="18" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C431" s="18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D431" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E431" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F431" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G431" s="18" t="s">
+        <v>552</v>
+      </c>
+      <c r="H431" s="24" t="s">
+        <v>579</v>
+      </c>
+      <c r="I431" s="23" t="s">
+        <v>578</v>
+      </c>
+      <c r="J431" s="18" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="432" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A432" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B432" s="18" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C432" s="18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D432" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E432" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F432" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G432" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H432" s="24" t="s">
+        <v>581</v>
+      </c>
+      <c r="I432" s="23" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="433" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A433" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B433" s="18" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C433" s="18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D433" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E433" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F433" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G433" s="18" t="s">
+        <v>585</v>
+      </c>
+      <c r="H433" s="24" t="s">
+        <v>584</v>
+      </c>
+      <c r="I433" s="2" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="434" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A434" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B434" s="18" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C434" s="18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D434" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E434" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F434" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G434" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H434" s="24" t="s">
+        <v>561</v>
+      </c>
+      <c r="I434" s="23" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="435" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A435" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B435" s="18" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C435" s="18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D435" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E435" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F435" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G435" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H435" s="24" t="s">
+        <v>563</v>
+      </c>
+      <c r="I435" s="2" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="436" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A436" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B436" s="18" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C436" s="18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D436" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E436" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F436" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G436" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H436" s="24" t="s">
+        <v>565</v>
+      </c>
+      <c r="I436" s="22" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="437" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A437" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B437" s="18" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C437" s="18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D437" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E437" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F437" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G437" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H437" s="24" t="s">
+        <v>1904</v>
+      </c>
+      <c r="I437" s="2" t="s">
+        <v>1903</v>
+      </c>
+    </row>
+    <row r="438" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A438" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B438" s="18" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C438" s="18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D438" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E438" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F438" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G438" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H438" s="24" t="s">
+        <v>568</v>
+      </c>
+      <c r="I438" s="3" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="439" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A439" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B439" s="18" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C439" s="18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D439" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E439" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F439" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G439" s="18" t="s">
+        <v>269</v>
+      </c>
+      <c r="H439" s="18" t="s">
+        <v>589</v>
+      </c>
+      <c r="I439" s="2" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="440" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A440" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B440" s="18" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C440" s="18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D440" s="18" t="s">
+        <v>1992</v>
+      </c>
+      <c r="E440" s="18" t="s">
+        <v>1988</v>
+      </c>
+      <c r="F440" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G440" s="18" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H440" s="24" t="s">
+        <v>1990</v>
+      </c>
+      <c r="I440" s="2" t="s">
+        <v>1993</v>
+      </c>
+      <c r="J440" s="18" t="s">
+        <v>1994</v>
+      </c>
+    </row>
+    <row r="441" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A441" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B441" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C441" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D441" s="18" t="s">
+        <v>1098</v>
+      </c>
+      <c r="E441" s="18" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F441" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G441" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H441" s="18" t="s">
+        <v>244</v>
+      </c>
+      <c r="I441" s="2" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="442" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A442" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B442" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C442" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D442" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E442" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F442" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G442" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H442" s="18" t="s">
+        <v>1877</v>
+      </c>
+      <c r="I442" s="2" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="443" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A443" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B443" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C443" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D443" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E443" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F443" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G443" s="18" t="s">
+        <v>263</v>
+      </c>
+      <c r="H443" s="18" t="s">
+        <v>264</v>
+      </c>
+      <c r="I443" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="444" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A444" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B444" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C444" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D444" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E444" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F444" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G444" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H444" s="18" t="s">
+        <v>614</v>
+      </c>
+      <c r="I444" s="2" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="445" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A445" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B445" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C445" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D445" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E445" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F445" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G445" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H445" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I445" s="2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="446" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A446" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B446" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C446" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D446" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E446" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F446" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G446" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H446" s="18" t="s">
+        <v>549</v>
+      </c>
+      <c r="I446" s="2" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="447" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A447" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B447" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C447" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D447" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E447" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F447" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G447" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H447" s="18" t="s">
+        <v>1804</v>
+      </c>
+      <c r="I447" s="2" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="448" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A448" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B448" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C448" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D448" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E448" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F448" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G448" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="H448" s="18" t="s">
+        <v>1829</v>
+      </c>
+      <c r="I448" s="2" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="449" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A449" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B449" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C449" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D449" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E449" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F449" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G449" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H449" s="18" t="s">
+        <v>266</v>
+      </c>
+      <c r="I449" s="2" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="450" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A450" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B450" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C450" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D450" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E450" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F450" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G450" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H450" s="18" t="s">
+        <v>1470</v>
+      </c>
+      <c r="I450" s="2" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="451" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A451" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B451" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C451" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D451" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E451" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F451" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G451" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H451" s="18" t="s">
+        <v>267</v>
+      </c>
+      <c r="I451" s="2" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="452" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A452" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B452" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C452" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D452" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E452" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F452" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G452" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H452" s="18" t="s">
+        <v>818</v>
+      </c>
+      <c r="I452" s="2" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="453" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A453" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B453" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C453" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D453" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E453" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F453" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G453" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="H453" s="18" t="s">
+        <v>1102</v>
+      </c>
+      <c r="I453" s="3" t="s">
+        <v>1101</v>
+      </c>
+      <c r="J453" s="18" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="454" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A454" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B454" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C454" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D454" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E454" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F454" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G454" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="H454" s="18" t="s">
+        <v>334</v>
+      </c>
+      <c r="I454" s="3" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="455" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A455" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B455" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C455" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D455" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E455" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F455" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G455" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H455" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I455" s="2"/>
+    </row>
+    <row r="456" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A456" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B456" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C456" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D456" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E456" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F456" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G456" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H456" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I456" s="2" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="457" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A457" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B457" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C457" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D457" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E457" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F457" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G457" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H457" s="18" t="s">
+        <v>370</v>
+      </c>
+      <c r="I457" s="2" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="458" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A458" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B458" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C458" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D458" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E458" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F458" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G458" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H458" s="18" t="s">
+        <v>246</v>
+      </c>
+      <c r="I458" s="3" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="459" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A459" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B459" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C459" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D459" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E459" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F459" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G459" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H459" s="24" t="s">
+        <v>833</v>
+      </c>
+      <c r="I459" s="2" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="460" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A460" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B460" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C460" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D460" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E460" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F460" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G460" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H460" s="18" t="s">
+        <v>1104</v>
+      </c>
+      <c r="I460" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="J460" s="18" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="461" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A461" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B461" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C461" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D461" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E461" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F461" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G461" s="18" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H461" s="18" t="s">
+        <v>1397</v>
+      </c>
+      <c r="I461" s="2" t="s">
+        <v>1395</v>
+      </c>
+      <c r="J461" s="18" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="462" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A462" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B462" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C462" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D462" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E462" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F462" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G462" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H462" s="18" t="s">
+        <v>332</v>
+      </c>
+      <c r="I462" s="2" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="463" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A463" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B463" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C463" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D463" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E463" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F463" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G463" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H463" s="18" t="s">
+        <v>870</v>
+      </c>
+      <c r="I463" s="3" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="464" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A464" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B464" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C464" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D464" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E464" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F464" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G464" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H464" s="18" t="s">
+        <v>333</v>
+      </c>
+      <c r="I464" s="2" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="465" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A465" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B465" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C465" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D465" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E465" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F465" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G465" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H465" s="24" t="s">
+        <v>96</v>
+      </c>
+      <c r="I465" s="2"/>
+      <c r="J465" s="18" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="466" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A466" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B466" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C466" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D466" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E466" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F466" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G466" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H466" s="24" t="s">
+        <v>1407</v>
+      </c>
+      <c r="I466" s="2" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="467" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A467" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B467" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C467" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D467" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E467" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F467" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G467" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H467" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I467" s="2" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="468" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A468" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B468" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C468" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D468" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E468" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F468" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G468" s="18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H468" s="18" t="s">
+        <v>952</v>
+      </c>
+      <c r="I468" s="2" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="469" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A469" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B469" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C469" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D469" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E469" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F469" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G469" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H469" s="24" t="s">
+        <v>1905</v>
+      </c>
+      <c r="I469" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="J469" s="18" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="470" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A470" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B470" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C470" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D470" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E470" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F470" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G470" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H470" s="18" t="s">
+        <v>514</v>
+      </c>
+      <c r="I470" s="2" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="471" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A471" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B471" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C471" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D471" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E471" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F471" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G471" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H471" s="18" t="s">
+        <v>1100</v>
+      </c>
+      <c r="I471" s="2" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="472" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A472" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B472" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C472" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D472" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E472" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F472" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G472" s="18" t="s">
+        <v>269</v>
+      </c>
+      <c r="H472" s="18" t="s">
+        <v>271</v>
+      </c>
+      <c r="I472" s="2" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="473" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A473" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B473" s="18" t="s">
         <v>1223</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="C473" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D473" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="E21" t="s">
+      <c r="E473" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="F473" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G473" s="18" t="s">
         <v>7</v>
       </c>
-      <c r="H21" t="s">
-[...10 lines deleted...]
-      <c r="B22" t="s">
+      <c r="H473" s="18" t="s">
+        <v>1931</v>
+      </c>
+      <c r="I473" s="3" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="474" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A474" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B474" s="18" t="s">
         <v>1223</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+      <c r="C474" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D474" s="18" t="s">
         <v>65</v>
       </c>
-      <c r="E22" t="s">
+      <c r="E474" s="18" t="s">
         <v>66</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="F474" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G474" s="18" t="s">
         <v>67</v>
       </c>
-      <c r="H22" t="s">
+      <c r="H474" s="18" t="s">
+        <v>1933</v>
+      </c>
+      <c r="I474" s="3" t="s">
+        <v>1934</v>
+      </c>
+    </row>
+    <row r="475" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A475" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B475" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C475" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D475" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E475" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F475" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G475" s="18" t="s">
+        <v>263</v>
+      </c>
+      <c r="H475" s="18" t="s">
+        <v>1935</v>
+      </c>
+      <c r="I475" s="2" t="s">
+        <v>1936</v>
+      </c>
+    </row>
+    <row r="476" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A476" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B476" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C476" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D476" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E476" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F476" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G476" s="18" t="s">
+        <v>263</v>
+      </c>
+      <c r="H476" s="18" t="s">
+        <v>1937</v>
+      </c>
+      <c r="I476" s="3" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="477" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A477" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B477" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C477" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D477" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E477" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F477" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G477" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H477" s="18" t="s">
+        <v>1939</v>
+      </c>
+      <c r="I477" s="3" t="s">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="478" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A478" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B478" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C478" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D478" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E478" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F478" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="G478" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H478" s="18" t="s">
+        <v>1941</v>
+      </c>
+      <c r="I478" s="3" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="479" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A479" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B479" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C479" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D479" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E479" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F479" s="18" t="s">
+        <v>322</v>
+      </c>
+      <c r="G479" s="24" t="s">
+        <v>627</v>
+      </c>
+      <c r="H479" s="18" t="s">
+        <v>1943</v>
+      </c>
+      <c r="I479" s="3"/>
+    </row>
+    <row r="480" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A480" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B480" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C480" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D480" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E480" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F480" s="18" t="s">
+        <v>1944</v>
+      </c>
+      <c r="G480" s="24" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H480" s="18" t="s">
+        <v>1945</v>
+      </c>
+      <c r="I480" s="3" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="481" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A481" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B481" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C481" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D481" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E481" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F481" s="18" t="s">
+        <v>1944</v>
+      </c>
+      <c r="G481" s="24" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H481" s="18" t="s">
+        <v>1947</v>
+      </c>
+      <c r="I481" s="3" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="482" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A482" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B482" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C482" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D482" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E482" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F482" s="18" t="s">
+        <v>1944</v>
+      </c>
+      <c r="G482" s="24" t="s">
+        <v>804</v>
+      </c>
+      <c r="H482" s="18" t="s">
+        <v>1949</v>
+      </c>
+      <c r="I482" s="3" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="483" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A483" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B483" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C483" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D483" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E483" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F483" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="G483" s="24" t="s">
+        <v>87</v>
+      </c>
+      <c r="H483" s="18" t="s">
+        <v>1951</v>
+      </c>
+      <c r="I483" s="3" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="484" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A484" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B484" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C484" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D484" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="E484" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F484" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G484" s="18" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H484" s="18" t="s">
+        <v>1953</v>
+      </c>
+      <c r="I484" s="3"/>
+    </row>
+    <row r="485" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A485" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B485" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C485" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D485" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E485" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F485" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G485" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H485" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I485" s="3"/>
+    </row>
+    <row r="486" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A486" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B486" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C486" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D486" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E486" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F486" s="18" t="s">
+        <v>1944</v>
+      </c>
+      <c r="G486" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H486" s="18" t="s">
+        <v>1954</v>
+      </c>
+      <c r="I486" s="3" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="487" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A487" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B487" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C487" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D487" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E487" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F487" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G487" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H487" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I487" s="3"/>
+    </row>
+    <row r="488" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A488" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B488" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C488" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D488" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E488" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F488" s="27" t="s">
+        <v>1944</v>
+      </c>
+      <c r="G488" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H488" s="18" t="s">
+        <v>1956</v>
+      </c>
+      <c r="I488" s="3"/>
+    </row>
+    <row r="489" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A489" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B489" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C489" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D489" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E489" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F489" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="G489" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H489" s="18" t="s">
+        <v>1957</v>
+      </c>
+      <c r="I489" s="3"/>
+    </row>
+    <row r="490" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A490" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B490" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C490" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D490" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E490" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F490" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G490" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H490" s="18" t="s">
+        <v>1958</v>
+      </c>
+      <c r="I490" s="3" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="491" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A491" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B491" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C491" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D491" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E491" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F491" s="18" t="s">
+        <v>1944</v>
+      </c>
+      <c r="G491" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H491" s="18" t="s">
+        <v>1960</v>
+      </c>
+      <c r="I491" s="22" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="492" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A492" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B492" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C492" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D492" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E492" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F492" s="18" t="s">
+        <v>1944</v>
+      </c>
+      <c r="G492" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H492" s="18" t="s">
+        <v>1962</v>
+      </c>
+      <c r="I492" s="22"/>
+    </row>
+    <row r="493" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A493" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B493" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C493" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D493" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E493" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F493" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G493" s="18" t="s">
+        <v>1495</v>
+      </c>
+      <c r="H493" s="18" t="s">
+        <v>1963</v>
+      </c>
+      <c r="I493" s="25" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="494" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A494" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B494" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C494" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D494" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E494" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F494" s="18" t="s">
+        <v>1944</v>
+      </c>
+      <c r="G494" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H494" s="18" t="s">
+        <v>1965</v>
+      </c>
+      <c r="I494" s="25" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="495" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A495" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B495" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C495" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D495" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E495" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F495" s="18" t="s">
+        <v>1944</v>
+      </c>
+      <c r="G495" s="18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H495" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I495" s="25"/>
+    </row>
+    <row r="496" spans="1:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A496" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B496" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C496" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D496" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E496" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F496" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G496" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H496" s="18" t="s">
+        <v>1967</v>
+      </c>
+      <c r="I496" s="3" t="s">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="497" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A497" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B497" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C497" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D497" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E497" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F497" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G497" s="18" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H497" s="24" t="s">
+        <v>1969</v>
+      </c>
+      <c r="I497" s="23" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="498" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A498" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B498" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C498" s="18" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D498" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E498" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F498" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G498" s="18" t="s">
+        <v>572</v>
+      </c>
+      <c r="H498" s="24" t="s">
+        <v>1971</v>
+      </c>
+      <c r="I498" s="2" t="s">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="499" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A499" s="18" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B499" s="18" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C499" s="18" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D499" s="18" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E499" s="18" t="s">
+        <v>1975</v>
+      </c>
+      <c r="F499" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G499" s="18" t="s">
+        <v>1976</v>
+      </c>
+      <c r="H499" s="24" t="s">
+        <v>1977</v>
+      </c>
+      <c r="I499" s="22" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="500" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A500" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B500" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C500" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D500" s="18" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E500" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="F500" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G500" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H500" s="24" t="s">
+        <v>272</v>
+      </c>
+      <c r="I500" s="3" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="501" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A501" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B501" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C501" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D501" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E501" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F501" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G501" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H501" s="24" t="s">
+        <v>360</v>
+      </c>
+      <c r="I501" s="2" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="502" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A502" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B502" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C502" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D502" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E502" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F502" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G502" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="H502" s="24" t="s">
+        <v>992</v>
+      </c>
+      <c r="I502" s="3"/>
+      <c r="J502" s="18" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="503" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A503" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B503" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C503" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D503" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E503" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F503" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G503" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H503" s="24" t="s">
+        <v>617</v>
+      </c>
+      <c r="I503" s="2" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="504" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A504" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B504" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C504" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D504" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E504" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F504" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G504" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H504" s="24" t="s">
+        <v>356</v>
+      </c>
+      <c r="I504" s="2" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="505" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A505" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B505" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C505" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D505" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E505" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F505" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G505" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H505" s="24" t="s">
+        <v>282</v>
+      </c>
+      <c r="I505" s="2" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="506" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A506" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B506" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C506" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D506" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E506" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F506" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G506" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H506" s="24" t="s">
+        <v>1805</v>
+      </c>
+      <c r="I506" s="2" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="507" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A507" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B507" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C507" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D507" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E507" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F507" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G507" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H507" s="24" t="s">
+        <v>1806</v>
+      </c>
+      <c r="I507" s="2" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="508" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A508" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B508" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C508" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D508" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E508" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F508" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G508" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="H508" s="18" t="s">
+        <v>1831</v>
+      </c>
+      <c r="I508" s="2" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="509" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A509" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B509" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C509" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D509" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E509" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F509" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G509" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H509" s="24" t="s">
+        <v>280</v>
+      </c>
+      <c r="I509" s="2" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="510" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A510" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B510" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C510" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D510" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E510" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F510" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G510" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H510" s="24" t="s">
+        <v>1866</v>
+      </c>
+      <c r="I510" s="3" t="s">
+        <v>1865</v>
+      </c>
+      <c r="J510" s="18" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="511" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A511" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B511" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C511" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D511" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E511" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F511" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G511" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H511" s="18" t="s">
+        <v>1818</v>
+      </c>
+      <c r="I511" s="2" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="512" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A512" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B512" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C512" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D512" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E512" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F512" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G512" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H512" s="24" t="s">
+        <v>816</v>
+      </c>
+      <c r="I512" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="J512" s="18" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="513" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A513" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B513" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C513" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D513" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E513" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F513" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G513" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="H513" s="24" t="s">
+        <v>1869</v>
+      </c>
+      <c r="I513" s="3" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="514" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A514" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B514" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C514" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D514" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E514" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F514" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G514" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H514" s="24" t="s">
+        <v>96</v>
+      </c>
+      <c r="I514" s="2"/>
+      <c r="J514" s="18" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="515" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A515" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B515" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C515" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D515" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E515" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F515" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G515" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H515" s="24" t="s">
+        <v>1441</v>
+      </c>
+      <c r="I515" s="3" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="516" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A516" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B516" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C516" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D516" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E516" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F516" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G516" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H516" s="24" t="s">
+        <v>1130</v>
+      </c>
+      <c r="I516" s="3" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="517" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A517" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B517" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C517" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D517" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E517" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F517" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G517" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H517" s="24" t="s">
+        <v>337</v>
+      </c>
+      <c r="I517" s="3" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="518" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A518" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B518" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C518" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D518" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E518" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F518" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G518" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H518" s="24" t="s">
+        <v>340</v>
+      </c>
+      <c r="I518" s="3" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="519" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A519" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B519" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C519" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D519" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E519" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F519" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G519" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H519" s="24" t="s">
+        <v>342</v>
+      </c>
+      <c r="I519" s="3" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="520" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A520" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B520" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C520" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D520" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E520" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F520" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G520" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H520" s="24" t="s">
+        <v>436</v>
+      </c>
+      <c r="I520" s="3"/>
+    </row>
+    <row r="521" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A521" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B521" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C521" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D521" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E521" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F521" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G521" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H521" s="24" t="s">
+        <v>338</v>
+      </c>
+      <c r="I521" s="1" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="522" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A522" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B522" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C522" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D522" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E522" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F522" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G522" s="18" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H522" s="24" t="s">
+        <v>1398</v>
+      </c>
+      <c r="I522" s="3" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="523" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A523" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B523" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C523" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D523" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E523" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F523" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G523" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H523" s="24" t="s">
+        <v>1368</v>
+      </c>
+      <c r="I523" s="3" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="524" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A524" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B524" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C524" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D524" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E524" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F524" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G524" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H524" s="24" t="s">
+        <v>866</v>
+      </c>
+      <c r="I524" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="J524" s="18" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="525" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A525" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B525" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C525" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D525" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E525" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F525" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G525" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H525" s="24" t="s">
+        <v>919</v>
+      </c>
+      <c r="I525" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="526" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A526" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B526" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C526" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D526" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E526" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F526" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G526" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H526" s="24" t="s">
+        <v>920</v>
+      </c>
+      <c r="I526" s="2" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="527" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A527" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B527" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C527" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D527" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E527" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F527" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G527" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H527" s="24" t="s">
+        <v>1846</v>
+      </c>
+      <c r="I527" s="2" t="s">
+        <v>1845</v>
+      </c>
+      <c r="J527" s="21"/>
+    </row>
+    <row r="528" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A528" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B528" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C528" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D528" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E528" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F528" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G528" s="18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H528" s="18" t="s">
+        <v>953</v>
+      </c>
+      <c r="I528" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="J528" s="18" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="529" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A529" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B529" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C529" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D529" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E529" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F529" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G529" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H529" s="18" t="s">
+        <v>1401</v>
+      </c>
+      <c r="I529" s="3" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="530" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A530" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B530" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C530" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D530" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E530" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F530" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G530" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H530" s="18" t="s">
+        <v>1001</v>
+      </c>
+      <c r="I530" s="2" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="531" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A531" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B531" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C531" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D531" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E531" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F531" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G531" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H531" s="18" t="s">
+        <v>331</v>
+      </c>
+      <c r="I531" s="2" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="532" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A532" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B532" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C532" s="18" t="s">
+        <v>314</v>
+      </c>
+      <c r="D532" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E532" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F532" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G532" s="18" t="s">
+        <v>329</v>
+      </c>
+      <c r="H532" s="18" t="s">
+        <v>330</v>
+      </c>
+      <c r="I532" s="4" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="533" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A533" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B533" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C533" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="D533" s="18" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E533" s="18" t="s">
+        <v>354</v>
+      </c>
+      <c r="F533" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G533" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H533" s="18" t="s">
+        <v>358</v>
+      </c>
+      <c r="I533" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="J533" s="18" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="534" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A534" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B534" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C534" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="D534" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E534" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F534" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G534" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H534" s="18" t="s">
+        <v>362</v>
+      </c>
+      <c r="I534" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="J534" s="18" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="535" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A535" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B535" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C535" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="D535" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E535" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F535" s="18" t="s">
+        <v>363</v>
+      </c>
+      <c r="G535" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H535" s="24" t="s">
+        <v>618</v>
+      </c>
+      <c r="I535" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="536" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A536" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B536" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C536" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="D536" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E536" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F536" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G536" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H536" s="24" t="s">
+        <v>366</v>
+      </c>
+      <c r="I536" s="2" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="537" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A537" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B537" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C537" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="D537" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E537" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F537" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G537" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H537" s="24" t="s">
+        <v>637</v>
+      </c>
+      <c r="I537" s="2" t="s">
+        <v>1364</v>
+      </c>
+      <c r="J537" s="18" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="538" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A538" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B538" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C538" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="D538" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E538" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F538" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G538" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H538" s="18" t="s">
+        <v>367</v>
+      </c>
+      <c r="I538" s="4" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="539" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A539" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B539" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C539" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="D539" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E539" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F539" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G539" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H539" s="24" t="s">
+        <v>358</v>
+      </c>
+      <c r="I539" s="3" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="540" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A540" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B540" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C540" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="D540" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E540" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F540" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G540" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H540" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I540" s="3"/>
+      <c r="J540" s="18" t="s">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="541" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A541" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B541" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C541" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="D541" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E541" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F541" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G541" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H541" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I541" s="3"/>
+    </row>
+    <row r="542" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A542" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B542" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C542" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="D542" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E542" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F542" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G542" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H542" s="24" t="s">
+        <v>371</v>
+      </c>
+      <c r="I542" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="J542" s="18" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="543" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A543" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B543" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C543" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="D543" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E543" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F543" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G543" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H543" s="24" t="s">
+        <v>338</v>
+      </c>
+      <c r="I543" s="3" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="544" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A544" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B544" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C544" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="D544" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E544" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F544" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G544" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H544" s="24" t="s">
+        <v>1369</v>
+      </c>
+      <c r="I544" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="J544" s="18" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="545" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A545" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B545" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C545" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="D545" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E545" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F545" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G545" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H545" s="24" t="s">
+        <v>379</v>
+      </c>
+      <c r="I545" s="3" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="546" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A546" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B546" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C546" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="D546" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E546" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F546" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G546" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H546" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="I546" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="J546" s="18" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="547" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A547" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B547" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C547" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="D547" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E547" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F547" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G547" s="18" t="s">
+        <v>269</v>
+      </c>
+      <c r="H547" s="24" t="s">
+        <v>380</v>
+      </c>
+      <c r="I547" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="J547" s="18" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="548" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A548" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B548" s="18" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C548" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D548" s="18" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E548" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="F548" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G548" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H548" s="24" t="s">
+        <v>592</v>
+      </c>
+      <c r="I548" s="23" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="549" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A549" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B549" s="18" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C549" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D549" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E549" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F549" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G549" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H549" s="24" t="s">
+        <v>1359</v>
+      </c>
+      <c r="I549" s="23" t="s">
+        <v>593</v>
+      </c>
+      <c r="J549" s="18" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="550" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A550" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B550" s="18" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C550" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D550" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E550" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F550" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G550" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H550" s="24" t="s">
+        <v>620</v>
+      </c>
+      <c r="I550" s="26" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="551" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A551" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B551" s="18" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C551" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D551" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E551" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F551" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G551" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H551" s="24" t="s">
+        <v>595</v>
+      </c>
+      <c r="I551" s="2"/>
+    </row>
+    <row r="552" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A552" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B552" s="18" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C552" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D552" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E552" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F552" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G552" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H552" s="24" t="s">
+        <v>637</v>
+      </c>
+      <c r="I552" s="2" t="s">
+        <v>1364</v>
+      </c>
+      <c r="J552" s="18" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="553" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A553" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B553" s="18" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C553" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D553" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E553" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F553" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G553" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H553" s="24" t="s">
+        <v>1794</v>
+      </c>
+      <c r="I553" s="2"/>
+      <c r="J553" s="18" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="554" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A554" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B554" s="18" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C554" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D554" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E554" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F554" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G554" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="H554" s="18" t="s">
+        <v>674</v>
+      </c>
+      <c r="I554" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="J554" s="21"/>
+    </row>
+    <row r="555" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A555" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B555" s="18" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C555" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D555" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E555" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F555" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G555" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H555" s="24" t="s">
+        <v>96</v>
+      </c>
+      <c r="I555" s="23"/>
+      <c r="J555" s="18" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="556" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A556" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B556" s="18" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C556" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D556" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E556" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F556" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G556" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H556" s="18" t="s">
+        <v>1674</v>
+      </c>
+      <c r="I556" s="2" t="s">
+        <v>1673</v>
+      </c>
+      <c r="J556" s="18" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="557" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A557" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B557" s="18" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C557" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D557" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E557" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F557" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G557" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H557" s="24" t="s">
+        <v>96</v>
+      </c>
+      <c r="I557" s="23"/>
+    </row>
+    <row r="558" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A558" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B558" s="18" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C558" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D558" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E558" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F558" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G558" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H558" s="24" t="s">
+        <v>1430</v>
+      </c>
+      <c r="I558" s="2"/>
+    </row>
+    <row r="559" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A559" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B559" s="18" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C559" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D559" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E559" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F559" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G559" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H559" s="24" t="s">
+        <v>1560</v>
+      </c>
+      <c r="I559" s="3" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="560" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A560" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B560" s="18" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C560" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D560" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E560" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F560" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G560" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H560" s="24" t="s">
+        <v>994</v>
+      </c>
+      <c r="I560" s="2" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="561" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A561" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B561" s="18" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C561" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D561" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E561" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F561" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G561" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H561" s="24" t="s">
+        <v>1002</v>
+      </c>
+      <c r="I561" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="J561" s="18" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="562" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A562" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B562" s="18" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C562" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D562" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E562" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F562" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G562" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H562" s="24" t="s">
+        <v>602</v>
+      </c>
+      <c r="I562" s="3"/>
+    </row>
+    <row r="563" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A563" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B563" s="18" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C563" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D563" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E563" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F563" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G563" s="18" t="s">
+        <v>633</v>
+      </c>
+      <c r="H563" s="24" t="s">
+        <v>634</v>
+      </c>
+      <c r="I563" s="23"/>
+      <c r="J563" s="18" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="564" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A564" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B564" s="18" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C564" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="D564" s="18" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E564" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="F564" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G564" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H564" s="24" t="s">
+        <v>640</v>
+      </c>
+      <c r="I564" s="23" t="s">
+        <v>639</v>
+      </c>
+      <c r="J564" s="18" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="565" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A565" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B565" s="18" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C565" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="D565" s="18" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E565" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="F565" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G565" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H565" s="24" t="s">
+        <v>642</v>
+      </c>
+      <c r="I565" s="23" t="s">
+        <v>641</v>
+      </c>
+      <c r="J565" s="21"/>
+    </row>
+    <row r="566" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A566" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B566" s="18" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C566" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="D566" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E566" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F566" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G566" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H566" s="24" t="s">
+        <v>1360</v>
+      </c>
+      <c r="I566" s="23" t="s">
+        <v>593</v>
+      </c>
+      <c r="J566" s="18" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="567" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A567" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B567" s="18" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C567" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="D567" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E567" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F567" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G567" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H567" s="24" t="s">
+        <v>621</v>
+      </c>
+      <c r="I567" s="18" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="568" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A568" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B568" s="18" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C568" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="D568" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E568" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F568" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G568" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H568" s="24" t="s">
+        <v>595</v>
+      </c>
+      <c r="I568" s="2"/>
+      <c r="J568" s="18" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="569" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A569" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B569" s="18" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C569" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="D569" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E569" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F569" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G569" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H569" s="24" t="s">
+        <v>637</v>
+      </c>
+      <c r="I569" s="18" t="s">
+        <v>1364</v>
+      </c>
+      <c r="J569" s="18" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="570" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A570" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B570" s="18" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C570" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="D570" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E570" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F570" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G570" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H570" s="18" t="s">
+        <v>1794</v>
+      </c>
+      <c r="J570" s="18" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="571" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A571" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B571" s="18" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C571" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="D571" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E571" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F571" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G571" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H571" s="24" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="572" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A572" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B572" s="18" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C572" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="D572" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E572" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F572" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G572" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H572" s="24" t="s">
+        <v>1430</v>
+      </c>
+      <c r="I572" s="2"/>
+    </row>
+    <row r="573" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A573" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B573" s="18" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C573" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="D573" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E573" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F573" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G573" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H573" s="24" t="s">
+        <v>1560</v>
+      </c>
+      <c r="I573" s="3" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="574" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A574" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B574" s="18" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C574" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="D574" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E574" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F574" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G574" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H574" s="24" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="575" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A575" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B575" s="18" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C575" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="D575" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E575" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F575" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G575" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H575" s="24" t="s">
+        <v>629</v>
+      </c>
+      <c r="J575" s="18" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="576" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A576" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B576" s="18" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C576" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="D576" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E576" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F576" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G576" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H576" s="24" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="577" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A577" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B577" s="18" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C577" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="D577" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E577" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F577" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G577" s="18" t="s">
+        <v>269</v>
+      </c>
+      <c r="H577" s="24" t="s">
+        <v>634</v>
+      </c>
+      <c r="I577" s="23"/>
+      <c r="J577" s="18" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="578" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A578" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B578" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C578" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="D578" s="18" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E578" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="F578" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G578" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H578" s="24" t="s">
+        <v>643</v>
+      </c>
+      <c r="I578" s="23" t="s">
+        <v>644</v>
+      </c>
+      <c r="J578" s="18" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="579" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A579" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B579" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C579" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="D579" s="18" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E579" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="F579" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G579" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H579" s="24" t="s">
+        <v>645</v>
+      </c>
+      <c r="I579" s="23" t="s">
+        <v>646</v>
+      </c>
+      <c r="J579" s="21"/>
+    </row>
+    <row r="580" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A580" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B580" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C580" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="D580" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E580" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F580" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G580" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H580" s="24" t="s">
+        <v>711</v>
+      </c>
+      <c r="I580" s="23" t="s">
+        <v>593</v>
+      </c>
+      <c r="J580" s="18" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="581" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A581" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B581" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C581" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="D581" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E581" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F581" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G581" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H581" s="24" t="s">
+        <v>1403</v>
+      </c>
+      <c r="I581" s="23"/>
+    </row>
+    <row r="582" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A582" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B582" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C582" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="D582" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E582" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F582" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G582" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H582" s="24" t="s">
+        <v>622</v>
+      </c>
+      <c r="I582" s="18" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="583" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A583" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B583" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C583" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="D583" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E583" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F583" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G583" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H583" s="24" t="s">
+        <v>1790</v>
+      </c>
+      <c r="J583" s="18" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="584" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A584" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B584" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C584" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="D584" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E584" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F584" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G584" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H584" s="18" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="585" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A585" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B585" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C585" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="D585" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E585" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F585" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G585" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H585" s="18" t="s">
         <v>1792</v>
       </c>
-      <c r="I22" s="15" t="s">
-[...13 lines deleted...]
-      <c r="D23" t="s">
+      <c r="J585" s="18" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="586" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A586" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B586" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C586" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="D586" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E586" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F586" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G586" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H586" s="24" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="587" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A587" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B587" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C587" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="D587" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E587" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F587" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G587" s="18" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="588" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A588" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B588" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C588" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="D588" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E588" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F588" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G588" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H588" s="24" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="589" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A589" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B589" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C589" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="D589" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E589" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F589" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G589" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H589" s="24" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="590" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A590" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B590" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C590" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="D590" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E590" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F590" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G590" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H590" s="24" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="591" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A591" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B591" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C591" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="D591" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E591" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F591" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G591" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H591" s="24" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="592" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A592" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B592" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C592" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="D592" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E592" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F592" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G592" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H592" s="24" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="593" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A593" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B593" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C593" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="D593" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E593" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F593" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G593" s="18" t="s">
+        <v>269</v>
+      </c>
+      <c r="H593" s="24" t="s">
+        <v>634</v>
+      </c>
+      <c r="I593" s="22"/>
+      <c r="J593" s="18" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="594" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A594" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B594" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C594" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="D594" s="18" t="s">
+        <v>302</v>
+      </c>
+      <c r="E594" s="18" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F594" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G594" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H594" s="24" t="s">
+        <v>650</v>
+      </c>
+      <c r="I594" s="23" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="595" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A595" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B595" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C595" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="D595" s="18" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E595" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="F595" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G595" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H595" s="24" t="s">
+        <v>653</v>
+      </c>
+      <c r="I595" s="23" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="596" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A596" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B596" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C596" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="D596" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E596" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F596" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G596" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H596" s="24" t="s">
+        <v>712</v>
+      </c>
+      <c r="I596" s="23" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="597" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A597" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B597" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C597" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="D597" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E597" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F597" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G597" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H597" s="24" t="s">
+        <v>624</v>
+      </c>
+      <c r="I597" s="18" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="598" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A598" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B598" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C598" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="D598" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E598" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F598" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G598" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H598" s="24" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="599" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A599" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B599" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C599" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="D599" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E599" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F599" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G599" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H599" s="24" t="s">
+        <v>637</v>
+      </c>
+      <c r="J599" s="18" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="600" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A600" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B600" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C600" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="D600" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E600" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F600" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G600" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H600" s="24" t="s">
+        <v>1794</v>
+      </c>
+      <c r="I600" s="2"/>
+      <c r="J600" s="18" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="601" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A601" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B601" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C601" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="D601" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E601" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F601" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G601" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H601" s="18" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="602" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A602" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B602" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C602" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="D602" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E602" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F602" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G602" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H602" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="J602" s="18" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="603" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A603" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B603" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C603" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="D603" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E603" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F603" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G603" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H603" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I603" s="23"/>
+    </row>
+    <row r="604" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A604" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B604" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C604" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="D604" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E604" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F604" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G604" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H604" s="24" t="s">
+        <v>604</v>
+      </c>
+      <c r="I604" s="3" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J604" s="18" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="605" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A605" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B605" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C605" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="D605" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E605" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F605" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G605" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H605" s="18" t="s">
+        <v>922</v>
+      </c>
+      <c r="I605" s="2"/>
+    </row>
+    <row r="606" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A606" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B606" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C606" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="D606" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E606" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F606" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G606" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H606" s="28" t="s">
+        <v>1409</v>
+      </c>
+      <c r="I606" s="3" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="607" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A607" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B607" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C607" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="D607" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E607" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F607" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G607" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H607" s="24" t="s">
+        <v>1411</v>
+      </c>
+      <c r="I607" s="3" t="s">
+        <v>1410</v>
+      </c>
+      <c r="J607" s="18" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="608" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A608" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B608" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C608" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="D608" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E608" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F608" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G608" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H608" s="24" t="s">
+        <v>715</v>
+      </c>
+      <c r="I608" s="18" t="s">
+        <v>716</v>
+      </c>
+      <c r="J608" s="18" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="609" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A609" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B609" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C609" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="D609" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E609" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F609" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G609" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H609" s="24" t="s">
+        <v>629</v>
+      </c>
+      <c r="I609" s="22"/>
+      <c r="J609" s="18" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="610" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A610" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B610" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C610" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D610" s="18" t="s">
+        <v>302</v>
+      </c>
+      <c r="E610" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="F610" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G610" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H610" s="24" t="s">
+        <v>1785</v>
+      </c>
+      <c r="I610" s="22" t="s">
+        <v>1784</v>
+      </c>
+      <c r="J610" s="18" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="611" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A611" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B611" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C611" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D611" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E611" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F611" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G611" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H611" s="24" t="s">
+        <v>1776</v>
+      </c>
+      <c r="I611" s="23" t="s">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="612" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A612" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B612" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C612" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D612" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E612" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F612" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G612" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H612" s="24" t="s">
+        <v>626</v>
+      </c>
+      <c r="I612" s="25" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="613" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A613" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B613" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C613" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D613" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E613" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F613" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G613" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H613" s="24" t="s">
+        <v>96</v>
+      </c>
+      <c r="I613" s="22" t="s">
+        <v>1777</v>
+      </c>
+      <c r="J613" s="18" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="614" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A614" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B614" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C614" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D614" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E614" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F614" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G614" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H614" s="24" t="s">
+        <v>1779</v>
+      </c>
+      <c r="I614" s="22" t="s">
+        <v>1778</v>
+      </c>
+      <c r="J614" s="18" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="615" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A615" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B615" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C615" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D615" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E615" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F615" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G615" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H615" s="24" t="s">
+        <v>1782</v>
+      </c>
+      <c r="I615" s="2" t="s">
+        <v>1783</v>
+      </c>
+      <c r="J615" s="18" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="616" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A616" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B616" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C616" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D616" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E616" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F616" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G616" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H616" s="18" t="s">
+        <v>1774</v>
+      </c>
+      <c r="I616" s="22" t="s">
+        <v>1773</v>
+      </c>
+      <c r="J616" s="21"/>
+    </row>
+    <row r="617" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A617" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B617" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C617" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D617" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E617" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F617" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G617" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H617" s="24" t="s">
+        <v>1780</v>
+      </c>
+      <c r="J617" s="18" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="618" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A618" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B618" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C618" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D618" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E618" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F618" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G618" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H618" s="24" t="s">
+        <v>632</v>
+      </c>
+      <c r="I618" s="23"/>
+    </row>
+    <row r="619" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A619" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B619" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C619" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D619" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E619" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F619" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G619" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H619" s="24" t="s">
+        <v>1432</v>
+      </c>
+      <c r="I619" s="2" t="s">
+        <v>1766</v>
+      </c>
+    </row>
+    <row r="620" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A620" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B620" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C620" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D620" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E620" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F620" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G620" s="18" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H620" s="18" t="s">
+        <v>1769</v>
+      </c>
+      <c r="I620" s="23" t="s">
+        <v>1767</v>
+      </c>
+      <c r="J620" s="18" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="621" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A621" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B621" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C621" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D621" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E621" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F621" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G621" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H621" s="24" t="s">
+        <v>1562</v>
+      </c>
+      <c r="I621" s="3" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J621" s="18" t="s">
+        <v>1559</v>
+      </c>
+    </row>
+    <row r="622" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A622" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B622" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C622" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D622" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E622" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F622" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G622" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H622" s="24" t="s">
+        <v>1761</v>
+      </c>
+      <c r="I622" s="3" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="623" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A623" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B623" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C623" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D623" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E623" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F623" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G623" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H623" s="24" t="s">
+        <v>1759</v>
+      </c>
+      <c r="I623" s="3"/>
+      <c r="J623" s="18" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="624" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A624" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B624" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C624" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D624" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E624" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F624" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G624" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H624" s="24" t="s">
+        <v>928</v>
+      </c>
+      <c r="I624" s="3"/>
+    </row>
+    <row r="625" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A625" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B625" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C625" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D625" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E625" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F625" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G625" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H625" s="24" t="s">
+        <v>977</v>
+      </c>
+      <c r="I625" s="18" t="s">
+        <v>1758</v>
+      </c>
+    </row>
+    <row r="626" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A626" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B626" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C626" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D626" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E626" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F626" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G626" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H626" s="18" t="s">
+        <v>629</v>
+      </c>
+      <c r="I626" s="26"/>
+      <c r="J626" s="18" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="627" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A627" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B627" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C627" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D627" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E627" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F627" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G627" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H627" s="18" t="s">
+        <v>1756</v>
+      </c>
+      <c r="I627" s="23" t="s">
+        <v>1757</v>
+      </c>
+      <c r="J627" s="18" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="628" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A628" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B628" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C628" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D628" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E628" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F628" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G628" s="18" t="s">
+        <v>1737</v>
+      </c>
+      <c r="H628" s="18" t="s">
+        <v>1742</v>
+      </c>
+      <c r="I628" s="23" t="s">
+        <v>1740</v>
+      </c>
+      <c r="J628" s="18" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="629" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A629" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B629" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C629" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D629" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E629" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F629" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G629" s="18" t="s">
+        <v>1753</v>
+      </c>
+      <c r="H629" s="18" t="s">
+        <v>1754</v>
+      </c>
+      <c r="I629" s="23" t="s">
+        <v>1755</v>
+      </c>
+      <c r="J629" s="18" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="630" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A630" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B630" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C630" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="D630" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E630" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F630" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G630" s="18" t="s">
+        <v>1749</v>
+      </c>
+      <c r="H630" s="24" t="s">
+        <v>1752</v>
+      </c>
+      <c r="I630" s="23" t="s">
+        <v>1750</v>
+      </c>
+      <c r="J630" s="18" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="631" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A631" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B631" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C631" s="18" t="s">
+        <v>600</v>
+      </c>
+      <c r="D631" s="18" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E631" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="F631" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G631" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H631" s="24" t="s">
+        <v>1610</v>
+      </c>
+      <c r="I631" s="22" t="s">
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="632" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A632" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B632" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C632" s="18" t="s">
+        <v>600</v>
+      </c>
+      <c r="D632" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E632" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F632" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G632" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H632" s="24" t="s">
+        <v>96</v>
+      </c>
+      <c r="I632" s="25" t="s">
+        <v>1718</v>
+      </c>
+      <c r="J632" s="18" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="633" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A633" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B633" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C633" s="18" t="s">
+        <v>600</v>
+      </c>
+      <c r="D633" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E633" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F633" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G633" s="18" t="s">
+        <v>1720</v>
+      </c>
+      <c r="H633" s="24" t="s">
+        <v>1721</v>
+      </c>
+      <c r="I633" s="22" t="s">
+        <v>1719</v>
+      </c>
+      <c r="J633" s="18" t="s">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="634" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A634" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B634" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C634" s="18" t="s">
+        <v>600</v>
+      </c>
+      <c r="D634" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E634" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F634" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G634" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H634" s="18" t="s">
+        <v>1723</v>
+      </c>
+      <c r="I634" s="22" t="s">
+        <v>1722</v>
+      </c>
+      <c r="J634" s="18" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="635" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A635" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B635" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C635" s="18" t="s">
+        <v>600</v>
+      </c>
+      <c r="D635" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E635" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F635" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G635" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H635" s="24" t="s">
+        <v>1725</v>
+      </c>
+      <c r="I635" s="23" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="636" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A636" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B636" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C636" s="18" t="s">
+        <v>600</v>
+      </c>
+      <c r="D636" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E636" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F636" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G636" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H636" s="18" t="s">
+        <v>1772</v>
+      </c>
+      <c r="I636" s="23" t="s">
+        <v>1771</v>
+      </c>
+      <c r="J636" s="21" t="s">
+        <v>1770</v>
+      </c>
+    </row>
+    <row r="637" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A637" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B637" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C637" s="18" t="s">
+        <v>600</v>
+      </c>
+      <c r="D637" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E637" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F637" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G637" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H637" s="24" t="s">
+        <v>1984</v>
+      </c>
+      <c r="J637" s="18" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="638" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A638" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B638" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C638" s="18" t="s">
+        <v>600</v>
+      </c>
+      <c r="D638" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E638" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F638" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G638" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H638" s="18" t="s">
+        <v>1432</v>
+      </c>
+      <c r="I638" s="23"/>
+    </row>
+    <row r="639" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A639" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B639" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C639" s="18" t="s">
+        <v>600</v>
+      </c>
+      <c r="D639" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E639" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F639" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G639" s="18" t="s">
+        <v>1729</v>
+      </c>
+      <c r="H639" s="24" t="s">
+        <v>1730</v>
+      </c>
+      <c r="I639" s="18" t="s">
+        <v>1732</v>
+      </c>
+      <c r="J639" s="18" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="640" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A640" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B640" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C640" s="18" t="s">
+        <v>600</v>
+      </c>
+      <c r="D640" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E640" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F640" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G640" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H640" s="24" t="s">
+        <v>96</v>
+      </c>
+      <c r="I640" s="22"/>
+      <c r="J640" s="18" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="641" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A641" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B641" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C641" s="18" t="s">
+        <v>600</v>
+      </c>
+      <c r="D641" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E641" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F641" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G641" s="18" t="s">
+        <v>1734</v>
+      </c>
+      <c r="H641" s="18" t="s">
+        <v>1735</v>
+      </c>
+      <c r="I641" s="23" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="642" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A642" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B642" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C642" s="18" t="s">
+        <v>600</v>
+      </c>
+      <c r="D642" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E642" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F642" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G642" s="18" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H642" s="18" t="s">
+        <v>1738</v>
+      </c>
+      <c r="I642" s="23" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="643" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A643" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B643" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C643" s="18" t="s">
+        <v>600</v>
+      </c>
+      <c r="D643" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E643" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F643" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G643" s="18" t="s">
+        <v>1737</v>
+      </c>
+      <c r="H643" s="18" t="s">
+        <v>1736</v>
+      </c>
+      <c r="I643" s="23" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="644" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A644" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B644" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C644" s="18" t="s">
+        <v>600</v>
+      </c>
+      <c r="D644" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E644" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F644" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G644" s="18" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H644" s="24" t="s">
+        <v>1745</v>
+      </c>
+      <c r="I644" s="23" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="645" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A645" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B645" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C645" s="18" t="s">
+        <v>600</v>
+      </c>
+      <c r="D645" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E645" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F645" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G645" s="18" t="s">
+        <v>1749</v>
+      </c>
+      <c r="H645" s="24" t="s">
+        <v>1747</v>
+      </c>
+      <c r="I645" s="22" t="s">
+        <v>1748</v>
+      </c>
+      <c r="J645" s="18" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="646" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A646" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B646" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C646" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D646" s="18" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E646" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="F646" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G646" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H646" s="24" t="s">
+        <v>686</v>
+      </c>
+      <c r="I646" s="23"/>
+    </row>
+    <row r="647" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A647" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B647" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C647" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D647" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E647" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F647" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G647" s="18" t="s">
+        <v>733</v>
+      </c>
+      <c r="H647" s="24" t="s">
+        <v>1158</v>
+      </c>
+      <c r="I647" s="2" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="648" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A648" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B648" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C648" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D648" s="18" t="s">
         <v>68</v>
       </c>
-      <c r="E23" t="s">
+      <c r="E648" s="18" t="s">
         <v>69</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="F648" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G648" s="18" t="s">
         <v>70</v>
       </c>
-      <c r="H23" t="s">
-[...16 lines deleted...]
-      <c r="D24" t="s">
+      <c r="H648" s="18" t="s">
+        <v>699</v>
+      </c>
+      <c r="I648" s="2" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="649" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A649" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B649" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C649" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D649" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E649" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F649" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G649" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="H649" s="24" t="s">
+        <v>679</v>
+      </c>
+      <c r="I649" s="23" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="650" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A650" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B650" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C650" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D650" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="E24" t="s">
+      <c r="E650" s="18" t="s">
         <v>11</v>
       </c>
-      <c r="F24" t="s">
+      <c r="F650" s="18" t="s">
         <v>5</v>
       </c>
-      <c r="G24" t="s">
+      <c r="G650" s="18" t="s">
+        <v>848</v>
+      </c>
+      <c r="H650" s="24" t="s">
+        <v>1018</v>
+      </c>
+      <c r="I650" s="18" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="651" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A651" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B651" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C651" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D651" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E651" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F651" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G651" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H651" s="24" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="652" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A652" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B652" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C652" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D652" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E652" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F652" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G652" s="18" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H652" s="24" t="s">
+        <v>1087</v>
+      </c>
+      <c r="I652" s="22"/>
+      <c r="J652" s="18" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="653" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A653" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B653" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C653" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D653" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E653" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F653" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G653" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H653" s="24" t="s">
+        <v>849</v>
+      </c>
+      <c r="I653" s="2" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="654" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A654" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B654" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C654" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D654" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E654" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F654" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G654" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H654" s="24" t="s">
+        <v>680</v>
+      </c>
+      <c r="I654" s="2"/>
+    </row>
+    <row r="655" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A655" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B655" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C655" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D655" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E655" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F655" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G655" s="18" t="s">
+        <v>854</v>
+      </c>
+      <c r="H655" s="24" t="s">
+        <v>858</v>
+      </c>
+      <c r="I655" s="2" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="656" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A656" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B656" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C656" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D656" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E656" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F656" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G656" s="18" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H656" s="24" t="s">
+        <v>1473</v>
+      </c>
+      <c r="I656" s="2" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="657" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A657" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B657" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C657" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D657" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E657" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F657" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G657" s="18" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H657" s="18" t="s">
+        <v>681</v>
+      </c>
+      <c r="I657" s="2" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="658" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A658" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B658" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C658" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D658" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E658" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F658" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G658" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H658" s="24" t="s">
+        <v>682</v>
+      </c>
+      <c r="I658" s="22"/>
+    </row>
+    <row r="659" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A659" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B659" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C659" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D659" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="E659" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F659" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G659" s="18" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H659" s="24" t="s">
+        <v>811</v>
+      </c>
+      <c r="I659" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="J659" s="29" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="660" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A660" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B660" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C660" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D660" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E660" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F660" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G660" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H660" s="18" t="s">
+        <v>1889</v>
+      </c>
+      <c r="I660" s="18" t="s">
+        <v>1887</v>
+      </c>
+      <c r="J660" s="18" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="661" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A661" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B661" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C661" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D661" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E661" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F661" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G661" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H661" s="24" t="s">
+        <v>1985</v>
+      </c>
+      <c r="I661" s="23"/>
+    </row>
+    <row r="662" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A662" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B662" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C662" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D662" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E662" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F662" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G662" s="18" t="s">
+        <v>1675</v>
+      </c>
+      <c r="H662" s="18" t="s">
+        <v>1676</v>
+      </c>
+      <c r="I662" s="18" t="s">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="663" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A663" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B663" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C663" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D663" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E663" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F663" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G663" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H663" s="24" t="s">
+        <v>683</v>
+      </c>
+      <c r="I663" s="3"/>
+    </row>
+    <row r="664" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A664" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B664" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C664" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D664" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E664" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F664" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G664" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H664" s="24" t="s">
+        <v>684</v>
+      </c>
+      <c r="I664" s="3" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="665" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A665" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B665" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C665" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D665" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E665" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F665" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G665" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H665" s="24" t="s">
+        <v>685</v>
+      </c>
+      <c r="I665" s="22"/>
+    </row>
+    <row r="666" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A666" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B666" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C666" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D666" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E666" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F666" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G666" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H666" s="24" t="s">
+        <v>1427</v>
+      </c>
+      <c r="I666" s="23" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="667" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A667" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B667" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C667" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D667" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E667" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F667" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G667" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H667" s="24" t="s">
+        <v>687</v>
+      </c>
+      <c r="I667" s="3" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="668" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A668" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B668" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C668" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D668" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E668" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F668" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G668" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H668" s="24" t="s">
+        <v>1413</v>
+      </c>
+      <c r="I668" s="3" t="s">
+        <v>1412</v>
+      </c>
+      <c r="J668" s="18" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="669" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A669" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B669" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C669" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D669" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E669" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F669" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G669" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H669" s="24" t="s">
+        <v>891</v>
+      </c>
+      <c r="I669" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="670" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A670" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B670" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C670" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D670" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E670" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F670" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G670" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H670" s="24" t="s">
+        <v>697</v>
+      </c>
+      <c r="I670" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="J670" s="18" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="671" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A671" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B671" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C671" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D671" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E671" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F671" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G671" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H671" s="24" t="s">
+        <v>667</v>
+      </c>
+      <c r="I671" s="3" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="672" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A672" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B672" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C672" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D672" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E672" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F672" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G672" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H672" s="24" t="s">
+        <v>927</v>
+      </c>
+      <c r="I672" s="2"/>
+    </row>
+    <row r="673" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A673" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B673" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C673" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D673" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E673" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F673" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G673" s="18" t="s">
+        <v>931</v>
+      </c>
+      <c r="H673" s="24" t="s">
+        <v>935</v>
+      </c>
+      <c r="I673" s="3" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="674" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A674" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B674" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C674" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D674" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E674" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F674" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G674" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H674" s="24" t="s">
+        <v>978</v>
+      </c>
+      <c r="I674" s="22"/>
+      <c r="J674" s="18" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="675" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A675" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B675" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C675" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D675" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E675" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F675" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G675" s="18" t="s">
+        <v>959</v>
+      </c>
+      <c r="H675" s="24" t="s">
+        <v>1870</v>
+      </c>
+      <c r="I675" s="3" t="s">
+        <v>960</v>
+      </c>
+      <c r="J675" s="18" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="676" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A676" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B676" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C676" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D676" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E676" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F676" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G676" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H676" s="24" t="s">
+        <v>688</v>
+      </c>
+      <c r="I676" s="22" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="677" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A677" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B677" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C677" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D677" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E677" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F677" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G677" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H677" s="24" t="s">
+        <v>689</v>
+      </c>
+      <c r="I677" s="30" t="s">
+        <v>1014</v>
+      </c>
+      <c r="J677" s="18" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="678" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A678" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B678" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C678" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D678" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E678" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F678" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G678" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H678" s="24" t="s">
+        <v>703</v>
+      </c>
+      <c r="I678" s="31" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="679" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A679" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B679" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C679" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D679" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E679" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F679" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G679" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H679" s="24" t="s">
+        <v>705</v>
+      </c>
+      <c r="I679" s="31" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="680" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A680" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B680" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C680" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D680" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E680" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F680" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G680" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H680" s="24" t="s">
+        <v>701</v>
+      </c>
+      <c r="I680" s="31" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="681" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A681" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B681" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C681" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D681" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E681" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F681" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G681" s="18" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H681" s="24" t="s">
+        <v>1075</v>
+      </c>
+      <c r="I681" s="23" t="s">
+        <v>1076</v>
+      </c>
+      <c r="J681" s="18" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="682" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A682" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B682" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C682" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D682" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E682" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F682" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G682" s="18" t="s">
+        <v>1871</v>
+      </c>
+      <c r="H682" s="24" t="s">
+        <v>1416</v>
+      </c>
+      <c r="I682" s="22" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="683" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A683" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B683" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C683" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D683" s="18" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E683" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="F683" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G683" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H683" s="24" t="s">
+        <v>844</v>
+      </c>
+      <c r="I683" s="23" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="684" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A684" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B684" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C684" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D684" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E684" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F684" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G684" s="18" t="s">
+        <v>733</v>
+      </c>
+      <c r="H684" s="24" t="s">
+        <v>736</v>
+      </c>
+      <c r="I684" s="23" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="685" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A685" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B685" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C685" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D685" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E685" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F685" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G685" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H685" s="18" t="s">
+        <v>735</v>
+      </c>
+      <c r="I685" s="3" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="686" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A686" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B686" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C686" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D686" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E686" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F686" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G686" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="H686" s="18" t="s">
+        <v>836</v>
+      </c>
+      <c r="I686" s="2"/>
+    </row>
+    <row r="687" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A687" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B687" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C687" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D687" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E687" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F687" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G687" s="18" t="s">
+        <v>847</v>
+      </c>
+      <c r="H687" s="18" t="s">
+        <v>841</v>
+      </c>
+      <c r="I687" s="23" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="688" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A688" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B688" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C688" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D688" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E688" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F688" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G688" s="18" t="s">
+        <v>848</v>
+      </c>
+      <c r="H688" s="24" t="s">
+        <v>842</v>
+      </c>
+      <c r="I688" s="25" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="689" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A689" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B689" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C689" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D689" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E689" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F689" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G689" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H689" s="24" t="s">
+        <v>678</v>
+      </c>
+      <c r="I689" s="18" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="690" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A690" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B690" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C690" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D690" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E690" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F690" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G690" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H690" s="24" t="s">
+        <v>850</v>
+      </c>
+      <c r="I690" s="22"/>
+    </row>
+    <row r="691" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A691" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B691" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C691" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D691" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E691" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F691" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G691" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H691" s="24" t="s">
+        <v>849</v>
+      </c>
+      <c r="I691" s="2" t="s">
+        <v>851</v>
+      </c>
+      <c r="J691" s="18"/>
+    </row>
+    <row r="692" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A692" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B692" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C692" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D692" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E692" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F692" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G692" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H692" s="24" t="s">
+        <v>680</v>
+      </c>
+      <c r="I692" s="2" t="s">
+        <v>852</v>
+      </c>
+      <c r="J692" s="18"/>
+    </row>
+    <row r="693" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A693" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B693" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C693" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D693" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E693" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F693" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G693" s="18" t="s">
+        <v>854</v>
+      </c>
+      <c r="H693" s="24" t="s">
+        <v>859</v>
+      </c>
+      <c r="I693" s="2" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="694" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A694" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B694" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C694" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D694" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E694" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F694" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G694" s="18" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H694" s="24" t="s">
+        <v>1474</v>
+      </c>
+      <c r="I694" s="2"/>
+    </row>
+    <row r="695" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A695" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B695" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C695" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D695" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E695" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F695" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G695" s="18" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H695" s="18" t="s">
+        <v>837</v>
+      </c>
+      <c r="I695" s="2"/>
+    </row>
+    <row r="696" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A696" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B696" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C696" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D696" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E696" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F696" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G696" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H696" s="24" t="s">
+        <v>838</v>
+      </c>
+      <c r="I696" s="3"/>
+    </row>
+    <row r="697" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A697" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B697" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C697" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D697" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E697" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F697" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G697" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H697" s="24" t="s">
+        <v>1891</v>
+      </c>
+      <c r="I697" s="2" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="698" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A698" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B698" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C698" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D698" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E698" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F698" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G698" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="H698" s="18" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="699" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A699" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B699" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C699" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D699" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E699" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F699" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G699" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H699" s="24" t="s">
+        <v>840</v>
+      </c>
+      <c r="I699" s="2"/>
+    </row>
+    <row r="700" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A700" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B700" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C700" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D700" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E700" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F700" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G700" s="18" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H700" s="24" t="s">
+        <v>1025</v>
+      </c>
+      <c r="I700" s="23" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="701" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A701" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B701" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C701" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D701" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E701" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F701" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G701" s="18" t="s">
+        <v>1675</v>
+      </c>
+      <c r="H701" s="18" t="s">
+        <v>1677</v>
+      </c>
+      <c r="I701" s="18" t="s">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="702" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A702" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B702" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C702" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D702" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E702" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F702" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G702" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H702" s="24" t="s">
+        <v>683</v>
+      </c>
+      <c r="I702" s="3"/>
+    </row>
+    <row r="703" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A703" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B703" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C703" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D703" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E703" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F703" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G703" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H703" s="24" t="s">
+        <v>684</v>
+      </c>
+      <c r="I703" s="3" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="704" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A704" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B704" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C704" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D704" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E704" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F704" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G704" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H704" s="24" t="s">
+        <v>832</v>
+      </c>
+      <c r="I704" s="22" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="705" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A705" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B705" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C705" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D705" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E705" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F705" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G705" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H705" s="24" t="s">
+        <v>1426</v>
+      </c>
+      <c r="I705" s="3" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="706" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A706" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B706" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C706" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D706" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E706" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F706" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G706" s="18" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H706" s="24" t="s">
+        <v>1612</v>
+      </c>
+      <c r="I706" s="3" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="707" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A707" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B707" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C707" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D707" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E707" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F707" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G707" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H707" s="24" t="s">
+        <v>876</v>
+      </c>
+      <c r="I707" s="3" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="708" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A708" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B708" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C708" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D708" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E708" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F708" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G708" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H708" s="24" t="s">
+        <v>892</v>
+      </c>
+      <c r="I708" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="709" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A709" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B709" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C709" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D709" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E709" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F709" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G709" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H709" s="18" t="s">
+        <v>1650</v>
+      </c>
+      <c r="I709" s="3" t="s">
+        <v>1649</v>
+      </c>
+      <c r="J709" s="18" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="710" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A710" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B710" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C710" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D710" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E710" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F710" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G710" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H710" s="24" t="s">
+        <v>96</v>
+      </c>
+      <c r="I710" s="2"/>
+    </row>
+    <row r="711" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A711" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B711" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C711" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D711" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E711" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F711" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G711" s="18" t="s">
+        <v>931</v>
+      </c>
+      <c r="H711" s="24" t="s">
+        <v>932</v>
+      </c>
+      <c r="I711" s="3" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="712" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A712" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B712" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C712" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D712" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E712" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F712" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G712" s="18" t="s">
+        <v>1836</v>
+      </c>
+      <c r="H712" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I712" s="2" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="713" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A713" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B713" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C713" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D713" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E713" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F713" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G713" s="18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H713" s="24" t="s">
+        <v>962</v>
+      </c>
+      <c r="I713" s="3"/>
+    </row>
+    <row r="714" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A714" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B714" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C714" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D714" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E714" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F714" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G714" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H714" s="24" t="s">
+        <v>718</v>
+      </c>
+      <c r="I714" s="22" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="715" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A715" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B715" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C715" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D715" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E715" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F715" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G715" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H715" s="24" t="s">
+        <v>689</v>
+      </c>
+      <c r="I715" s="30" t="s">
+        <v>1014</v>
+      </c>
+      <c r="J715" s="18" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="716" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A716" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B716" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C716" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D716" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E716" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F716" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G716" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H716" s="24" t="s">
+        <v>707</v>
+      </c>
+      <c r="I716" s="31" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="717" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A717" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B717" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C717" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D717" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E717" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F717" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G717" s="18" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H717" s="24" t="s">
+        <v>705</v>
+      </c>
+      <c r="I717" s="31" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="718" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A718" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B718" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C718" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D718" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E718" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F718" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G718" s="18" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H718" s="24" t="s">
+        <v>1094</v>
+      </c>
+      <c r="I718" s="23" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="719" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A719" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B719" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C719" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D719" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E719" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F719" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G719" s="18" t="s">
+        <v>1871</v>
+      </c>
+      <c r="H719" s="18" t="s">
+        <v>1416</v>
+      </c>
+      <c r="I719" s="3" t="s">
+        <v>1417</v>
+      </c>
+      <c r="J719" s="18" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="720" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A720" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B720" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C720" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D720" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E720" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F720" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G720" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H720" s="18" t="s">
+        <v>1442</v>
+      </c>
+      <c r="I720" s="2" t="s">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="721" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A721" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B721" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C721" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D721" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E721" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F721" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G721" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="H721" s="18" t="s">
+        <v>1444</v>
+      </c>
+      <c r="I721" s="3" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="722" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A722" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B722" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C722" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D722" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E722" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F722" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G722" s="18" t="s">
+        <v>1446</v>
+      </c>
+      <c r="H722" s="18" t="s">
+        <v>1447</v>
+      </c>
+      <c r="I722" s="2" t="s">
+        <v>1448</v>
+      </c>
+      <c r="J722" s="18" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="723" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A723" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B723" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C723" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D723" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E723" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F723" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G723" s="18" t="s">
         <v>206</v>
       </c>
-      <c r="H24" t="s">
-[...16 lines deleted...]
-      <c r="D25" t="s">
+      <c r="H723" s="18" t="s">
+        <v>1511</v>
+      </c>
+      <c r="I723" s="3" t="s">
+        <v>1449</v>
+      </c>
+      <c r="J723" s="18" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="724" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A724" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B724" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C724" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D724" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E724" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F724" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G724" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H724" s="24" t="s">
+        <v>1512</v>
+      </c>
+      <c r="I724" s="3" t="s">
+        <v>1020</v>
+      </c>
+      <c r="J724" s="18" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="725" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A725" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B725" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C725" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D725" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="E25" t="s">
+      <c r="E725" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="F725" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G725" s="18" t="s">
+        <v>1692</v>
+      </c>
+      <c r="H725" s="18" t="s">
+        <v>1693</v>
+      </c>
+      <c r="I725" s="3" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="726" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A726" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B726" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C726" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D726" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E726" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F726" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G726" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H726" s="18" t="s">
+        <v>1450</v>
+      </c>
+      <c r="I726" s="3" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="727" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A727" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B727" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C727" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D727" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E727" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F727" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G727" s="18" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H727" s="24" t="s">
+        <v>1452</v>
+      </c>
+      <c r="I727" s="3" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="728" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A728" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B728" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C728" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D728" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E728" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F728" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G728" s="18" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H728" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I728" s="3" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="729" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A729" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B729" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C729" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D729" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E729" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F729" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G729" s="24" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H729" s="18" t="s">
+        <v>1458</v>
+      </c>
+      <c r="I729" s="3"/>
+      <c r="J729" s="18" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="730" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A730" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B730" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C730" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D730" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E730" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F730" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G730" s="24" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H730" s="18" t="s">
+        <v>1476</v>
+      </c>
+      <c r="I730" s="3" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="731" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A731" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B731" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C731" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D731" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E731" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F731" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G731" s="24" t="s">
+        <v>804</v>
+      </c>
+      <c r="H731" s="18" t="s">
+        <v>1481</v>
+      </c>
+      <c r="I731" s="3" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="732" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A732" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B732" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C732" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D732" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E732" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F732" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G732" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H732" s="18" t="s">
+        <v>1478</v>
+      </c>
+      <c r="I732" s="3" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="733" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A733" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B733" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C733" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D733" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E733" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F733" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G733" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="H733" s="18" t="s">
+        <v>1480</v>
+      </c>
+      <c r="I733" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="734" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A734" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B734" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C734" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D734" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E734" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F734" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G734" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H734" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I734" s="3"/>
+      <c r="J734" s="18" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="735" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A735" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B735" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C735" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D735" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E735" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F735" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G735" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H735" s="18" t="s">
+        <v>1485</v>
+      </c>
+      <c r="I735" s="3" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="736" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A736" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B736" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C736" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D736" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E736" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F736" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G736" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H736" s="18" t="s">
+        <v>1487</v>
+      </c>
+      <c r="I736" s="3" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="737" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A737" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B737" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C737" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D737" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E737" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F737" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G737" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H737" s="18" t="s">
+        <v>1487</v>
+      </c>
+      <c r="I737" s="3" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="738" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A738" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B738" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C738" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D738" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E738" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F738" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G738" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H738" s="18" t="s">
+        <v>1489</v>
+      </c>
+      <c r="I738" s="3" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="739" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A739" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B739" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C739" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D739" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E739" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F739" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G739" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H739" s="18" t="s">
+        <v>1491</v>
+      </c>
+      <c r="I739" s="3" t="s">
+        <v>1490</v>
+      </c>
+      <c r="J739" s="18" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="740" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A740" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B740" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C740" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D740" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E740" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F740" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G740" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H740" s="18" t="s">
+        <v>885</v>
+      </c>
+      <c r="I740" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="J740" s="18" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="741" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A741" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B741" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C741" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D741" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E741" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F741" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G741" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H741" s="18" t="s">
+        <v>1493</v>
+      </c>
+      <c r="I741" s="3" t="s">
+        <v>1492</v>
+      </c>
+      <c r="J741" s="18" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="742" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A742" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B742" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C742" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D742" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E742" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F742" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G742" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H742" s="18" t="s">
+        <v>1494</v>
+      </c>
+      <c r="I742" s="22" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="743" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A743" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B743" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C743" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D743" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E743" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F743" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G743" s="18" t="s">
+        <v>1495</v>
+      </c>
+      <c r="H743" s="18" t="s">
+        <v>1487</v>
+      </c>
+      <c r="I743" s="22" t="s">
+        <v>941</v>
+      </c>
+      <c r="J743" s="18" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="744" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A744" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B744" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C744" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D744" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E744" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F744" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G744" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H744" s="24" t="s">
+        <v>1832</v>
+      </c>
+      <c r="I744" s="25" t="s">
+        <v>981</v>
+      </c>
+      <c r="J744" s="18" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="745" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A745" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B745" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C745" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D745" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E745" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F745" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G745" s="18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H745" s="24" t="s">
+        <v>1498</v>
+      </c>
+      <c r="I745" s="25" t="s">
+        <v>1496</v>
+      </c>
+      <c r="J745" s="18" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="746" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A746" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B746" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C746" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D746" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E746" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F746" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G746" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H746" s="18" t="s">
+        <v>1500</v>
+      </c>
+      <c r="I746" s="25" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="747" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A747" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B747" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C747" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D747" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E747" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F747" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G747" s="18" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H747" s="21" t="s">
+        <v>1837</v>
+      </c>
+      <c r="I747" s="25" t="s">
+        <v>1501</v>
+      </c>
+      <c r="J747" s="18" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="748" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A748" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B748" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C748" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D748" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E748" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F748" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G748" s="18" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H748" s="21" t="s">
+        <v>1852</v>
+      </c>
+      <c r="I748" s="25" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="749" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A749" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B749" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C749" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D749" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E749" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F749" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G749" s="18" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H749" s="18" t="s">
+        <v>1506</v>
+      </c>
+      <c r="I749" s="25" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="750" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A750" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B750" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C750" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D750" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E750" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F750" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G750" s="18" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H750" s="18" t="s">
+        <v>1505</v>
+      </c>
+      <c r="I750" s="3" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="751" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A751" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B751" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C751" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D751" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E751" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F751" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G751" s="18" t="s">
+        <v>572</v>
+      </c>
+      <c r="H751" s="24" t="s">
+        <v>1510</v>
+      </c>
+      <c r="I751" s="3" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="752" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A752" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B752" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C752" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D752" s="18" t="s">
+        <v>302</v>
+      </c>
+      <c r="E752" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="F752" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G752" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H752" s="24" t="s">
+        <v>459</v>
+      </c>
+      <c r="I752" s="3" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="753" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A753" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B753" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C753" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D753" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E753" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F753" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G753" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H753" s="24" t="s">
+        <v>460</v>
+      </c>
+      <c r="I753" s="22" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="754" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A754" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B754" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C754" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D754" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E754" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F754" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G754" s="18" t="s">
+        <v>1712</v>
+      </c>
+      <c r="H754" s="24" t="s">
+        <v>1714</v>
+      </c>
+      <c r="I754" s="22" t="s">
+        <v>1713</v>
+      </c>
+      <c r="J754" s="18" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="755" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A755" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B755" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C755" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D755" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E755" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F755" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G755" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="H755" s="24" t="s">
+        <v>1716</v>
+      </c>
+      <c r="I755" s="22" t="s">
+        <v>1715</v>
+      </c>
+      <c r="J755" s="18" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="756" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A756" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B756" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C756" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D756" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E756" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F756" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G756" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H756" s="24" t="s">
+        <v>619</v>
+      </c>
+      <c r="I756" s="25" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="757" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A757" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B757" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C757" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D757" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E757" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F757" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G757" s="18" t="s">
         <v>16</v>
       </c>
-      <c r="H25" t="s">
+      <c r="H757" s="24" t="s">
+        <v>676</v>
+      </c>
+      <c r="I757" s="3" t="s">
+        <v>1717</v>
+      </c>
+      <c r="J757" s="18" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="758" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A758" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B758" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C758" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D758" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E758" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F758" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G758" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H758" s="24" t="s">
+        <v>470</v>
+      </c>
+      <c r="I758" s="25" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="759" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A759" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B759" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C759" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D759" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E759" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F759" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G759" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H759" s="24" t="s">
+        <v>487</v>
+      </c>
+      <c r="I759" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="J759" s="18" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="760" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A760" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B760" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C760" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D760" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E760" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F760" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G760" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H760" s="24" t="s">
+        <v>467</v>
+      </c>
+      <c r="I760" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="J760" s="18" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="761" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A761" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B761" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C761" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D761" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E761" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F761" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G761" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="H761" s="24" t="s">
+        <v>1828</v>
+      </c>
+      <c r="I761" s="3" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="762" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A762" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B762" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C762" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D762" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E762" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F762" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G762" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H762" s="24" t="s">
+        <v>473</v>
+      </c>
+      <c r="I762" s="25"/>
+      <c r="J762" s="18" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="763" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A763" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B763" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C763" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D763" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E763" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F763" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G763" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H763" s="24" t="s">
+        <v>1471</v>
+      </c>
+      <c r="I763" s="3" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="764" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A764" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B764" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C764" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D764" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E764" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F764" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G764" s="18" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H764" s="24" t="s">
+        <v>477</v>
+      </c>
+      <c r="I764" s="3" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="765" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A765" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B765" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C765" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D765" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E765" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F765" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G765" s="18" t="s">
+        <v>478</v>
+      </c>
+      <c r="H765" s="24" t="s">
+        <v>479</v>
+      </c>
+      <c r="I765" s="3" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="766" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A766" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B766" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C766" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D766" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="E766" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F766" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G766" s="18" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H766" s="24" t="s">
+        <v>481</v>
+      </c>
+      <c r="I766" s="18" t="s">
+        <v>482</v>
+      </c>
+      <c r="J766" s="18" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="767" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A767" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B767" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C767" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D767" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E767" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F767" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G767" s="24" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H767" s="24" t="s">
+        <v>488</v>
+      </c>
+      <c r="I767" s="22"/>
+      <c r="J767" s="18" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="768" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A768" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B768" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C768" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D768" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E768" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F768" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G768" s="18" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H768" s="24" t="s">
+        <v>1419</v>
+      </c>
+      <c r="I768" s="25" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="769" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A769" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B769" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C769" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D769" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E769" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F769" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G769" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="H769" s="24" t="s">
+        <v>464</v>
+      </c>
+      <c r="I769" s="18" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="770" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A770" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B770" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C770" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D770" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E770" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F770" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G770" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H770" s="24" t="s">
+        <v>96</v>
+      </c>
+      <c r="I770" s="25"/>
+    </row>
+    <row r="771" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A771" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B771" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C771" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D771" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E771" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F771" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G771" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H771" s="24" t="s">
+        <v>489</v>
+      </c>
+      <c r="I771" s="3" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="772" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A772" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B772" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C772" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D772" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E772" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F772" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G772" s="18" t="s">
+        <v>558</v>
+      </c>
+      <c r="H772" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="I772" s="3" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="773" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A773" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B773" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C773" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D773" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E773" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F773" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G773" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H773" s="24" t="s">
+        <v>532</v>
+      </c>
+      <c r="I773" s="3" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="774" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A774" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B774" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C774" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D774" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E774" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F774" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G774" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H774" s="24" t="s">
+        <v>494</v>
+      </c>
+      <c r="I774" s="25"/>
+      <c r="J774" s="18" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="775" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A775" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B775" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C775" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D775" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E775" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F775" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G775" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H775" s="24" t="s">
+        <v>465</v>
+      </c>
+      <c r="I775" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="J775" s="18" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="776" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A776" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B776" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C776" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D776" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E776" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F776" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G776" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H776" s="24" t="s">
+        <v>497</v>
+      </c>
+      <c r="I776" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="J776" s="18" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="777" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A777" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B777" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C777" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D777" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E777" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F777" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G777" s="18" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H777" s="24" t="s">
+        <v>1152</v>
+      </c>
+      <c r="I777" s="25" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="778" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A778" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B778" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C778" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D778" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E778" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F778" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G778" s="18" t="s">
+        <v>607</v>
+      </c>
+      <c r="H778" s="24" t="s">
+        <v>606</v>
+      </c>
+      <c r="I778" s="25" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="779" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A779" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B779" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C779" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D779" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E779" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F779" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G779" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H779" s="24" t="s">
+        <v>1711</v>
+      </c>
+      <c r="I779" s="25" t="s">
+        <v>1710</v>
+      </c>
+      <c r="J779" s="18" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="780" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A780" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B780" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C780" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D780" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E780" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F780" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G780" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H780" s="24" t="s">
+        <v>896</v>
+      </c>
+      <c r="I780" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="J780" s="18" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="781" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A781" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B781" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C781" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D781" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E781" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F781" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G781" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H781" s="24" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I781" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="J781" s="18" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="782" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A782" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B782" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C782" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D782" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E782" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F782" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G782" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H782" s="24" t="s">
+        <v>506</v>
+      </c>
+      <c r="I782" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="J782" s="18" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="783" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A783" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B783" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C783" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D783" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E783" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F783" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G783" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H783" s="24" t="s">
+        <v>520</v>
+      </c>
+      <c r="I783" s="3" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="784" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A784" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B784" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C784" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D784" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E784" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F784" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G784" s="18" t="s">
+        <v>444</v>
+      </c>
+      <c r="H784" s="24" t="s">
+        <v>1833</v>
+      </c>
+      <c r="I784" s="3" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="785" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A785" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B785" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C785" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D785" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E785" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F785" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G785" s="18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H785" s="24" t="s">
+        <v>510</v>
+      </c>
+      <c r="I785" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="J785" s="18" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="786" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A786" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B786" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C786" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D786" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E786" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F786" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G786" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H786" s="24" t="s">
+        <v>1814</v>
+      </c>
+      <c r="I786" s="3" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="787" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A787" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B787" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C787" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D787" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E787" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F787" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G787" s="24" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H787" s="24" t="s">
+        <v>518</v>
+      </c>
+      <c r="I787" s="3"/>
+      <c r="J787" s="18" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="788" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A788" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B788" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C788" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D788" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E788" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F788" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G788" s="24" t="s">
+        <v>522</v>
+      </c>
+      <c r="H788" s="24" t="s">
+        <v>523</v>
+      </c>
+      <c r="I788" s="3" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="789" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A789" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B789" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C789" s="18" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D789" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E789" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F789" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G789" s="18" t="s">
+        <v>1126</v>
+      </c>
+      <c r="H789" s="24" t="s">
+        <v>1125</v>
+      </c>
+      <c r="I789" s="3" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="790" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A790" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B790" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C790" s="18" t="s">
+        <v>472</v>
+      </c>
+      <c r="D790" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E790" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F790" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G790" s="18" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H790" s="24" t="s">
+        <v>1156</v>
+      </c>
+      <c r="I790" s="22" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="791" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A791" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B791" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C791" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D791" s="18" t="s">
+        <v>302</v>
+      </c>
+      <c r="E791" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="F791" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G791" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H791" s="24" t="s">
+        <v>1522</v>
+      </c>
+      <c r="I791" s="23" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="792" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A792" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B792" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C792" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D792" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E792" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F792" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G792" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H792" s="24" t="s">
+        <v>729</v>
+      </c>
+      <c r="I792" s="2"/>
+      <c r="J792" s="18" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="793" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A793" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B793" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C793" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D793" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E793" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F793" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G793" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="H793" s="24" t="s">
+        <v>1811</v>
+      </c>
+      <c r="I793" s="23" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="794" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A794" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B794" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C794" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D794" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E794" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F794" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G794" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H794" s="32" t="s">
+        <v>1097</v>
+      </c>
+      <c r="I794" s="26" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="795" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A795" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B795" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C795" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D795" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E795" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F795" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G795" s="18" t="s">
+        <v>1527</v>
+      </c>
+      <c r="H795" s="33" t="s">
+        <v>1528</v>
+      </c>
+      <c r="I795" s="22" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="796" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A796" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B796" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C796" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D796" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E796" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F796" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G796" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H796" s="24" t="s">
+        <v>1524</v>
+      </c>
+      <c r="I796" s="22" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="797" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A797" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B797" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C797" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D797" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E797" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F797" s="18" t="s">
+        <v>1529</v>
+      </c>
+      <c r="G797" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H797" s="24" t="s">
+        <v>1532</v>
+      </c>
+      <c r="I797" s="2" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="798" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A798" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B798" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C798" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D798" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E798" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F798" s="18" t="s">
+        <v>1529</v>
+      </c>
+      <c r="G798" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H798" s="24" t="s">
+        <v>1534</v>
+      </c>
+      <c r="I798" s="2"/>
+      <c r="J798" s="18" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="799" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A799" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B799" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C799" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D799" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E799" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F799" s="18" t="s">
+        <v>1529</v>
+      </c>
+      <c r="G799" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H799" s="24" t="s">
+        <v>1536</v>
+      </c>
+      <c r="I799" s="2"/>
+    </row>
+    <row r="800" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A800" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B800" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C800" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D800" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E800" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F800" s="18" t="s">
+        <v>1529</v>
+      </c>
+      <c r="G800" s="18" t="s">
+        <v>1537</v>
+      </c>
+      <c r="H800" s="21" t="s">
+        <v>1538</v>
+      </c>
+      <c r="I800" s="2" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="801" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A801" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B801" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C801" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D801" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E801" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F801" s="18" t="s">
+        <v>1529</v>
+      </c>
+      <c r="G801" s="18" t="s">
         <v>1540</v>
       </c>
-      <c r="I25" s="15" t="s">
-[...16 lines deleted...]
-      <c r="D26" t="s">
+      <c r="H801" s="24" t="s">
+        <v>1542</v>
+      </c>
+      <c r="I801" s="3" t="s">
+        <v>1541</v>
+      </c>
+      <c r="J801" s="18" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="802" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A802" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B802" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C802" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D802" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E802" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F802" s="18" t="s">
+        <v>1529</v>
+      </c>
+      <c r="G802" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H802" s="33" t="s">
+        <v>1543</v>
+      </c>
+      <c r="I802" s="23" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="803" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A803" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B803" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C803" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D803" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E803" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F803" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G803" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="H803" s="24" t="s">
+        <v>1531</v>
+      </c>
+      <c r="I803" s="2" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="804" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A804" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B804" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C804" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D804" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E804" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F804" s="18" t="s">
+        <v>1529</v>
+      </c>
+      <c r="G804" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="H804" s="33" t="s">
+        <v>1546</v>
+      </c>
+      <c r="I804" s="18" t="s">
+        <v>1545</v>
+      </c>
+      <c r="J804" s="18"/>
+    </row>
+    <row r="805" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A805" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B805" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C805" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D805" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E805" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F805" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G805" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H805" s="24" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="806" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A806" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B806" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C806" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D806" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E806" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F806" s="18" t="s">
+        <v>1529</v>
+      </c>
+      <c r="G806" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H806" s="18" t="s">
+        <v>1547</v>
+      </c>
+      <c r="I806" s="23"/>
+    </row>
+    <row r="807" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A807" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B807" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C807" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D807" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E807" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F807" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G807" s="18" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H807" s="24" t="s">
+        <v>1550</v>
+      </c>
+      <c r="I807" s="23" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="808" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A808" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B808" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C808" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D808" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E808" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F808" s="18" t="s">
+        <v>1529</v>
+      </c>
+      <c r="G808" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H808" s="24" t="s">
+        <v>1552</v>
+      </c>
+      <c r="I808" s="3" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="809" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A809" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B809" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C809" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D809" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E809" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F809" s="18" t="s">
+        <v>1529</v>
+      </c>
+      <c r="G809" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H809" s="24" t="s">
+        <v>1563</v>
+      </c>
+      <c r="I809" s="22" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="810" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A810" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B810" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C810" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D810" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E810" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F810" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G810" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H810" s="24" t="s">
+        <v>1557</v>
+      </c>
+      <c r="I810" s="18" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="811" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A811" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B811" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C811" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D811" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E811" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F811" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G811" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="H811" s="24" t="s">
+        <v>1165</v>
+      </c>
+      <c r="I811" s="3" t="s">
+        <v>1164</v>
+      </c>
+      <c r="J811" s="18" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="812" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A812" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B812" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C812" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D812" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E812" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F812" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G812" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H812" s="24" t="s">
+        <v>1572</v>
+      </c>
+      <c r="I812" s="3" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="813" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A813" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B813" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C813" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D813" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E813" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F813" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G813" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H813" s="24" t="s">
+        <v>893</v>
+      </c>
+      <c r="I813" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="J813" s="18" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="814" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A814" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B814" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C814" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D814" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E814" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F814" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G814" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H814" s="18" t="s">
+        <v>1652</v>
+      </c>
+      <c r="I814" s="3"/>
+      <c r="J814" s="18" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="815" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A815" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B815" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C815" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D815" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E815" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F815" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G815" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H815" s="24" t="s">
+        <v>1709</v>
+      </c>
+      <c r="I815" s="2" t="s">
+        <v>1708</v>
+      </c>
+    </row>
+    <row r="816" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A816" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B816" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C816" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D816" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E816" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F816" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G816" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H816" s="24" t="s">
+        <v>937</v>
+      </c>
+      <c r="I816" s="3" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="817" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A817" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B817" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C817" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D817" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E817" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F817" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G817" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H817" s="24" t="s">
+        <v>986</v>
+      </c>
+      <c r="I817" s="2" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="818" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A818" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B818" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C818" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D818" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E818" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F818" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G818" s="18" t="s">
+        <v>964</v>
+      </c>
+      <c r="H818" s="24" t="s">
+        <v>965</v>
+      </c>
+      <c r="I818" s="3" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="819" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A819" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B819" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C819" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D819" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E819" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F819" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G819" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H819" s="24" t="s">
+        <v>996</v>
+      </c>
+      <c r="I819" s="22" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="820" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A820" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B820" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C820" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D820" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E820" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F820" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G820" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H820" s="24" t="s">
+        <v>1012</v>
+      </c>
+      <c r="I820" s="22" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="821" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A821" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B821" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C821" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D821" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E821" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F821" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G821" s="18" t="s">
+        <v>1564</v>
+      </c>
+      <c r="H821" s="24" t="s">
+        <v>1565</v>
+      </c>
+      <c r="I821" s="22" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="822" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A822" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B822" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C822" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D822" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E822" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F822" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G822" s="18" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H822" s="24" t="s">
+        <v>1569</v>
+      </c>
+      <c r="I822" s="23" t="s">
+        <v>1568</v>
+      </c>
+      <c r="J822" s="18"/>
+    </row>
+    <row r="823" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A823" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B823" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C823" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D823" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E823" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F823" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G823" s="18" t="s">
+        <v>571</v>
+      </c>
+      <c r="H823" s="24" t="s">
+        <v>1571</v>
+      </c>
+      <c r="I823" s="3" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="824" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A824" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B824" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C824" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D824" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E824" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F824" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G824" s="18" t="s">
+        <v>727</v>
+      </c>
+      <c r="H824" s="24" t="s">
+        <v>728</v>
+      </c>
+      <c r="I824" s="3" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="825" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A825" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B825" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C825" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D825" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E825" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F825" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G825" s="18" t="s">
+        <v>737</v>
+      </c>
+      <c r="H825" s="24" t="s">
+        <v>738</v>
+      </c>
+      <c r="I825" s="3" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="826" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A826" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B826" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C826" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D826" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E826" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F826" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G826" s="18" t="s">
+        <v>758</v>
+      </c>
+      <c r="H826" s="32" t="s">
+        <v>757</v>
+      </c>
+      <c r="I826" s="3" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="827" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A827" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B827" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C827" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D827" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E827" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F827" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G827" s="18" t="s">
+        <v>760</v>
+      </c>
+      <c r="H827" s="24" t="s">
+        <v>761</v>
+      </c>
+      <c r="I827" s="3" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="828" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A828" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B828" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C828" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D828" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E828" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F828" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G828" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H828" s="24" t="s">
+        <v>763</v>
+      </c>
+      <c r="I828" s="3" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="829" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A829" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B829" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C829" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D829" s="18" t="s">
         <v>43</v>
       </c>
-      <c r="E26" t="s">
+      <c r="E829" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="F26" t="s">
+      <c r="F829" s="18" t="s">
         <v>5</v>
       </c>
-      <c r="G26" t="s">
+      <c r="G829" s="18" t="s">
         <v>18</v>
       </c>
-      <c r="H26" t="s">
-[...16 lines deleted...]
-      <c r="D27" t="s">
+      <c r="H829" s="24" t="s">
+        <v>765</v>
+      </c>
+      <c r="I829" s="3"/>
+    </row>
+    <row r="830" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A830" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B830" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C830" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D830" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E830" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F830" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G830" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H830" s="24" t="s">
+        <v>740</v>
+      </c>
+      <c r="I830" s="3" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="831" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A831" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B831" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C831" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D831" s="18" t="s">
         <v>72</v>
       </c>
-      <c r="E27" t="s">
+      <c r="E831" s="18" t="s">
         <v>240</v>
       </c>
-      <c r="F27" t="s">
-[...22 lines deleted...]
-      <c r="D28" t="s">
+      <c r="F831" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G831" s="18" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H831" s="24" t="s">
+        <v>766</v>
+      </c>
+      <c r="I831" s="3" t="s">
+        <v>746</v>
+      </c>
+      <c r="J831" s="18"/>
+    </row>
+    <row r="832" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A832" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B832" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C832" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D832" s="18" t="s">
         <v>73</v>
       </c>
-      <c r="E28" t="s">
+      <c r="E832" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="F832" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G832" s="18" t="s">
         <v>75</v>
       </c>
-      <c r="H28" t="s">
-[...16 lines deleted...]
-      <c r="D29" t="s">
+      <c r="H832" s="24" t="s">
+        <v>767</v>
+      </c>
+      <c r="I832" s="3" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="833" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A833" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B833" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C833" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D833" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="E29" t="s">
+      <c r="E833" s="18" t="s">
         <v>77</v>
       </c>
-      <c r="F29" t="s">
+      <c r="F833" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G833" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H833" s="24" t="s">
+        <v>768</v>
+      </c>
+      <c r="I833" s="3" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="834" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A834" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B834" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C834" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D834" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E834" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F834" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G834" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H834" s="24" t="s">
+        <v>769</v>
+      </c>
+      <c r="I834" s="3" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="835" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A835" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B835" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C835" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D835" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E835" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F835" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G835" s="18" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H835" s="24" t="s">
+        <v>764</v>
+      </c>
+      <c r="I835" s="3" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="836" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A836" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B836" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C836" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D836" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E836" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F836" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G836" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H836" s="24" t="s">
+        <v>1819</v>
+      </c>
+      <c r="I836" s="3" t="s">
+        <v>1174</v>
+      </c>
+      <c r="J836" s="18" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="837" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A837" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B837" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C837" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D837" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="E837" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F837" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G837" s="18" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H837" s="24" t="s">
+        <v>771</v>
+      </c>
+      <c r="I837" s="3" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="838" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A838" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B838" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C838" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D838" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E838" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F838" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G838" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H838" s="24" t="s">
+        <v>1707</v>
+      </c>
+      <c r="I838" s="3" t="s">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="839" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A839" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B839" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C839" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D839" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E839" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F839" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G839" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="H839" s="24" t="s">
+        <v>668</v>
+      </c>
+      <c r="I839" s="3" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="840" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A840" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B840" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C840" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D840" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E840" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F840" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G840" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="H840" s="24" t="s">
+        <v>741</v>
+      </c>
+      <c r="I840" s="3" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="841" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A841" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B841" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C841" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D841" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E841" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F841" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G841" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="H841" s="24" t="s">
+        <v>96</v>
+      </c>
+      <c r="I841" s="3"/>
+      <c r="J841" s="18"/>
+    </row>
+    <row r="842" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A842" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B842" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C842" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D842" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E842" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F842" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G842" s="18" t="s">
+        <v>1438</v>
+      </c>
+      <c r="H842" s="18" t="s">
+        <v>1439</v>
+      </c>
+      <c r="I842" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="843" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A843" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B843" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C843" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D843" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E843" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F843" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G843" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H843" s="24" t="s">
+        <v>1705</v>
+      </c>
+      <c r="I843" s="3" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="844" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A844" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B844" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C844" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D844" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E844" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F844" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G844" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H844" s="24" t="s">
+        <v>742</v>
+      </c>
+      <c r="I844" s="3" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="845" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A845" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B845" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C845" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D845" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E845" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F845" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G845" s="18" t="s">
+        <v>1553</v>
+      </c>
+      <c r="H845" s="24" t="s">
+        <v>1554</v>
+      </c>
+      <c r="I845" s="3" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="846" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A846" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B846" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C846" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D846" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E846" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F846" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G846" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H846" s="24" t="s">
+        <v>743</v>
+      </c>
+      <c r="I846" s="3" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="847" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A847" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B847" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C847" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D847" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="E847" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F847" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G847" s="18" t="s">
+        <v>773</v>
+      </c>
+      <c r="H847" s="24" t="s">
+        <v>775</v>
+      </c>
+      <c r="I847" s="3" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="848" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A848" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B848" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C848" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D848" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E848" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F848" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G848" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H848" s="24" t="s">
+        <v>776</v>
+      </c>
+      <c r="I848" s="3" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="849" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A849" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B849" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C849" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D849" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E849" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F849" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G849" s="18" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H849" s="24" t="s">
+        <v>1178</v>
+      </c>
+      <c r="I849" s="3" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="850" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A850" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B850" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C850" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D850" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E850" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F850" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G850" s="18" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H850" s="18" t="s">
+        <v>1177</v>
+      </c>
+      <c r="I850" s="3" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="851" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A851" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B851" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C851" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D851" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E851" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F851" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G851" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H851" s="24" t="s">
+        <v>874</v>
+      </c>
+      <c r="I851" s="3" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="852" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A852" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B852" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C852" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D852" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E852" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F852" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G852" s="18" t="s">
+        <v>883</v>
+      </c>
+      <c r="H852" s="24" t="s">
+        <v>873</v>
+      </c>
+      <c r="I852" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="J852" s="18" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="853" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A853" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B853" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C853" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D853" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E853" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F853" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G853" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H853" s="24" t="s">
+        <v>744</v>
+      </c>
+      <c r="I853" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="J853" s="18" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="854" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A854" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B854" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C854" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D854" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E854" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F854" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G854" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="H854" s="24" t="s">
+        <v>783</v>
+      </c>
+      <c r="I854" s="3" t="s">
+        <v>782</v>
+      </c>
+      <c r="J854" s="18"/>
+    </row>
+    <row r="855" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A855" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B855" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C855" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D855" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E855" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F855" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G855" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H855" s="24" t="s">
+        <v>1706</v>
+      </c>
+      <c r="I855" s="3" t="s">
+        <v>784</v>
+      </c>
+      <c r="J855" s="18"/>
+    </row>
+    <row r="856" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A856" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B856" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C856" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D856" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E856" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F856" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G856" s="18" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H856" s="24" t="s">
+        <v>1834</v>
+      </c>
+      <c r="I856" s="3" t="s">
+        <v>780</v>
+      </c>
+      <c r="J856" s="18"/>
+    </row>
+    <row r="857" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A857" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B857" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C857" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D857" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E857" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F857" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G857" s="18" t="s">
+        <v>787</v>
+      </c>
+      <c r="H857" s="18" t="s">
+        <v>785</v>
+      </c>
+      <c r="I857" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="J857" s="18"/>
+    </row>
+    <row r="858" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A858" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B858" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C858" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D858" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E858" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F858" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G858" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H858" s="24" t="s">
+        <v>720</v>
+      </c>
+      <c r="I858" s="3" t="s">
+        <v>721</v>
+      </c>
+      <c r="J858" s="18"/>
+    </row>
+    <row r="859" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A859" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B859" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C859" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D859" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E859" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F859" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G859" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H859" s="24" t="s">
+        <v>1701</v>
+      </c>
+      <c r="I859" s="3" t="s">
+        <v>1702</v>
+      </c>
+      <c r="J859" s="18"/>
+    </row>
+    <row r="860" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A860" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B860" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C860" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D860" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E860" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F860" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G860" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H860" s="24" t="s">
+        <v>788</v>
+      </c>
+      <c r="I860" s="3" t="s">
+        <v>755</v>
+      </c>
+      <c r="J860" s="18"/>
+    </row>
+    <row r="861" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A861" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B861" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C861" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D861" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E861" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F861" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G861" s="18" t="s">
+        <v>571</v>
+      </c>
+      <c r="H861" s="24" t="s">
+        <v>789</v>
+      </c>
+      <c r="I861" s="3" t="s">
+        <v>1140</v>
+      </c>
+      <c r="J861" s="18"/>
+    </row>
+    <row r="862" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A862" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B862" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C862" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D862" s="18" t="s">
+        <v>708</v>
+      </c>
+      <c r="E862" s="18" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F862" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G862" s="34" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H862" s="34" t="s">
+        <v>1139</v>
+      </c>
+      <c r="I862" s="23" t="s">
+        <v>1138</v>
+      </c>
+      <c r="J862" s="18"/>
+    </row>
+    <row r="863" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A863" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B863" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C863" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D863" s="18" t="s">
+        <v>709</v>
+      </c>
+      <c r="E863" s="18" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F863" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G863" s="18" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H863" s="24" t="s">
+        <v>1146</v>
+      </c>
+      <c r="I863" s="23" t="s">
+        <v>1145</v>
+      </c>
+      <c r="J863" s="18"/>
+    </row>
+    <row r="864" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A864" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B864" s="18" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C864" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="D864" s="18" t="s">
+        <v>710</v>
+      </c>
+      <c r="E864" s="18" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F864" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G864" s="18" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H864" s="24" t="s">
+        <v>1148</v>
+      </c>
+      <c r="I864" s="3" t="s">
+        <v>1143</v>
+      </c>
+      <c r="J864" s="18" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="865" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A865" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B865" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C865" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D865" s="18" t="s">
+        <v>302</v>
+      </c>
+      <c r="E865" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="F865" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G865" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="H865" s="24" t="s">
+        <v>1680</v>
+      </c>
+      <c r="I865" s="23" t="s">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="866" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A866" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B866" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C866" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D866" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E866" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="F866" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G866" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="H866" s="18" t="s">
+        <v>1106</v>
+      </c>
+      <c r="I866" s="23" t="s">
+        <v>1107</v>
+      </c>
+      <c r="J866" s="18" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="867" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A867" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B867" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C867" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D867" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E867" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F867" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G867" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="H867" s="18" t="s">
+        <v>1015</v>
+      </c>
+      <c r="I867" s="18" t="s">
+        <v>1615</v>
+      </c>
+    </row>
+    <row r="868" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A868" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B868" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C868" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D868" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E868" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F868" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G868" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="H868" s="24" t="s">
+        <v>1616</v>
+      </c>
+      <c r="I868" s="26"/>
+      <c r="J868" s="18"/>
+    </row>
+    <row r="869" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A869" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B869" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C869" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D869" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E869" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F869" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G869" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="H869" s="18" t="s">
+        <v>1096</v>
+      </c>
+      <c r="I869" s="5" t="s">
+        <v>1109</v>
+      </c>
+      <c r="J869" s="18" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="870" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A870" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B870" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C870" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D870" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E870" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F870" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G870" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H870" s="35" t="s">
+        <v>57</v>
+      </c>
+      <c r="I870" s="5"/>
+      <c r="J870" s="18" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="871" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A871" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B871" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C871" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D871" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E871" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F871" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G871" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="H871" s="24" t="s">
+        <v>71</v>
+      </c>
+      <c r="I871" s="5" t="s">
+        <v>1699</v>
+      </c>
+      <c r="J871" s="18"/>
+    </row>
+    <row r="872" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A872" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B872" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C872" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D872" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E872" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F872" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G872" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="H872" s="18" t="s">
+        <v>1617</v>
+      </c>
+      <c r="I872" s="26" t="s">
+        <v>1700</v>
+      </c>
+      <c r="J872" s="18"/>
+    </row>
+    <row r="873" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A873" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B873" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C873" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D873" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E873" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F873" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G873" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="H873" s="18" t="s">
+        <v>1830</v>
+      </c>
+      <c r="I873" s="5" t="s">
+        <v>1695</v>
+      </c>
+      <c r="J873" s="18"/>
+    </row>
+    <row r="874" spans="1:10" s="19" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A874" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B874" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C874" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D874" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E874" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F874" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G874" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H874" s="24" t="s">
+        <v>947</v>
+      </c>
+      <c r="I874" s="5"/>
+      <c r="J874" s="18"/>
+    </row>
+    <row r="875" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A875" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B875" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C875" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D875" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E875" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F875" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G875" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H875" s="24" t="s">
+        <v>1690</v>
+      </c>
+      <c r="I875" s="5" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="876" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A876" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B876" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C876" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D876" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E876" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F876" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G876" s="18" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H876" s="18" t="s">
+        <v>1688</v>
+      </c>
+      <c r="I876" s="5" t="s">
+        <v>1687</v>
+      </c>
+    </row>
+    <row r="877" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A877" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B877" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C877" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D877" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E877" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F877" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G877" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H877" s="35" t="s">
+        <v>1383</v>
+      </c>
+      <c r="I877" s="26"/>
+    </row>
+    <row r="878" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A878" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B878" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C878" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D878" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="E878" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F878" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G878" s="18" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H878" s="18" t="s">
+        <v>1661</v>
+      </c>
+      <c r="I878" s="5" t="s">
+        <v>1660</v>
+      </c>
+    </row>
+    <row r="879" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A879" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B879" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C879" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D879" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E879" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F879" s="18" t="s">
         <v>9</v>
       </c>
-      <c r="G29" t="s">
-[...167 lines deleted...]
-      <c r="D35" t="s">
+      <c r="G879" s="18" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H879" s="24" t="s">
+        <v>1614</v>
+      </c>
+      <c r="I879" s="3" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="880" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A880" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B880" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C880" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D880" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="E35" t="s">
+      <c r="E880" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="F880" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G880" s="18" t="s">
         <v>23</v>
       </c>
-      <c r="H35" t="s">
-[...51 lines deleted...]
-      <c r="D37" t="s">
+      <c r="H880" s="18" t="s">
+        <v>1167</v>
+      </c>
+      <c r="I880" s="5" t="s">
+        <v>1167</v>
+      </c>
+      <c r="J880" s="18" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="881" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A881" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B881" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C881" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D881" s="18" t="s">
         <v>46</v>
       </c>
-      <c r="E37" t="s">
+      <c r="E881" s="18" t="s">
         <v>24</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="F881" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G881" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="H37" t="s">
-[...16 lines deleted...]
-      <c r="D38" t="s">
+      <c r="H881" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="I881" s="26"/>
+    </row>
+    <row r="882" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A882" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B882" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C882" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D882" s="18" t="s">
         <v>97</v>
       </c>
-      <c r="E38" t="s">
+      <c r="E882" s="18" t="s">
         <v>98</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="F882" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G882" s="18" t="s">
         <v>100</v>
       </c>
-      <c r="H38" t="s">
-[...16 lines deleted...]
-      <c r="D39" t="s">
+      <c r="H882" s="18" t="s">
+        <v>1614</v>
+      </c>
+      <c r="I882" s="5" t="s">
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="883" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A883" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B883" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C883" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D883" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="E39" t="s">
+      <c r="E883" s="18" t="s">
         <v>26</v>
       </c>
-      <c r="F39" t="s">
-[...22 lines deleted...]
-      <c r="D40" t="s">
+      <c r="F883" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G883" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="H883" s="24" t="s">
+        <v>1116</v>
+      </c>
+      <c r="I883" s="36" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="884" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A884" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B884" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C884" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D884" s="18" t="s">
         <v>48</v>
       </c>
-      <c r="E40" t="s">
+      <c r="E884" s="18" t="s">
         <v>28</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="F884" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G884" s="18" t="s">
         <v>101</v>
       </c>
-      <c r="H40" t="s">
-[...16 lines deleted...]
-      <c r="D41" t="s">
+      <c r="H884" s="18" t="s">
+        <v>1697</v>
+      </c>
+      <c r="I884" s="24" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="885" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A885" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B885" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C885" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D885" s="18" t="s">
         <v>102</v>
       </c>
-      <c r="E41" t="s">
+      <c r="E885" s="18" t="s">
         <v>103</v>
       </c>
-      <c r="F41" t="s">
-[...22 lines deleted...]
-      <c r="D42" t="s">
+      <c r="F885" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G885" s="18" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H885" s="18" t="s">
+        <v>947</v>
+      </c>
+      <c r="I885" s="24"/>
+    </row>
+    <row r="886" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A886" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B886" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C886" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D886" s="18" t="s">
         <v>104</v>
       </c>
-      <c r="E42" t="s">
+      <c r="E886" s="18" t="s">
         <v>105</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="F886" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G886" s="18" t="s">
         <v>107</v>
       </c>
-      <c r="H42" t="s">
-[...16 lines deleted...]
-      <c r="D43" t="s">
+      <c r="H886" s="24" t="s">
+        <v>947</v>
+      </c>
+      <c r="I886" s="3"/>
+    </row>
+    <row r="887" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A887" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B887" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C887" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D887" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="E887" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F887" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G887" s="18" t="s">
+        <v>773</v>
+      </c>
+      <c r="H887" s="24" t="s">
+        <v>1181</v>
+      </c>
+      <c r="I887" s="30" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="888" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A888" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B888" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C888" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D888" s="18" t="s">
         <v>49</v>
       </c>
-      <c r="E43" t="s">
+      <c r="E888" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="F43" t="s">
+      <c r="F888" s="18" t="s">
         <v>5</v>
       </c>
-      <c r="G43" t="s">
+      <c r="G888" s="18" t="s">
         <v>31</v>
       </c>
-      <c r="H43" t="s">
-[...45 lines deleted...]
-      <c r="D45" t="s">
+      <c r="H888" s="24" t="s">
+        <v>1682</v>
+      </c>
+      <c r="I888" s="23" t="s">
+        <v>1683</v>
+      </c>
+      <c r="J888" s="18" t="s">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="889" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A889" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B889" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C889" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D889" s="18" t="s">
         <v>110</v>
       </c>
-      <c r="E45" t="s">
+      <c r="E889" s="18" t="s">
         <v>111</v>
       </c>
-      <c r="F45" t="s">
-[...22 lines deleted...]
-      <c r="D46" t="s">
+      <c r="F889" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G889" s="18" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H889" s="24" t="s">
+        <v>1033</v>
+      </c>
+      <c r="I889" s="3" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="890" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A890" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B890" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C890" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D890" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E46" t="s">
+      <c r="E890" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+      <c r="F890" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G890" s="18" t="s">
         <v>306</v>
       </c>
-      <c r="H46" t="s">
-[...16 lines deleted...]
-      <c r="D47" t="s">
+      <c r="H890" s="18" t="s">
+        <v>1112</v>
+      </c>
+      <c r="I890" s="23" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="891" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A891" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B891" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C891" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D891" s="18" t="s">
         <v>51</v>
       </c>
-      <c r="E47" t="s">
+      <c r="E891" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="F47" t="s">
-[...22 lines deleted...]
-      <c r="D48" t="s">
+      <c r="F891" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G891" s="18" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H891" s="18" t="s">
+        <v>1618</v>
+      </c>
+      <c r="I891" s="5" t="s">
+        <v>1619</v>
+      </c>
+    </row>
+    <row r="892" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A892" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B892" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C892" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D892" s="18" t="s">
         <v>113</v>
       </c>
-      <c r="E48" t="s">
+      <c r="E892" s="18" t="s">
         <v>114</v>
       </c>
-      <c r="F48" t="s">
-[...8 lines deleted...]
-      <c r="I48" s="15" t="s">
+      <c r="F892" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G892" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="H892" s="24" t="s">
+        <v>900</v>
+      </c>
+      <c r="I892" s="22" t="s">
         <v>143</v>
       </c>
-      <c r="J48" t="s">
-[...13 lines deleted...]
-      <c r="D49" t="s">
+    </row>
+    <row r="893" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A893" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B893" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C893" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D893" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="E49" t="s">
+      <c r="E893" s="18" t="s">
         <v>116</v>
       </c>
-      <c r="F49" t="s">
-[...25 lines deleted...]
-      <c r="D50" t="s">
+      <c r="F893" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G893" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="H893" s="18" t="s">
+        <v>1346</v>
+      </c>
+      <c r="I893" s="3" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="894" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A894" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B894" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C894" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D894" s="18" t="s">
         <v>117</v>
       </c>
-      <c r="E50" t="s">
+      <c r="E894" s="18" t="s">
         <v>118</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="F894" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G894" s="18" t="s">
         <v>119</v>
       </c>
-      <c r="H50" t="s">
-[...16 lines deleted...]
-      <c r="D51" t="s">
+      <c r="H894" s="24" t="s">
+        <v>925</v>
+      </c>
+      <c r="I894" s="2" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="895" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A895" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B895" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C895" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D895" s="18" t="s">
         <v>120</v>
       </c>
-      <c r="E51" t="s">
+      <c r="E895" s="18" t="s">
         <v>121</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+      <c r="F895" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G895" s="18" t="s">
         <v>122</v>
       </c>
-      <c r="H51" t="s">
-[...2 lines deleted...]
-      <c r="I51" s="15" t="s">
+      <c r="H895" s="24" t="s">
+        <v>948</v>
+      </c>
+      <c r="I895" s="3" t="s">
         <v>144</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D52" t="s">
+      <c r="J895" s="18" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="896" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A896" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B896" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C896" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D896" s="18" t="s">
         <v>123</v>
       </c>
-      <c r="E52" t="s">
+      <c r="E896" s="18" t="s">
         <v>124</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="F896" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G896" s="18" t="s">
         <v>126</v>
       </c>
-      <c r="H52" t="s">
-[...19 lines deleted...]
-      <c r="D53" t="s">
+      <c r="H896" s="24" t="s">
+        <v>1696</v>
+      </c>
+      <c r="I896" s="23" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="897" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A897" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B897" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C897" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D897" s="18" t="s">
         <v>127</v>
       </c>
-      <c r="E53" t="s">
+      <c r="E897" s="18" t="s">
         <v>128</v>
       </c>
-      <c r="F53" t="s">
-[...22 lines deleted...]
-      <c r="D54" t="s">
+      <c r="F897" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G897" s="18" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H897" s="24" t="s">
+        <v>969</v>
+      </c>
+      <c r="I897" s="3" t="s">
+        <v>967</v>
+      </c>
+      <c r="J897" s="18" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="898" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A898" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B898" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C898" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D898" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="E54" t="s">
+      <c r="E898" s="18" t="s">
         <v>61</v>
       </c>
-      <c r="F54" t="s">
-[...25 lines deleted...]
-      <c r="D55" t="s">
+      <c r="F898" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="G898" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="H898" s="24" t="s">
+        <v>998</v>
+      </c>
+      <c r="I898" s="30" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="899" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A899" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B899" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C899" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D899" s="18" t="s">
         <v>58</v>
       </c>
-      <c r="E55" t="s">
+      <c r="E899" s="18" t="s">
         <v>239</v>
       </c>
-      <c r="F55" t="s">
-[...25 lines deleted...]
-      <c r="D56" t="s">
+      <c r="F899" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G899" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H899" s="24" t="s">
+        <v>1686</v>
+      </c>
+      <c r="I899" s="3" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="900" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A900" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B900" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C900" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D900" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="E56" t="s">
+      <c r="E900" s="18" t="s">
         <v>35</v>
       </c>
-      <c r="F56" t="s">
-[...22 lines deleted...]
-      <c r="D57" t="s">
+      <c r="F900" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G900" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H900" s="24" t="s">
+        <v>1118</v>
+      </c>
+      <c r="I900" s="3" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="901" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A901" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B901" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C901" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D901" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="E57" t="s">
+      <c r="E901" s="18" t="s">
         <v>35</v>
       </c>
-      <c r="F57" t="s">
-[...22 lines deleted...]
-      <c r="D58" t="s">
+      <c r="F901" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G901" s="18" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H901" s="18" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I901" s="3" t="s">
+        <v>1119</v>
+      </c>
+      <c r="J901" s="18" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="902" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A902" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B902" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C902" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D902" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="E58" t="s">
+      <c r="E902" s="18" t="s">
         <v>35</v>
       </c>
-      <c r="F58" t="s">
-[...22 lines deleted...]
-      <c r="D59" t="s">
+      <c r="F902" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G902" s="18" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H902" s="18" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I902" s="5" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="903" spans="1:10" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A903" s="18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B903" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C903" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="D903" s="18" t="s">
         <v>53</v>
       </c>
-      <c r="E59" t="s">
+      <c r="E903" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="F59" t="s">
+      <c r="F903" s="18" t="s">
         <v>5</v>
       </c>
-      <c r="G59" t="s">
-[...10742 lines deleted...]
-      <c r="I423" s="8" t="s">
+      <c r="G903" s="18" t="s">
         <v>571</v>
       </c>
-      <c r="J423"/>
-[...824 lines deleted...]
-      <c r="I451" s="8" t="s">
+      <c r="H903" s="18" t="s">
+        <v>1113</v>
+      </c>
+      <c r="I903" s="18" t="s">
         <v>1114</v>
       </c>
-      <c r="J451" t="s">
-[...13275 lines deleted...]
-      <c r="J902" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:H874" xr:uid="{7CEE26F0-9323-453C-A270-1A6BC820D5C6}"/>
   <hyperlinks>
-    <hyperlink ref="I8" r:id="rId1" xr:uid="{1BC80B76-2C28-4598-A626-D47040296571}"/>
-[...693 lines deleted...]
-    <hyperlink ref="I883" r:id="rId695" xr:uid="{56D2FA4E-A598-4217-8FA1-4734C81C89AA}"/>
+    <hyperlink ref="I857" r:id="rId1" display="https://opendata.swiss/fr/dataset/eidg-wahlen-2023/resource/f585480c-4db2-408b-9a65-d6e03f66fff1" xr:uid="{5C444555-0691-4ED6-BA67-EC7FECD150B5}"/>
+    <hyperlink ref="I848" r:id="rId2" display="https://www.verkiezingsuitslagen.nl/" xr:uid="{10595D53-49A2-4D0A-95D1-3A07010F9A1E}"/>
+    <hyperlink ref="I851" r:id="rId3" display="https://wybory.gov.pl/index/index.html?language=en&amp;tab=wybory&amp;accessibility=off" xr:uid="{0D10E789-38B5-49AF-BEED-3CEAE8809303}"/>
+    <hyperlink ref="I855" r:id="rId4" display="https://www.juntaelectoralcentral.es/cs/jec/elecciones/" xr:uid="{3C592B4A-3CA4-49EC-AAE8-A008356C2711}"/>
+    <hyperlink ref="I852" r:id="rId5" display="https://www.eleicoes.mai.gov.pt/" xr:uid="{5714642A-A1C3-4A35-8DD2-2345B506B065}"/>
+    <hyperlink ref="I853" r:id="rId6" display="https://volby.statistics.sk/index-en.html" xr:uid="{A798645B-D27A-4D87-B902-04A57B078198}"/>
+    <hyperlink ref="I854" r:id="rId7" location="/rezultati" display="https://volitve.dvk-rs.si/referendum-zdpidu/#/rezultati" xr:uid="{4B48A7EB-FAAD-4148-B209-485EF8DE581C}"/>
+    <hyperlink ref="I856" r:id="rId8" display="https://www.val.se/valresultat.html" xr:uid="{66311A1B-6F66-49E3-8CD8-79B4C586BB04}"/>
+    <hyperlink ref="I868" r:id="rId9" display="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=9810023801" xr:uid="{A9F4CC78-E145-43B0-BD22-CB8409C71F0C}"/>
+    <hyperlink ref="I861" r:id="rId10" display="https://results.cik.bg/europe2024/opendata/index.html" xr:uid="{D0F42F1F-5D16-42A0-B432-C209442562B6}"/>
+    <hyperlink ref="I860" r:id="rId11" display="https://www.census.gov/topics/public-sector/voting/data/tables.html" xr:uid="{62AE6445-9291-497C-ADD3-7AB534C103B7}"/>
+    <hyperlink ref="I862" r:id="rId12" location="/app/predsjednik-2024" display="https://www.izbori.hr/arhiva-izbora/index.html#/app/predsjednik-2024" xr:uid="{C7D11F0E-C8B1-46EC-B5B9-92592CA18A74}"/>
+    <hyperlink ref="I863" r:id="rId13" display="https://data.gov.ro/organization/autoritatea-electorala-permanenta" xr:uid="{632095BC-F5CE-413A-AE23-59786CC8D95C}"/>
+    <hyperlink ref="I866" r:id="rId14" display="https://www.statistik.at/en/statistics/population-and-society/housing/housing-conditions" xr:uid="{B990CC39-958B-4BC4-9D18-EA4349DEA0D5}"/>
+    <hyperlink ref="I864" r:id="rId15" display="https://ec.europa.eu/eurostat/databrowser/view/ilc_lvho04n/default/table?lang=en" xr:uid="{CA5F6984-F161-4A22-8F0F-67A5745EE011}"/>
+    <hyperlink ref="I870" r:id="rId16" display="https://www.dane.gov.co/index.php/estadisticas-por-tema/demografia-y-poblacion/censo-nacional-de-poblacion-y-vivenda-2018" xr:uid="{3B90AE1C-6636-473D-AA7D-6F0F812CAB94}"/>
+    <hyperlink ref="I858" r:id="rId17" display="https://www.ysk.gov.tr/tr/2023-cumhurbaskani-ve-milletvekili-secim-i%CC%87statistikleri/1541626" xr:uid="{3F8AB5C6-7496-4252-B335-F002E755FA1A}"/>
+    <hyperlink ref="I877" r:id="rId18" display="https://www.statistics.gr/el/statistics/-/publication/SAM05/2011" xr:uid="{EF9320A0-E3B3-4A89-8435-D3D67E6C813C}"/>
+    <hyperlink ref="I891" r:id="rId19" display="https://bdl.stat.gov.pl/bdl/dane/podgrup/wymiary" xr:uid="{180F4891-C97A-4350-8097-A5E5D5A9C983}"/>
+    <hyperlink ref="I893" r:id="rId20" location="!/view/en/VBD_SK_WIN/bv3002rr/v_bv3002rr_00_00_00_en" display="https://datacube.statistics.sk/#!/view/en/VBD_SK_WIN/bv3002rr/v_bv3002rr_00_00_00_en" xr:uid="{E3D22A00-C609-40BA-9AFC-45DA65C7782E}"/>
+    <hyperlink ref="I894" r:id="rId21" display="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/05N2004S.px" xr:uid="{97C3B14C-7E39-4E63-B39B-719123D1EF08}"/>
+    <hyperlink ref="I896" r:id="rId22" display="https://www.statistikdatabasen.scb.se/pxweb/en/ssd/START__HE__HE0111__HE0111A/HushallT30/" xr:uid="{4807F9FE-B07A-4F45-A9DB-0F6F766E738A}"/>
+    <hyperlink ref="I895" r:id="rId23" location="_tabs-1254736195867" display="https://www.ine.es/dyngs/INEbase/en/operacion.htm?c=Estadistica_C&amp;cid=1254736177108&amp;menu=resultados&amp;idp=1254735576757#_tabs-1254736195867" xr:uid="{AFCB2F0F-9461-42D5-A928-B81EC04B0416}"/>
+    <hyperlink ref="I897" r:id="rId24" display="https://www.bfs.admin.ch/bfs/fr/home/statistiques/catalogue.assetdetail.36158252.html" xr:uid="{EB587410-F63A-4AE3-93FB-FBC070B40A5A}"/>
+    <hyperlink ref="I888" r:id="rId25" location="/CBS/nl/dataset/84571NED/table?ts=1758615346272" display="https://opendata.cbs.nl/statline/#/CBS/nl/dataset/84571NED/table?ts=1758615346272" xr:uid="{FA6D7C4F-A307-4427-B53B-06BDC9962CF7}"/>
+    <hyperlink ref="I880" r:id="rId26" display="https://www.cbs.gov.il/en/publications/Pages/2025/Standard-of-Living-Statistical-Abstract-of-Israel-2025-No-76.aspx" xr:uid="{295D1849-7726-4510-ABB3-3A5C651ACEC4}"/>
+    <hyperlink ref="I889" r:id="rId27" display="https://explore.data.stats.govt.nz/vis?fs[0]=2023%20Census%2C0%7CHousing%23CAT_HOUSING%23&amp;fs[1]=Number%20of%20rooms%2C0%7CTotal%20-%20number%20of%20rooms%23999%23&amp;pg=0&amp;fc=Number%20of%20rooms&amp;snb=1&amp;df[ds]=ds-nsiws-disseminate&amp;df[id]=CEN23_HOU_017&amp;df[ag]=STATSNZ&amp;df[vs]=1.0&amp;dq=2013%2B2018%2B2023.9999%2B99999%2B999999.999.99999&amp;ly[rw]=CEN23_GEO_012&amp;ly[cl]=CEN23_YEAR_001&amp;to[TIME]=false" xr:uid="{A41F2E28-1C27-4A03-93CF-49990D6A415A}"/>
+    <hyperlink ref="I902" r:id="rId28" display="https://data.census.gov/table/ACSDT1Y2023.B25019?q=rooms&amp;t=Types+of+Rooms&amp;g=010XX00US$0400000&amp;y=2023" xr:uid="{6A85E3F2-2A54-4D2A-B65B-9F729D8C20CC}"/>
+    <hyperlink ref="I882" r:id="rId29" display="https://www.e-stat.go.jp/en/dbview?sid=0004021612" xr:uid="{10191F10-15BD-400D-967D-C3AFD60087E6}"/>
+    <hyperlink ref="I899" r:id="rId30" display="https://www.ons.gov.uk/datasets/TS051/editions/2021/versions/4?f=get-data" xr:uid="{9B3FF526-FE96-4CB9-8AD7-246814A87D79}"/>
+    <hyperlink ref="I900" r:id="rId31" display="https://www.scotlandscensus.gov.uk/webapi/jsf/tableView/tableView.xhtml" xr:uid="{E4877D32-335F-45A4-961E-6823A63EDBDB}"/>
+    <hyperlink ref="I901" r:id="rId32" display="https://build.nisra.gov.uk/en/custom/data?d=HOUSEHOLD&amp;v=NUMBER_OF_ROOMS" xr:uid="{7A21823A-E406-4761-AEAE-20BE603150B9}"/>
+    <hyperlink ref="I881" r:id="rId33" display="http://dati-censimentopopolazione.istat.it/Index.aspx?DataSetCode=DICA_STANZE" xr:uid="{BE19B08B-D7B3-4CA9-9FCB-341CC0984E12}"/>
+    <hyperlink ref="I890" r:id="rId34" display="https://www.kommuneprofilen.no/Profil/Bygg/Bench/bygg_bolig_rom_bench.aspx" xr:uid="{62276249-D51F-4EBE-BB5D-CDFB7FABB7B9}"/>
+    <hyperlink ref="I892" r:id="rId35" display="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0008324&amp;contexto=bd&amp;selTab=tab2" xr:uid="{B6B980ED-85A6-4038-98BF-69FEFCE05738}"/>
+    <hyperlink ref="I887" r:id="rId36" display="https://www.inegi.org.mx/app/scitel/Default?ev=10" xr:uid="{56076163-73D4-48FD-A36F-7C084EC9834D}"/>
+    <hyperlink ref="I898" r:id="rId37" display="https://nip.tuik.gov.tr/?value=KonutIstatistikleri" xr:uid="{72301D62-213A-41C1-9507-84EA8AFB3165}"/>
+    <hyperlink ref="I883" r:id="rId38" display="https://www.census.go.kr/sub/ehpp/fc/ehppfc100m01" xr:uid="{56D2FA4E-A598-4217-8FA1-4734C81C89AA}"/>
+    <hyperlink ref="I8" r:id="rId39" xr:uid="{1BC80B76-2C28-4598-A626-D47040296571}"/>
+    <hyperlink ref="I17" r:id="rId40" xr:uid="{F7411087-2E49-43F4-A00A-24DC4DEBD68E}"/>
+    <hyperlink ref="I19" r:id="rId41" xr:uid="{6CEE1FE2-D901-44D2-B24B-03847AB11B75}"/>
+    <hyperlink ref="I18" r:id="rId42" xr:uid="{3FC5EE50-82EA-439B-ACB9-B706D04D65BF}"/>
+    <hyperlink ref="I10" r:id="rId43" xr:uid="{1A586C56-5826-4C9F-8F5D-822B826024E3}"/>
+    <hyperlink ref="I11" r:id="rId44" display="https://www.cbs.gov.il/he/publications/DocLib/2024/2.ShnatonPopulation/st02_19x.xlsx" xr:uid="{651F6BC7-F913-4E2F-99C2-103755119F72}"/>
+    <hyperlink ref="I16" r:id="rId45" xr:uid="{C151E2A6-EA57-4FDC-B942-59D265553511}"/>
+    <hyperlink ref="I2" r:id="rId46" xr:uid="{0CCB381F-1828-453B-80B3-512E5EEAFD6E}"/>
+    <hyperlink ref="I3" r:id="rId47" display="https://dataexplorer.abs.gov.au/vis?fs%5b0%5d=People%2C1%7CPopulation%23POPULATION%23%7CEstimated%20Resident%20Population%23ERP%23&amp;pg=30&amp;fc=People&amp;df%5bds%5d=PEOPLE_TOPICS&amp;df%5bid%5d=ERP_ASGS2021&amp;df%5bag%5d=ABS&amp;df%5bvs%5d=1.0.0&amp;pd=2023%2C&amp;dq=...SA4%2BGCCSA..A&amp;ly%5bcl%5d=AGE&amp;ly%5brs%5d=SEX%2CREGION_TYPE&amp;ly%5brw%5d=ASGS_2021&amp;to%5bTIME_PERIOD%5d=false&amp;vw=ov" xr:uid="{19A2FFE3-7754-4EFA-AF37-AD727F82FA78}"/>
+    <hyperlink ref="I4" r:id="rId48" display="https://dataexplorer.abs.gov.au/vis?fs%5b0%5d=People%2C1%7CPopulation%23POPULATION%23%7CEstimated%20Resident%20Population%23ERP%23&amp;pg=30&amp;fc=People&amp;bp=true&amp;snb=35&amp;df%5bds%5d=PEOPLE_TOPICS&amp;df%5bid%5d=ERP_Q&amp;df%5bag%5d=ABS&amp;df%5bvs%5d=1.0.0&amp;dq=1%2B2%2B3.3.TOT..Q&amp;pd=%2C&amp;to%5bTIME_PERIOD%5d=false&amp;ly%5bcl%5d=TIME_PERIOD&amp;ly%5brs%5d=MEASURE&amp;ly%5brw%5d=REGION&amp;vw=ov" xr:uid="{1A4D0BA2-FCB6-47A7-9222-62C09A626EF8}"/>
+    <hyperlink ref="I5" r:id="rId49" xr:uid="{C4D0DD62-EA43-49AF-BC53-48D854540CEC}"/>
+    <hyperlink ref="I6" r:id="rId50" xr:uid="{562418EF-A7A7-4D11-A184-76519C8E131E}"/>
+    <hyperlink ref="I7" r:id="rId51" xr:uid="{68E31300-365D-4111-B1FB-E61C40F81221}"/>
+    <hyperlink ref="I9" r:id="rId52" xr:uid="{E257784C-E070-48FC-BC19-6F40F7A8CACF}"/>
+    <hyperlink ref="I12" r:id="rId53" xr:uid="{81CB2944-C6DD-4142-AB4E-138C1104C883}"/>
+    <hyperlink ref="I14" r:id="rId54" xr:uid="{C0972E20-4B2A-4C28-A79F-4D77AD06B904}"/>
+    <hyperlink ref="I20" r:id="rId55" xr:uid="{30E6BC74-0404-4BA9-9BCC-9EEF2EDD113F}"/>
+    <hyperlink ref="I25" r:id="rId56" xr:uid="{33AD5B7E-A6E1-4102-A31E-5A7FC198F42F}"/>
+    <hyperlink ref="I26" r:id="rId57" xr:uid="{611D87E6-66C9-45EA-8D47-DD94B73DC21A}"/>
+    <hyperlink ref="I22" r:id="rId58" xr:uid="{34425FB9-9BA7-4782-B743-33521A3B2DAF}"/>
+    <hyperlink ref="I21" r:id="rId59" xr:uid="{E79F2344-7AB8-4465-876E-E021F7E1E4E7}"/>
+    <hyperlink ref="I27" r:id="rId60" location="regional-data" xr:uid="{96ED6E0B-C366-4CAF-96C3-BBD81CDFF540}"/>
+    <hyperlink ref="I30" r:id="rId61" xr:uid="{79AC5399-E43C-4D12-B515-5F1060EF094A}"/>
+    <hyperlink ref="I32" r:id="rId62" location="abreadcrumb" xr:uid="{B2771E83-F00A-45B6-8513-BF6CC0F29B88}"/>
+    <hyperlink ref="I34" r:id="rId63" xr:uid="{D0B3E231-B8A3-4A73-BDC4-E430C53138FD}"/>
+    <hyperlink ref="I38" r:id="rId64" location="/en/dw/categories/IT1,POP,1.0/POP_POPULATION/DCIS_POPORESBIL1/IT1,22_315_DF_DCIS_POPORESBIL1_1,1.0" xr:uid="{A9680E15-040A-4D21-A93D-E3FE3A691D30}"/>
+    <hyperlink ref="I40" r:id="rId65" xr:uid="{5D38340B-3C43-4C02-95AE-C4472E1A233B}"/>
+    <hyperlink ref="I37" r:id="rId66" display="https://www.cbs.gov.il/en/publications/Pages/2024/Population-Statistical-Abstract-of-Israel-2024-No75.aspx" xr:uid="{3C064145-D1BC-4E5A-AFCE-FC6888D3005E}"/>
+    <hyperlink ref="I28" r:id="rId67" xr:uid="{FA3EF48E-A857-4866-9A1D-3AE72461F38C}"/>
+    <hyperlink ref="I35" r:id="rId68" xr:uid="{9152B818-67D4-40C5-B8F4-241DDA756889}"/>
+    <hyperlink ref="I36" r:id="rId69" xr:uid="{5E416635-C1AD-4FDB-A457-2D1ED2D91E4A}"/>
+    <hyperlink ref="I29" r:id="rId70" xr:uid="{FB6FCF44-BF3E-4364-BAD9-C12D808FBDDE}"/>
+    <hyperlink ref="I41" r:id="rId71" xr:uid="{544AB328-643D-4DA9-80DB-314D9CF1766F}"/>
+    <hyperlink ref="I33" r:id="rId72" xr:uid="{3B7D3616-5732-422B-A377-DEB7E965FF91}"/>
+    <hyperlink ref="I31" r:id="rId73" xr:uid="{D7701916-8327-446B-AA13-A0F29FB2CA55}"/>
+    <hyperlink ref="I48" r:id="rId74" xr:uid="{A0248E73-B8C6-4FCD-ADFF-08A2E0439593}"/>
+    <hyperlink ref="I51" r:id="rId75" xr:uid="{C6FF79D3-D3A2-4447-8918-309CD3300166}"/>
+    <hyperlink ref="I53" r:id="rId76" xr:uid="{D0ADADDF-DBD1-4345-AF49-C7D88AD940C2}"/>
+    <hyperlink ref="I55" r:id="rId77" xr:uid="{D3FF05D9-7EDC-426F-A7CD-E33278E88926}"/>
+    <hyperlink ref="I56" r:id="rId78" xr:uid="{C769FCD7-ABC6-4DC1-8327-0266E6E677AE}"/>
+    <hyperlink ref="I62" r:id="rId79" location="regional-overseas-migration" xr:uid="{0BD77A1C-2DE6-4EE8-99B7-3C657B7233E7}"/>
+    <hyperlink ref="I57" r:id="rId80" xr:uid="{E0AA997F-CB06-4E02-A0AF-F0CA391E7FCB}"/>
+    <hyperlink ref="I58" r:id="rId81" xr:uid="{8E5F9DD1-8DDF-450F-BE02-F9C1D818B854}"/>
+    <hyperlink ref="I47" r:id="rId82" xr:uid="{B1E86F03-E70B-42F6-88C0-3CCECBB83D7C}"/>
+    <hyperlink ref="I54" r:id="rId83" xr:uid="{8C6DE92B-428A-4963-A701-9CF6FAB0F259}"/>
+    <hyperlink ref="I45" r:id="rId84" location="/CBS/nl/dataset/84547NED/table?dl=7B997" xr:uid="{D4818561-DB06-4628-83EB-B51DDF90A8A1}"/>
+    <hyperlink ref="I59" r:id="rId85" xr:uid="{7575F927-A70A-4F76-9318-F05AF8CA501F}"/>
+    <hyperlink ref="I65" r:id="rId86" xr:uid="{B7F849A1-A6FD-4EEB-B9F2-1804E0CC3105}"/>
+    <hyperlink ref="I66" r:id="rId87" xr:uid="{AA1EBF4B-AE3A-420F-AF0E-B4BB611343C2}"/>
+    <hyperlink ref="I44" r:id="rId88" xr:uid="{C8869C23-1593-428A-BD69-6D3C75B2B3A2}"/>
+    <hyperlink ref="I49" r:id="rId89" xr:uid="{2AC7259A-0D85-46A6-9FE6-EE39F2C0228C}"/>
+    <hyperlink ref="I43" r:id="rId90" location="tabulados" xr:uid="{C48F4D42-E12B-4332-952D-775BE5B2893C}"/>
+    <hyperlink ref="I63" r:id="rId91" xr:uid="{AE7C9FA8-2619-4CC5-A974-ED3F142CFFB9}"/>
+    <hyperlink ref="I60" r:id="rId92" xr:uid="{B7BD91D1-C645-4A65-ACC9-9EFFF52F62DD}"/>
+    <hyperlink ref="I69" r:id="rId93" xr:uid="{13A9A64E-52D7-482A-9BD7-60DBE419208C}"/>
+    <hyperlink ref="I71" r:id="rId94" xr:uid="{B9F8C1EB-0AF7-4A81-BC53-F8667D0EF21D}"/>
+    <hyperlink ref="I67" r:id="rId95" xr:uid="{D40F3A71-EC89-4BD7-A969-71CE1356E7E9}"/>
+    <hyperlink ref="I70" r:id="rId96" xr:uid="{D7E15D36-73A6-417E-9243-37806D67BE56}"/>
+    <hyperlink ref="I68" r:id="rId97" xr:uid="{CB0D103B-59E4-4C3A-8670-CE39E8D109C2}"/>
+    <hyperlink ref="I72" r:id="rId98" xr:uid="{2669DD83-72ED-4B6E-A5EC-2E5ED5FA974E}"/>
+    <hyperlink ref="I74" r:id="rId99" xr:uid="{F67280F5-81AE-4893-AB21-1BD5AA4A5C4C}"/>
+    <hyperlink ref="I75" r:id="rId100" xr:uid="{CA6D34AE-300C-4656-996F-1FAC6259E002}"/>
+    <hyperlink ref="I77" r:id="rId101" location="/en/dw/categories/IT1,POP,1.0/POP_MIGRATIONS/DCIS_MIGRAZIONI" xr:uid="{02E928F2-68CD-4A04-A4A9-7AE4C9EFC2E5}"/>
+    <hyperlink ref="I81" r:id="rId102" location="/" xr:uid="{E09CF47F-2652-465B-810B-25F460BE287C}"/>
+    <hyperlink ref="I80" r:id="rId103" xr:uid="{A5FA94A4-C996-4F81-A705-A2D67BA6B2E2}"/>
+    <hyperlink ref="I82" r:id="rId104" display="https://lustat.statec.lu/vis?fs[0]=Th%C3%A8mes%2C1%7CPopulation%20et%20emploi%23B%23%7CMouvement%20de%20la%20population%23B3%23&amp;pg=0&amp;fc=Mouvement%20de%20la%20Population&amp;bp=true&amp;snb=42&amp;df[ds]=ds-release&amp;df[id]=DF_B2400&amp;df[ag]=LU1&amp;df[vs]=1.0&amp;dq=A.S01.M02%2BM01.L01&amp;pd=2015%2C2024&amp;to[TIME_PERIOD]=false" xr:uid="{F3D870E5-D711-4E47-8218-464594824EFF}"/>
+    <hyperlink ref="I76" r:id="rId105" display="https://www.cbs.gov.il/en/publications/Pages/2024/Population-Statistical-Abstract-of-Israel-2024-No75.aspx" xr:uid="{0179F4CF-E71B-40D7-AD88-7229C6ABF00C}"/>
+    <hyperlink ref="I79" r:id="rId106" xr:uid="{9008C978-1575-4470-8B5C-1D1A19BB7601}"/>
+    <hyperlink ref="I91" r:id="rId107" xr:uid="{6E1D5710-79A1-4113-AE1A-ED2F308682A9}"/>
+    <hyperlink ref="I94" r:id="rId108" xr:uid="{00C915AB-862C-47CF-88AC-E5F68F113078}"/>
+    <hyperlink ref="I88" r:id="rId109" location="!/view/en/VBD_DEM/om7049rr/v_om7049rr_00_00_00_en" display="http://datacube.statistics.sk/#!/view/en/VBD_DEM/om7049rr/v_om7049rr_00_00_00_en" xr:uid="{CE06DF5E-2B53-496C-AC57-04907B1BF8B7}"/>
+    <hyperlink ref="I90" r:id="rId110" xr:uid="{BEAA1200-474B-4F55-BC85-DA5D87C5F6F1}"/>
+    <hyperlink ref="I92" r:id="rId111" display="https://www.pxweb.bfs.admin.ch/pxweb/fr/px-x-0103010200_151/px-x-0103010200_151/px-x-0103010200_151.px" xr:uid="{FD440A91-0D9A-4D97-8FAC-3C3C9437E9D7}"/>
+    <hyperlink ref="I93" r:id="rId112" xr:uid="{33471ABD-2F51-4997-B376-8F2DDE3D35F5}"/>
+    <hyperlink ref="I86" r:id="rId113" xr:uid="{260EB69F-FB79-4873-8A7A-B84C2EFFB2CA}"/>
+    <hyperlink ref="I83" r:id="rId114" location="/CBS/en/dataset/37259eng/table?ts=1757315606958" xr:uid="{0A713682-7C85-443D-A994-3CB279D1A2F5}"/>
+    <hyperlink ref="I85" r:id="rId115" xr:uid="{291DCD6A-9ABC-4A99-98A0-E2F59DAF14D3}"/>
+    <hyperlink ref="I87" r:id="rId116" xr:uid="{A1A5EB26-8C63-4A80-B9A4-6991A683C74D}"/>
+    <hyperlink ref="I89" r:id="rId117" xr:uid="{48039A38-5F77-4FC4-9EAC-B60148BFB991}"/>
+    <hyperlink ref="I96" r:id="rId118" xr:uid="{605D62D5-9930-45F7-AF82-C3D94DD4A4C0}"/>
+    <hyperlink ref="I95" r:id="rId119" xr:uid="{7D549F47-8079-4001-AA5B-9B222993367B}"/>
+    <hyperlink ref="I84" r:id="rId120" xr:uid="{66FAB052-8A64-4544-9F7D-ED5727A9B8A3}"/>
+    <hyperlink ref="I98" r:id="rId121" display="https://dataexplorer.abs.gov.au/vis?fs[0]=People%2C1%7CPopulation%23POPULATION%23%7CDeaths%23DEATHS%23&amp;pg=0&amp;fc=People&amp;bp=true&amp;snb=14&amp;df[ds]=PEOPLE_TOPICS&amp;df[id]=DEATHS_AGESPECIFIC_OCCURENCEYEAR&amp;df[ag]=ABS&amp;df[vs]=1.0.0&amp;dq=12.3..AUS.A&amp;pd=2009%2C&amp;to[TIME_PERIOD]=false&amp;ly[cl]=TIME_PERIOD&amp;ly[rw]=AGE" xr:uid="{E4AF7AE6-E308-4844-B63F-61456778EA9C}"/>
+    <hyperlink ref="I101" r:id="rId122" xr:uid="{C91D6B5B-1569-483C-9469-8C654F3D4362}"/>
+    <hyperlink ref="I100" r:id="rId123" xr:uid="{A99DB97A-A6CB-4412-ADFF-43B79E8C494D}"/>
+    <hyperlink ref="I106" r:id="rId124" xr:uid="{12E40E1C-3A5A-4975-8E19-BB9E6C7E316E}"/>
+    <hyperlink ref="I103" r:id="rId125" xr:uid="{F7793B2A-784A-489C-A2F2-3362B7AF326B}"/>
+    <hyperlink ref="I112" r:id="rId126" xr:uid="{56D87B98-9B2A-43F2-B1DA-E7DEB7F2F7AC}"/>
+    <hyperlink ref="I104" r:id="rId127" display="https://www.cbs.gov.il/he/publications/DocLib/2024/2.ShnatonPopulation/st02_39x.xlsx" xr:uid="{B5CFC4BB-96FF-40EA-8658-CBAFA895C128}"/>
+    <hyperlink ref="I114" r:id="rId128" display="https://dataexplorer.abs.gov.au/vis?fs[0]=People%2C1%7CPopulation%23POPULATION%23%7CDeaths%23DEATHS%23&amp;pg=0&amp;fc=People&amp;bp=true&amp;snb=14&amp;df[ds]=PEOPLE_TOPICS&amp;df[id]=DEATHS_AGESPECIFIC_OCCURENCEYEAR&amp;df[ag]=ABS&amp;df[vs]=1.0.0&amp;dq=12.3..AUS.A&amp;pd=2009%2C&amp;to[TIME_PERIOD]=false&amp;ly[cl]=TIME_PERIOD&amp;ly[rw]=AGE" xr:uid="{5A93E8C0-937E-4617-9E50-E4BCC255BA84}"/>
+    <hyperlink ref="I99" r:id="rId129" xr:uid="{B67C0ED9-80C3-4763-9B79-1AA414D4B989}"/>
+    <hyperlink ref="I115" r:id="rId130" xr:uid="{A29EFA06-E0A3-4D63-85EF-185EA85F79D3}"/>
+    <hyperlink ref="I109" r:id="rId131" xr:uid="{6AA8C49F-4D81-44FD-A56D-E2FEBFAFB143}"/>
+    <hyperlink ref="I105" r:id="rId132" xr:uid="{5D4CF0E4-A8B9-495D-BF45-A20BB82337A4}"/>
+    <hyperlink ref="I110" r:id="rId133" xr:uid="{85050E88-50C6-4F40-9542-537179BA7E53}"/>
+    <hyperlink ref="I111" r:id="rId134" xr:uid="{744B5765-9B05-4767-882A-5B75EAB5A891}"/>
+    <hyperlink ref="I155" r:id="rId135" xr:uid="{FC50D7A6-3DF0-4B23-905B-60D74C18C2F2}"/>
+    <hyperlink ref="I157" r:id="rId136" xr:uid="{C6323116-4EC8-47F9-BD43-6F49E480E5D3}"/>
+    <hyperlink ref="I120" r:id="rId137" location="katalog=30845" xr:uid="{F607DEDA-45AB-4758-B75B-6C7B4D730FC5}"/>
+    <hyperlink ref="I125" r:id="rId138" xr:uid="{DDD5A401-03F5-459D-940B-11DAFA28585C}"/>
+    <hyperlink ref="I150" r:id="rId139" xr:uid="{6826563C-4A13-4CA9-93C3-54665252B27E}"/>
+    <hyperlink ref="I117" r:id="rId140" xr:uid="{DE882B6E-9965-4036-9781-0B7781997D27}"/>
+    <hyperlink ref="I118" r:id="rId141" xr:uid="{77F597E2-94F9-4E16-A697-106FF53D63CA}"/>
+    <hyperlink ref="I130" r:id="rId142" xr:uid="{CB36FFE2-A95E-405C-A651-55A279DCF817}"/>
+    <hyperlink ref="I133" r:id="rId143" display="https://www.cbs.gov.il/he/publications/DocLib/2024/2.ShnatonPopulation/st02_39x.xlsx" xr:uid="{02383EDD-C2C7-45CE-8493-AC5D0B39168D}"/>
+    <hyperlink ref="I141" r:id="rId144" xr:uid="{D4454B80-6EAF-4392-ACDD-A356AC460B8C}"/>
+    <hyperlink ref="I154" r:id="rId145" xr:uid="{725B2330-B12C-4FD7-AFEB-AFCE49559518}"/>
+    <hyperlink ref="I116" r:id="rId146" xr:uid="{0DF1080B-A023-4679-B6D6-CA80B59D0B4B}"/>
+    <hyperlink ref="I121" r:id="rId147" xr:uid="{ECF4A247-961E-4264-A238-80EC798D2C69}"/>
+    <hyperlink ref="I122" r:id="rId148" xr:uid="{EFE1318B-6E00-4486-9760-9B073BCA5B35}"/>
+    <hyperlink ref="I123" r:id="rId149" xr:uid="{8E7C741C-ABE1-4085-8EFB-71E4B7B090DE}"/>
+    <hyperlink ref="I124" r:id="rId150" xr:uid="{F8F05F37-B569-4C65-B7F1-9A87EE92326B}"/>
+    <hyperlink ref="I126" r:id="rId151" location="abreadcrumb" xr:uid="{6EF0ED48-C16E-4DE6-AB16-A3DA6B8C5C5E}"/>
+    <hyperlink ref="I127" r:id="rId152" xr:uid="{540914E2-8351-4FCF-9C6C-01CE6C4ED010}"/>
+    <hyperlink ref="I129" r:id="rId153" xr:uid="{F57A886F-0FC7-4BCB-92EB-18EA4EF79753}"/>
+    <hyperlink ref="I131" r:id="rId154" xr:uid="{F010D722-6E78-47A7-BCA6-D38F6D34EB16}"/>
+    <hyperlink ref="I132" r:id="rId155" xr:uid="{4CEAED2D-1282-4A3B-B23A-B0E7FB25FF54}"/>
+    <hyperlink ref="I136" r:id="rId156" xr:uid="{BCF3770D-D1DA-4FC0-AA06-13F31A8F29CE}"/>
+    <hyperlink ref="I137" r:id="rId157" location="/" xr:uid="{C8BAEC5E-DF3A-4555-B512-8549A9CB7DAF}"/>
+    <hyperlink ref="I142" r:id="rId158" xr:uid="{65A9DB23-E109-4611-9017-DA1BE344FB4B}"/>
+    <hyperlink ref="I143" r:id="rId159" xr:uid="{22A95D82-CEB4-42DE-BBE8-EE4DFE112D92}"/>
+    <hyperlink ref="I144" r:id="rId160" xr:uid="{005938E9-908C-4EF7-9758-CF591E61D962}"/>
+    <hyperlink ref="I145" r:id="rId161" location="!/view/en/vbd_dem/om7034rr/v_om7034rr_00_00_00_en" xr:uid="{C59C4AF1-8136-49B4-AC4C-F9614D702AD6}"/>
+    <hyperlink ref="I146" r:id="rId162" xr:uid="{A3D3D305-2C5A-49B1-A875-4EE74D56F45D}"/>
+    <hyperlink ref="I148" r:id="rId163" xr:uid="{4F902A9A-F03E-4849-B840-C21957F41587}"/>
+    <hyperlink ref="I147" r:id="rId164" xr:uid="{FF13D2FB-89A0-4FE8-8E1F-D545949E2632}"/>
+    <hyperlink ref="I158" r:id="rId165" xr:uid="{ADD8C9E0-4FD8-42DC-BF82-E37C3CC824F3}"/>
+    <hyperlink ref="I140" r:id="rId166" location="/CBS/nl/dataset/03747/table?ts=1758612217788" xr:uid="{DCAB7492-C95F-4D7D-9FBE-6957AAFF9090}"/>
+    <hyperlink ref="I156" r:id="rId167" location="data-downloads" xr:uid="{EE1FBDE7-4C4F-48FF-BE4B-ABF4AEA84B5F}"/>
+    <hyperlink ref="I119" r:id="rId168" xr:uid="{5731C700-51EF-4B62-BA51-203112CE1716}"/>
+    <hyperlink ref="I151" r:id="rId169" xr:uid="{55069C22-F1F7-4AF3-A02C-D5885AEF09C7}"/>
+    <hyperlink ref="I152" r:id="rId170" xr:uid="{613D4B18-E412-42C1-A863-A4C588D1A452}"/>
+    <hyperlink ref="I153" r:id="rId171" xr:uid="{61D713D8-9692-4463-9030-B770525AC48B}"/>
+    <hyperlink ref="I134" r:id="rId172" location="/en/dw/categories/IT1,Z0810HEA,1.0/HEA_DEATH/DCIS_CMORTEINF2_RES/IT1,39_701_DF_DCIS_CMORTEINF2_RES_4,1.0" xr:uid="{92FAA2F7-30DE-4D65-98DB-39EBE09D2865}"/>
+    <hyperlink ref="I149" r:id="rId173" xr:uid="{AF206FB0-C0F0-4138-8ED0-1E3C15BD9566}"/>
+    <hyperlink ref="I163" r:id="rId174" location="katalog=30845" xr:uid="{94EF33FF-CB24-4940-8742-C4A08A1516C5}"/>
+    <hyperlink ref="I159" r:id="rId175" xr:uid="{E51B5558-1BDD-4E5D-BA44-C3A65D71B335}"/>
+    <hyperlink ref="I160" r:id="rId176" xr:uid="{1C4366E4-681A-481C-9F5E-A5BBF73B87D3}"/>
+    <hyperlink ref="I162" r:id="rId177" xr:uid="{1CC23688-E9B6-4002-94AA-E1906413E5E1}"/>
+    <hyperlink ref="I161" r:id="rId178" xr:uid="{854AF2EA-67E3-415E-B51A-F8246F2E510D}"/>
+    <hyperlink ref="I166" r:id="rId179" xr:uid="{D9CF7444-81C8-44DC-BACA-B0F8E7155CC8}"/>
+    <hyperlink ref="I167" r:id="rId180" xr:uid="{3B6240BE-9FA0-4521-8314-40576C5126CB}"/>
+    <hyperlink ref="I165" r:id="rId181" xr:uid="{3BC7C843-1227-4F19-9D0A-9E4041D7725A}"/>
+    <hyperlink ref="I164" r:id="rId182" xr:uid="{04B30B4C-4203-403E-8643-49481079D4E7}"/>
+    <hyperlink ref="I169" r:id="rId183" xr:uid="{19B4AB4B-AE48-4298-9DD9-4834EEAEE9E1}"/>
+    <hyperlink ref="I173" r:id="rId184" xr:uid="{3F4BA9DB-5009-49E8-8E99-C85793DC6894}"/>
+    <hyperlink ref="I175" r:id="rId185" xr:uid="{5FF37D2F-994D-4744-981E-10057833C5C4}"/>
+    <hyperlink ref="I170" r:id="rId186" xr:uid="{FAA620CB-885B-4531-9635-B013826650F4}"/>
+    <hyperlink ref="I172" r:id="rId187" location="/en/dw/categories/IT1,Z0810HEA,1.0/HEA_DEATH/DCIS_CMORTE1_RES/IT1,39_494_DF_DCIS_CMORTE1_RES_1,1.0" xr:uid="{4A7642CE-1C10-4A56-8B8F-A871A97C146A}"/>
+    <hyperlink ref="I191" r:id="rId188" xr:uid="{18C7756C-D448-49B5-AF55-2E2BA3883D26}"/>
+    <hyperlink ref="I193" r:id="rId189" xr:uid="{3696EC70-2417-448F-BB03-88994C582E98}"/>
+    <hyperlink ref="I194" r:id="rId190" xr:uid="{2BE61C2D-6B68-4390-B324-185F0D6FCEF1}"/>
+    <hyperlink ref="I177" r:id="rId191" location="tabular_data" xr:uid="{AE3EAD2F-5B78-441C-8899-B18C0967BB9F}"/>
+    <hyperlink ref="I184" r:id="rId192" location="!/view/en/vbd_dem/om7035rr/v_om7035rr_00_00_00_en" xr:uid="{C8F693F0-AE1A-4E2D-9B68-059B679CB0FC}"/>
+    <hyperlink ref="I189" r:id="rId193" xr:uid="{3DAC79A8-9373-4125-AFCD-8CB2A085AFF0}"/>
+    <hyperlink ref="I187" r:id="rId194" xr:uid="{DA77D95C-981F-463A-ACFC-9FA64AD40C82}"/>
+    <hyperlink ref="I188" r:id="rId195" xr:uid="{667819C9-4892-4702-BD34-AEE490323BC4}"/>
+    <hyperlink ref="I178" r:id="rId196" location="/CBS/nl/dataset/80202ned/table?ts=1758209004338" xr:uid="{7FA188EB-218B-49D4-B8F0-39A605239BF3}"/>
+    <hyperlink ref="I181" r:id="rId197" xr:uid="{4293DE6B-042F-4C71-AC2A-4215228C1500}"/>
+    <hyperlink ref="I186" r:id="rId198" xr:uid="{7D91DCE3-B90B-4A4B-98AC-F6E772399F71}"/>
+    <hyperlink ref="I190" r:id="rId199" xr:uid="{DB12AF20-A3DE-465C-80F0-60F8EB1947D7}"/>
+    <hyperlink ref="I192" r:id="rId200" xr:uid="{94CEA3A6-58B9-40C0-A995-F4CDC33ED61F}"/>
+    <hyperlink ref="I179" r:id="rId201" xr:uid="{131D4053-8746-4115-9E1E-CE41B38F3797}"/>
+    <hyperlink ref="I196" r:id="rId202" location=":~:text=As%C3%AD%2C%20mientras%20en%202022%20la,menores%20tasas%20a%20nivel%20mundial" xr:uid="{9A99ABD3-22F7-4D39-84B0-90F3B21A1D0E}"/>
+    <hyperlink ref="I180" r:id="rId203" xr:uid="{6E9498EB-D226-46A7-9AE4-51AF41BFF6EC}"/>
+    <hyperlink ref="I185" r:id="rId204" xr:uid="{FE749542-7ECD-42EC-8DB5-A91738E6BB9C}"/>
+    <hyperlink ref="I183" r:id="rId205" xr:uid="{0A31F26E-FE87-407C-81CB-1EAFB5AD6A7E}"/>
+    <hyperlink ref="I208" r:id="rId206" xr:uid="{13134CEC-6021-463B-BE3B-AD101A8AF3E5}"/>
+    <hyperlink ref="I209" r:id="rId207" xr:uid="{B61F98E1-4A09-4CAF-8F41-9633B68EF136}"/>
+    <hyperlink ref="I225" r:id="rId208" xr:uid="{7BAD7382-9C7C-442C-A365-9F3AE84228C4}"/>
+    <hyperlink ref="I201" r:id="rId209" xr:uid="{4854CF11-97F1-4F6A-AF2F-447BFB827132}"/>
+    <hyperlink ref="I218" r:id="rId210" xr:uid="{7A24E6A5-BFEE-485D-AFC7-963039C8470D}"/>
+    <hyperlink ref="I198" r:id="rId211" xr:uid="{41ED23B8-EE4B-4F95-B235-22E0A03DADCB}"/>
+    <hyperlink ref="I207" r:id="rId212" xr:uid="{20FAAA7D-CBCC-4278-99E9-F61CBE318B58}"/>
+    <hyperlink ref="I224" r:id="rId213" xr:uid="{191BAB55-D0AB-4494-A87B-74CD4DA0C8DB}"/>
+    <hyperlink ref="I216" r:id="rId214" display="https://www.cbs.gov.il/he/publications/DocLib/2024/2.ShnatonPopulation/st02_39x.xlsx" xr:uid="{EC60EC89-43CA-420A-A199-ECA20D6495A5}"/>
+    <hyperlink ref="I215" r:id="rId215" xr:uid="{89C4717C-7F2D-4EB0-AAAC-DD49E3D27E99}"/>
+    <hyperlink ref="I221" r:id="rId216" xr:uid="{272F1B9F-2470-44E0-A73E-D32721E02817}"/>
+    <hyperlink ref="I222" r:id="rId217" xr:uid="{69E5AD0C-8730-4773-A138-0E3634577DF4}"/>
+    <hyperlink ref="I223" r:id="rId218" xr:uid="{A2D38E63-3CB3-41B4-8278-55FA3C5F221D}"/>
+    <hyperlink ref="I205" r:id="rId219" xr:uid="{DCF6D310-411C-4DF5-B18E-8563895C5C7B}"/>
+    <hyperlink ref="I206" r:id="rId220" xr:uid="{AD079D09-9A86-4107-A282-C4E3303DA847}"/>
+    <hyperlink ref="I204" r:id="rId221" xr:uid="{E9E06275-C18F-427D-A918-936837A7B802}"/>
+    <hyperlink ref="I226" r:id="rId222" location="data-downloads" xr:uid="{B5CFD1B4-A4E4-45B5-9945-8BFDAD072246}"/>
+    <hyperlink ref="I213" r:id="rId223" xr:uid="{89097078-8912-4E47-824A-7EAD2C7DB808}"/>
+    <hyperlink ref="I210" r:id="rId224" xr:uid="{E85F504C-97E0-4D6C-A214-B10C0F7A2506}"/>
+    <hyperlink ref="I211" r:id="rId225" xr:uid="{35E7C0D8-8007-4B8A-9F09-896AC06A2761}"/>
+    <hyperlink ref="I214" r:id="rId226" xr:uid="{753B4534-FE38-4947-ABA9-E4CF9B0D66AF}"/>
+    <hyperlink ref="I227" r:id="rId227" xr:uid="{CCDEBAB5-DC43-4AAF-811D-FEAECD216FE5}"/>
+    <hyperlink ref="I212" r:id="rId228" xr:uid="{509B714E-FA00-4AC1-82D6-5C52FA5CA39E}"/>
+    <hyperlink ref="I199" r:id="rId229" display="https://www.cbs.gov.il/he/publications/doclib/2020/%D7%9C%D7%99%D7%93%D7%95%D7%AA-%D7%97%D7%992019/tab08-2022.xls" xr:uid="{CDE176D5-FCCD-4135-82F8-2A431302AA4D}"/>
+    <hyperlink ref="I232" r:id="rId230" location="katalog=32592" xr:uid="{5A9CCEA5-312F-44E9-84B0-126EE25A28A3}"/>
+    <hyperlink ref="I234" r:id="rId231" xr:uid="{A9633746-112E-4DE4-A6D7-76A141FB8513}"/>
+    <hyperlink ref="I235" r:id="rId232" xr:uid="{290A8230-3A07-4892-AC0C-B62B530D0F57}"/>
+    <hyperlink ref="I228" r:id="rId233" xr:uid="{E9E701A0-FA4A-48D4-AA9C-6DE3A60CEEC2}"/>
+    <hyperlink ref="I231" r:id="rId234" xr:uid="{7F392A93-03A7-42FA-8187-B4E125F8D5A1}"/>
+    <hyperlink ref="I229" r:id="rId235" xr:uid="{7CBB1147-33EC-4AA8-89A0-4A27149039E2}"/>
+    <hyperlink ref="I230" r:id="rId236" xr:uid="{DD9A6C94-4144-4FB9-882F-760D050A3197}"/>
+    <hyperlink ref="I236" r:id="rId237" xr:uid="{86951222-7208-47A0-85E6-AC2DD3A92421}"/>
+    <hyperlink ref="I238" r:id="rId238" xr:uid="{0841DA06-1552-403C-A3F3-EC080636FDBF}"/>
+    <hyperlink ref="I239" r:id="rId239" xr:uid="{660C4092-578E-4778-9334-B737FF94512F}"/>
+    <hyperlink ref="I244" r:id="rId240" xr:uid="{CB69237E-B2C7-4A3E-ABCE-62EE4D1D92B1}"/>
+    <hyperlink ref="I245" r:id="rId241" xr:uid="{B23F18E4-A64E-44E0-B310-EB1E90C48649}"/>
+    <hyperlink ref="I242" r:id="rId242" xr:uid="{9221F3F1-7DBA-4FE2-BA3C-7CD97E87E428}"/>
+    <hyperlink ref="I243" r:id="rId243" xr:uid="{04CCD1DA-FA9B-406F-BF30-7F35BAFC179D}"/>
+    <hyperlink ref="I241" r:id="rId244" location="/en/dw/categories/IT1,POP,1.0/POP_MORTALITY/DCIS_MORTALITA1/IT1,26_295_DF_DCIS_MORTALITA1_2,1.0" xr:uid="{E10B7716-2214-437D-A57A-ABAAC72E71A0}"/>
+    <hyperlink ref="I240" r:id="rId245" display="https://www.gov.il/he/pages/health-equity-report-2023" xr:uid="{0FE48630-04D6-44C8-9E29-70E45B8D900A}"/>
+    <hyperlink ref="I246" r:id="rId246" xr:uid="{90A49444-71FB-49C7-B4FC-45DF1EA9A662}"/>
+    <hyperlink ref="I255" r:id="rId247" xr:uid="{E6F25C8E-56F8-4320-861F-E05C5570A669}"/>
+    <hyperlink ref="I248" r:id="rId248" xr:uid="{690C81E6-184E-496F-9C15-46CABAC06A09}"/>
+    <hyperlink ref="I250" r:id="rId249" xr:uid="{E12791D1-E0D7-4D66-8933-A7AF6AFFC717}"/>
+    <hyperlink ref="I251" r:id="rId250" location="!/view/en/vbd_sk_win2/om3802rr/v_om3802rr_00_00_00_en" xr:uid="{22013B11-EDD6-4AE0-9077-47DC14EF848B}"/>
+    <hyperlink ref="I256" r:id="rId251" xr:uid="{387FEF0C-34E0-47A3-8600-4381B57A716E}"/>
+    <hyperlink ref="I253" r:id="rId252" xr:uid="{B1A89304-C171-458B-997E-5DC9BB8CD9B1}"/>
+    <hyperlink ref="I259" r:id="rId253" xr:uid="{A3DC13C5-D196-47CF-ADBD-B2129F8964C1}"/>
+    <hyperlink ref="I249" r:id="rId254" xr:uid="{349D083B-1BFF-4D8C-B737-ED928D898BC3}"/>
+    <hyperlink ref="I254" r:id="rId255" xr:uid="{11ABEB5C-CD33-452F-9709-D0955F3DBCAF}"/>
+    <hyperlink ref="I257" r:id="rId256" xr:uid="{EC6456C0-437C-40B1-8C97-755F96365E11}"/>
+    <hyperlink ref="I258" r:id="rId257" xr:uid="{A817C6DB-7923-4F98-93C5-08586258A495}"/>
+    <hyperlink ref="I247" r:id="rId258" xr:uid="{4FC50405-7A3A-43E5-BA64-2FC02CE31163}"/>
+    <hyperlink ref="I252" r:id="rId259" xr:uid="{A6EF0CE0-DFA1-4F64-BED0-AFFB834B5E48}"/>
+    <hyperlink ref="I264" r:id="rId260" xr:uid="{7DDF2E68-834E-4934-BA6D-326A7C6501A3}"/>
+    <hyperlink ref="I268" r:id="rId261" xr:uid="{5B33D5A6-7B8C-4B67-9735-FA7528DFE750}"/>
+    <hyperlink ref="I267" r:id="rId262" xr:uid="{9730BB9E-17AC-4CB5-9E9D-B122F3823EC5}"/>
+    <hyperlink ref="I266" r:id="rId263" xr:uid="{DA3A765E-9B6E-4CFE-ACAE-562390203FD1}"/>
+    <hyperlink ref="I265" r:id="rId264" xr:uid="{152AC15C-710B-416A-A96F-C0B5FBF3E798}"/>
+    <hyperlink ref="I262" r:id="rId265" xr:uid="{7A169399-091A-441D-9765-2759DF2A873E}"/>
+    <hyperlink ref="I263" r:id="rId266" xr:uid="{D0B85CD2-6B06-47CD-955A-3E7F172FB1EB}"/>
+    <hyperlink ref="I261" r:id="rId267" xr:uid="{3A43C395-87C8-4CA5-A0F3-28FC608DEF21}"/>
+    <hyperlink ref="I260" r:id="rId268" xr:uid="{0B8EC382-BDF1-4771-8690-B36EAE759A8C}"/>
+    <hyperlink ref="I271" r:id="rId269" display="https://www-genesis.destatis.de/datenbank/online/statistics/filter/JTdCJTIyYXJlYUNvZGUlMjIlM0ElMjIlMjIlMkMlMjJjYXRlZ29yeUNvZGUlMjIlM0ElMjIlMjIlMkMlMjJjb2RlJTIyJTNBJTIyMzIxKiUyMiUyQyUyMmNvbnRlbnQlMjIlM0ElMjIlMjIlMkMlMjJ2YXJpYWJsZUNvZGUlMjIlM0ElMjIlMjIlMkMlMjJzb3J0JTIyJTNBJTIyQ29kZUFzYyUyMiUyQyUyMmlzQ29kZVNob3duJTIyJTNBdHJ1ZSUyQyUyMmlzQ2F0ZWdvcnlTaG93biUyMiUzQXRydWUlMkMlMjJpc1ZhcmlhYmxlQ29kZVNob3duJTIyJTNBZmFsc2UlN0Q=" xr:uid="{AEE4A157-BD6F-4EF4-A1FE-89DEDC4BC25F}"/>
+    <hyperlink ref="I270" r:id="rId270" xr:uid="{AEE85E05-964C-404D-A8FB-8E2543F89A15}"/>
+    <hyperlink ref="I269" r:id="rId271" xr:uid="{6DA8522C-6AED-4AAF-9CA2-E5DDA7B99F2F}"/>
+    <hyperlink ref="I272" r:id="rId272" location="sprg266812" xr:uid="{0B6AB1C2-5568-4455-BCE8-B49DA34AC0BD}"/>
+    <hyperlink ref="I274" r:id="rId273" location="/en/dw/categories/IT1,Z0920ENV,1.0/ENV_CITIES/DCCV_URBANENV_MUNWAS/IT1,609_1_DF_DCCV_URBANENV_14,1.0" xr:uid="{BFD99DB5-691C-4A96-8685-ADE29F0FD0EE}"/>
+    <hyperlink ref="I273" r:id="rId274" display="https://data.gov.il/dataset/waste-information-system" xr:uid="{FD5C2315-8D1B-4B37-B715-AE68B5708C9C}"/>
+    <hyperlink ref="I275" r:id="rId275" xr:uid="{916A3BDD-F1DB-42AE-88B8-085331D1BE74}"/>
+    <hyperlink ref="I276" r:id="rId276" location="/CBS/nl/dataset/70072ned/table?ts=1758615097762" xr:uid="{FEA2CC7E-A8E7-490A-AA3C-108A92D368CE}"/>
+    <hyperlink ref="I278" r:id="rId277" xr:uid="{431F3A6B-3982-47B4-9FC8-1A2ECE5241A7}"/>
+    <hyperlink ref="I280" r:id="rId278" location="!/view/en/VBD_SK_WIN/zp3001rr/v_zp3001rr_00_00_00_en" xr:uid="{8B171A04-9A9E-4B37-9827-1BB20056203B}"/>
+    <hyperlink ref="I281" r:id="rId279" xr:uid="{E99F3404-44A6-48E8-9047-7029A2B67EE7}"/>
+    <hyperlink ref="I282" r:id="rId280" xr:uid="{2305F451-5232-43FD-BD63-F531F0C720F5}"/>
+    <hyperlink ref="I277" r:id="rId281" xr:uid="{A5CE0C45-6E99-4DA5-B588-4A1DF9ABFEBE}"/>
+    <hyperlink ref="I279" r:id="rId282" xr:uid="{A3613D95-4363-4A21-8AEB-F9D2CA7CDF33}"/>
+    <hyperlink ref="I284" r:id="rId283" xr:uid="{C5D41A7A-94F0-4946-943C-4D77437A50C3}"/>
+    <hyperlink ref="I285" r:id="rId284" xr:uid="{6184274E-41E8-4724-954D-78C06D5C1626}"/>
+    <hyperlink ref="I286" r:id="rId285" xr:uid="{2D92A499-F5F9-42A3-BE98-35CA2CECF5E2}"/>
+    <hyperlink ref="I288" r:id="rId286" xr:uid="{3DB79BFC-FCB2-4C14-949B-2FAA90EBDA93}"/>
+    <hyperlink ref="I289" r:id="rId287" xr:uid="{4D6B9B27-FB6F-4364-9F8E-A011EC462C91}"/>
+    <hyperlink ref="I290" r:id="rId288" xr:uid="{D152B7F5-E917-44FF-A679-3C66AB7C2FA5}"/>
+    <hyperlink ref="I291" r:id="rId289" xr:uid="{86133D3C-155E-4AA7-9BD2-6018C0F371E9}"/>
+    <hyperlink ref="I293" r:id="rId290" xr:uid="{923490A8-7933-40D1-8973-DD7E0E3CA927}"/>
+    <hyperlink ref="I294" r:id="rId291" xr:uid="{D5E38F44-1DB4-4207-BCF8-C3C36D8FA950}"/>
+    <hyperlink ref="I296" r:id="rId292" xr:uid="{35C853D9-E18B-4A79-8766-0280574C9D53}"/>
+    <hyperlink ref="I297" r:id="rId293" xr:uid="{F945545E-3207-4AC8-B3F6-7D764CA1A2F0}"/>
+    <hyperlink ref="I299" r:id="rId294" xr:uid="{56AED25B-B43F-4C7D-AE00-431E1DDA58BC}"/>
+    <hyperlink ref="I300" r:id="rId295" xr:uid="{7A490E4B-8247-4B07-9894-C24F9308480D}"/>
+    <hyperlink ref="I302" r:id="rId296" xr:uid="{6D983F60-8F1E-4775-BEBB-1F413B836140}"/>
+    <hyperlink ref="I304" r:id="rId297" xr:uid="{843E87A3-7F8B-4FEA-854E-7F3C513C4A18}"/>
+    <hyperlink ref="I305" r:id="rId298" xr:uid="{83457A41-FFD5-4B27-A683-210B6FC181FC}"/>
+    <hyperlink ref="I306" r:id="rId299" xr:uid="{271FE653-FC86-44E2-ACB5-8679ABF30399}"/>
+    <hyperlink ref="I307" r:id="rId300" xr:uid="{F92DED58-BABF-4B9D-A41C-EB64C25F71DA}"/>
+    <hyperlink ref="I309" r:id="rId301" xr:uid="{0E20B8CF-A06A-4EC4-8774-DF6C467E7598}"/>
+    <hyperlink ref="I310" r:id="rId302" xr:uid="{F18A701C-677A-45CD-80AB-681A4BE367D1}"/>
+    <hyperlink ref="I312" r:id="rId303" xr:uid="{093C41AD-B18C-42FB-B4FA-B528DCA928B7}"/>
+    <hyperlink ref="I313" r:id="rId304" xr:uid="{5C0FF534-C6F9-4D39-93BE-B34A5178EBEC}"/>
+    <hyperlink ref="I316" r:id="rId305" xr:uid="{E65C11C1-E2E1-4F38-889E-235311E504A9}"/>
+    <hyperlink ref="I317" r:id="rId306" xr:uid="{A61CDB9C-D20E-415A-98C3-1088432B8405}"/>
+    <hyperlink ref="I315" r:id="rId307" location="/it/dw/categories/IT1,Z0920ENV,1.0/ENV_CITIES/DCCV_URBANENV_URBMOB/IT1,609_1_DF_DCCV_URBANENV_12,1.0" xr:uid="{D1DC7AC6-ADCD-44B4-B77F-3408EE7DFE2D}"/>
+    <hyperlink ref="I318" r:id="rId308" xr:uid="{B6869AB4-F2CD-46E3-BC10-D55A57171EF5}"/>
+    <hyperlink ref="I320" r:id="rId309" xr:uid="{235D713D-3C6D-49EE-958C-912E112E5009}"/>
+    <hyperlink ref="I321" r:id="rId310" location="/" xr:uid="{3FFA33D8-949B-48DC-B3D9-749A3006B256}"/>
+    <hyperlink ref="I295" r:id="rId311" xr:uid="{8F5EFE0C-AB42-459E-B19C-6242FA91C7D9}"/>
+    <hyperlink ref="I298" r:id="rId312" xr:uid="{FEABF686-18CF-4D8C-B14E-BBF75ADB21D7}"/>
+    <hyperlink ref="I301" r:id="rId313" xr:uid="{12A10AAC-B05B-4EA1-9BF9-18AC464BE11B}"/>
+    <hyperlink ref="I311" r:id="rId314" location="tolfraedi" xr:uid="{A00E5BFD-563B-4212-BD1A-9F17C7ECF585}"/>
+    <hyperlink ref="I303" r:id="rId315" xr:uid="{17BF4B13-DF3E-4E66-AE7B-3D5205C94C6D}"/>
+    <hyperlink ref="I340" r:id="rId316" display="https://www.bea.gov/data/income-saving/personal-income-by-state" xr:uid="{7D2436B3-CFBA-4C87-8A8E-4DD9374B0182}"/>
+    <hyperlink ref="I327" r:id="rId317" xr:uid="{C1816411-80A8-4E99-B8B5-1518F053EFD7}"/>
+    <hyperlink ref="I322" r:id="rId318" xr:uid="{1BF79290-EAC8-495F-9493-27E2479034BA}"/>
+    <hyperlink ref="I323" r:id="rId319" xr:uid="{F7B9307F-05C8-4E5F-AB0D-B3E5EE9D4FBB}"/>
+    <hyperlink ref="I324" r:id="rId320" location="/CBS/nl/dataset/85237NED/table?ts=1757431945493" xr:uid="{DFEB0EEA-8966-4C23-8AD1-6A4C07CCA38A}"/>
+    <hyperlink ref="I328" r:id="rId321" xr:uid="{E8B26238-FDE7-45CE-BE35-6595367E1F9A}"/>
+    <hyperlink ref="I329" r:id="rId322" xr:uid="{4F61252D-F1F8-4CDD-BC84-FF7F9AC40BD0}"/>
+    <hyperlink ref="I330" r:id="rId323" xr:uid="{6F2546F5-D5DC-470F-B2F9-3E2FF8F2DAFD}"/>
+    <hyperlink ref="I331" r:id="rId324" location="!/view/en/vbd_sk_win2/do3803rr/v_do3803rr_00_00_00_en" xr:uid="{8B07EE5D-F619-457D-AEA0-FE4284955DF4}"/>
+    <hyperlink ref="I333" r:id="rId325" xr:uid="{E245C101-40E1-49F9-9EC2-CE1F02C5486C}"/>
+    <hyperlink ref="I334" r:id="rId326" xr:uid="{F12197CD-FD87-4C7B-9986-76D83F22DAEE}"/>
+    <hyperlink ref="I335" r:id="rId327" xr:uid="{0274758D-D7A9-44E6-A3D1-94B44A2EF9D3}"/>
+    <hyperlink ref="I337" r:id="rId328" xr:uid="{D67EAE99-8381-4614-AFD8-4802E0A2A4DB}"/>
+    <hyperlink ref="I336" r:id="rId329" xr:uid="{FE06FD08-306D-415E-9B8B-0F44674E6CB7}"/>
+    <hyperlink ref="I338" r:id="rId330" xr:uid="{81AFBCA9-8A56-4007-B371-592FED620D8D}"/>
+    <hyperlink ref="I339" r:id="rId331" location="download-data-files" xr:uid="{95950DBB-0D3C-4AE4-B2D3-BFE28B73FB2D}"/>
+    <hyperlink ref="I326" r:id="rId332" xr:uid="{697C6480-3EB5-40D7-B45F-0ABE087FE93B}"/>
+    <hyperlink ref="I332" r:id="rId333" xr:uid="{FE491213-3E43-49BF-A6D8-03CCC408D258}"/>
+    <hyperlink ref="I341" r:id="rId334" xr:uid="{5792C15C-6F60-4326-AB75-F5CCDF7736DC}"/>
+    <hyperlink ref="I342" r:id="rId335" xr:uid="{8F3C7E8A-0FE2-4BC1-A1F1-16516A11DDFC}"/>
+    <hyperlink ref="I343" r:id="rId336" xr:uid="{6A5109E9-AE67-4469-AE8B-D8E79C0E91CB}"/>
+    <hyperlink ref="I325" r:id="rId337" xr:uid="{FF6A8734-EBA7-491F-9168-C5A59D5D7DAF}"/>
+    <hyperlink ref="I348" r:id="rId338" location="katalog=30845" xr:uid="{25EE0976-DF46-4FF9-B0AA-798BA6D7BA14}"/>
+    <hyperlink ref="I344" r:id="rId339" xr:uid="{88A2176A-E94C-4E1B-A23A-3F6255A38E41}"/>
+    <hyperlink ref="I346" r:id="rId340" xr:uid="{0527011B-DA47-4EC0-8C3F-119D42B6DAB3}"/>
+    <hyperlink ref="I350" r:id="rId341" xr:uid="{7CD085AD-CBCF-4197-8E2A-A24C4A32FA57}"/>
+    <hyperlink ref="I351" r:id="rId342" xr:uid="{1E97FD4D-B597-432A-9E27-E8785B7596F4}"/>
+    <hyperlink ref="I349" r:id="rId343" xr:uid="{E2B57EDC-5AC2-49FA-BF37-1DB82231589E}"/>
+    <hyperlink ref="I352" r:id="rId344" xr:uid="{C7223A42-BA75-4037-B1F2-FD8DC34472AF}"/>
+    <hyperlink ref="I353" r:id="rId345" xr:uid="{B5A4617D-A913-47FE-AF87-FDFA22257C3F}"/>
+    <hyperlink ref="I354" r:id="rId346" xr:uid="{EDC74B48-194B-4752-8790-1ECD3AC601A5}"/>
+    <hyperlink ref="I356" r:id="rId347" xr:uid="{73352CFD-85EB-4563-B74E-6677ED268BF5}"/>
+    <hyperlink ref="I358" r:id="rId348" xr:uid="{07F1F20B-C134-436C-9029-95388E84AF22}"/>
+    <hyperlink ref="I374" r:id="rId349" xr:uid="{6B644324-5988-4B2B-8D08-B3CE272FF718}"/>
+    <hyperlink ref="I360" r:id="rId350" location="tabular_data" xr:uid="{A88E1E06-557F-4EAC-8636-2696CDC2298B}"/>
+    <hyperlink ref="I367" r:id="rId351" location="!/view/en/vbd_dem/om7035rr/v_om7035rr_00_00_00_en" xr:uid="{7F49AA90-2021-4CEA-ADEF-827B5FCA2BFD}"/>
+    <hyperlink ref="I372" r:id="rId352" xr:uid="{0784B170-38F4-48F4-8A6C-723D34AC33C5}"/>
+    <hyperlink ref="I370" r:id="rId353" xr:uid="{1F93B1E6-E481-4273-BF35-D5B0E204F501}"/>
+    <hyperlink ref="I371" r:id="rId354" xr:uid="{6895B237-63F7-4E61-B551-3B5367391BCC}"/>
+    <hyperlink ref="I361" r:id="rId355" location="/CBS/nl/dataset/80202ned/table?ts=1758209004338" xr:uid="{2B8934FA-60B4-420F-A7A7-B981B1FB6719}"/>
+    <hyperlink ref="I364" r:id="rId356" xr:uid="{D5E24CCA-6C14-4218-B96B-2AC9F2B46FF6}"/>
+    <hyperlink ref="I366" r:id="rId357" xr:uid="{EF8EC539-ED31-4226-BCD4-A54213A9613E}"/>
+    <hyperlink ref="I369" r:id="rId358" xr:uid="{58505939-C7F7-4724-B996-97E7EE517148}"/>
+    <hyperlink ref="I373" r:id="rId359" xr:uid="{052D616E-3E62-45CD-AE2D-298BDD277DF2}"/>
+    <hyperlink ref="I375" r:id="rId360" xr:uid="{1FD2A63D-0EA4-4B24-889E-B1E3B72590FD}"/>
+    <hyperlink ref="I378" r:id="rId361" display="https://www.statistik.at/en/statistics/tourism-and-transport/vehicles/stock-of-motor-vehicles" xr:uid="{04BABD9A-0D2E-40B4-AA9E-D0633DF69D7F}"/>
+    <hyperlink ref="I380" r:id="rId362" location="F46" xr:uid="{CD954A59-2CAC-4B8E-AD8E-9270D9158EC7}"/>
+    <hyperlink ref="I385" r:id="rId363" xr:uid="{AD20CC02-A492-4B2B-8052-B4F95F512467}"/>
+    <hyperlink ref="I376" r:id="rId364" xr:uid="{8EBD5909-8773-4F32-82E3-009B6B529DE3}"/>
+    <hyperlink ref="I379" r:id="rId365" xr:uid="{8D5E4536-0885-4FF5-8273-19987CE4B83F}"/>
+    <hyperlink ref="I383" r:id="rId366" xr:uid="{F5B3D8E1-9C7D-4F5E-84FF-60E01E707968}"/>
+    <hyperlink ref="I384" r:id="rId367" xr:uid="{732BCE38-078E-400F-8574-0B9B5C702C16}"/>
+    <hyperlink ref="I382" r:id="rId368" xr:uid="{ABADB6C8-ECB7-4F29-B7F6-AB42AC541A2A}"/>
+    <hyperlink ref="I387" r:id="rId369" xr:uid="{C899EE76-4741-4762-842C-2590F33FB726}"/>
+    <hyperlink ref="I388" r:id="rId370" xr:uid="{910E72E5-BF33-44AA-B5C2-73F93A552004}"/>
+    <hyperlink ref="I389" r:id="rId371" xr:uid="{0ABFDFD6-D80F-47E2-A254-B5103D077B41}"/>
+    <hyperlink ref="I377" r:id="rId372" location="data-downloads" xr:uid="{13BFE361-6933-4D51-B492-E494829D7980}"/>
+    <hyperlink ref="I362" r:id="rId373" xr:uid="{2BAD6788-C2B9-4168-9D00-3806CDD34DA9}"/>
+    <hyperlink ref="I363" r:id="rId374" xr:uid="{E4A54907-1BA1-4C08-943A-9030F2A5766D}"/>
+    <hyperlink ref="I368" r:id="rId375" xr:uid="{2E0DC04A-2B9C-414B-8819-DD89A068A4B1}"/>
+    <hyperlink ref="I394" r:id="rId376" location="/en/dw/categories/IT1,Z0840JUS,1.0/JUS_CRIMINAL/DCCV_DELITTIPS/IT1,73_67_DF_DCCV_DELITTIPS_1,1.0" xr:uid="{9B1DF270-2BC2-4508-8464-81D0FDABBD25}"/>
+    <hyperlink ref="I392" r:id="rId377" xr:uid="{B599F0F0-EAD7-4542-9E6E-38862032FB2C}"/>
+    <hyperlink ref="I395" r:id="rId378" xr:uid="{05636659-0013-459E-9D48-134F138E26B1}"/>
+    <hyperlink ref="I396" r:id="rId379" xr:uid="{203DBC71-7786-4CAB-9913-6A529167CF77}"/>
+    <hyperlink ref="I398" r:id="rId380" xr:uid="{92E3F08A-45C1-4DEF-A515-6B023682E846}"/>
+    <hyperlink ref="I413" r:id="rId381" xr:uid="{636FA71E-C24E-4D9B-A6BD-E475E78BCD6A}"/>
+    <hyperlink ref="I414" r:id="rId382" location="data-download" xr:uid="{F2E97BFC-4689-4F37-9C13-14BEC582B133}"/>
+    <hyperlink ref="I415" r:id="rId383" xr:uid="{B8471BEA-9335-4FD8-B9A0-9D4BC230883B}"/>
+    <hyperlink ref="I417" r:id="rId384" xr:uid="{2A1B6152-AE0A-457F-978F-385523678662}"/>
+    <hyperlink ref="I416" r:id="rId385" xr:uid="{EA06D42C-B347-4333-8472-0287D14A30E6}"/>
+    <hyperlink ref="I399" r:id="rId386" xr:uid="{D8C704E7-706B-444E-9314-06CBC688EC08}"/>
+    <hyperlink ref="I400" r:id="rId387" location="/CBS/nl/dataset/83648NED/table?ts=1757499893221" xr:uid="{97603E93-D951-48D9-9386-614291FE0661}"/>
+    <hyperlink ref="I401" r:id="rId388" xr:uid="{AC76B8F6-974E-4EA5-951A-BF68D7DE2589}"/>
+    <hyperlink ref="I403" r:id="rId389" xr:uid="{F1510112-F614-4312-BC9A-A25BA418A82A}"/>
+    <hyperlink ref="I404" r:id="rId390" xr:uid="{504B775B-C316-44BB-A1BB-6A975773552F}"/>
+    <hyperlink ref="I405" r:id="rId391" location="!/view/en/VBD_SK_WIN/sk3002rr/v_sk3002rr_00_00_00_en" xr:uid="{33A870A6-FE63-4611-AF1F-91132EEDA72C}"/>
+    <hyperlink ref="I408" r:id="rId392" location="h-Tabellerslutligstatistik" xr:uid="{6D40F773-A3F4-4586-83F0-0ECF7C3BB408}"/>
+    <hyperlink ref="I409" r:id="rId393" xr:uid="{7832AFE0-4610-4597-8B76-2F718E519D15}"/>
+    <hyperlink ref="I407" r:id="rId394" xr:uid="{BD39DD53-AD96-441C-8864-C217233DA992}"/>
+    <hyperlink ref="I406" r:id="rId395" xr:uid="{22B75941-A907-4F05-85E1-407EF473E9F0}"/>
+    <hyperlink ref="I411" r:id="rId396" location="police-record-crime-open-data-police-force-area-tables" xr:uid="{233AE50D-BF1E-422C-8B62-99BD3B68116D}"/>
+    <hyperlink ref="I412" r:id="rId397" xr:uid="{ABA22116-CD1E-46AB-962A-0AD0E24E3356}"/>
+    <hyperlink ref="I419" r:id="rId398" location="L2.2" xr:uid="{55331277-E494-48F2-A76A-975343E73F50}"/>
+    <hyperlink ref="I420" r:id="rId399" location="Tabulados" display="https://www.inegi.org.mx/programas/pibent/2013/default.html#Tabulados" xr:uid="{664FB257-0BDD-41E5-93EC-FFE7A9214472}"/>
+    <hyperlink ref="I421" r:id="rId400" xr:uid="{9B2333DC-F0C9-4D96-B378-450988DDD629}"/>
+    <hyperlink ref="I426" r:id="rId401" location="data-download" display="https://www.abs.gov.au/statistics/economy/national-accounts/australian-national-accounts-state-accounts/latest-release#data-download" xr:uid="{5F70DBB3-5E6F-45B9-B738-9EFB66F240EB}"/>
+    <hyperlink ref="I431" r:id="rId402" display="https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-departamentales" xr:uid="{708614EB-E4FB-4A21-AB4D-4FF727A90224}"/>
+    <hyperlink ref="I422" r:id="rId403" xr:uid="{EF8E3341-FD5F-4093-96BF-B5324DBFCF1E}"/>
+    <hyperlink ref="I424" r:id="rId404" xr:uid="{4A791DB8-26AF-4DDD-AA18-9DE551337B1F}"/>
+    <hyperlink ref="I425" r:id="rId405" display="https://ec.europa.eu/eurostat/databrowser/view/nama_10r_3gva/default/table?lang=en&amp;category=reg.reg_eco10.reg_eco10brch" xr:uid="{19ACEDFB-B400-4B8D-85D9-7FF4A1B65668}"/>
+    <hyperlink ref="I430" r:id="rId406" display="https://si3.bcentral.cl/Siete/ES/Siete/Cuadro/CAP_CCNN/MN_CCNN76/CCNN2013_P1/CCNN2013_P1#" xr:uid="{DE60849A-A49D-4C0B-BDD8-11651DFF9DE8}"/>
+    <hyperlink ref="I423" r:id="rId407" location="eyJhcHBpZCI6NzAsInN0ZXBzIjpbMSwyOSwyNSwzMSwyNiwyNywzMF0sImRhdGEiOltbIlRhYmxlSWQiLCI1MzEiXSxbIk1ham9yX0FyZWEiLCIwIl0sWyJTdGF0ZSIsWyIwIl1dLFsiQXJlYSIsWyIwMDAwMCJdXSxbIlN0YXRpc3RpYyIsWyItMSJdXSxbIlVuaXRfb2ZfbWVhc3VyZSIsIkxldmVscyJdLFsiWWVhciIsWyIyMDI0Il1dLFsiWWVhckJlZ2luIiwiLTEiXSxbIlllYXJfRW5kIiwiLTEiXV19" display="https://apps.bea.gov/itable/?ReqID=70&amp;step=1&amp;_gl=1*bnwdph*_ga*ODgxMTQxMzY5LjE2ODA3OTE5MzU.*_ga_J4698JNNFT*czE3NTc1NzM1OTYkbzUkZzEkdDE3NTc1NzM2MzAkajI2JGwwJGgw#eyJhcHBpZCI6NzAsInN0ZXBzIjpbMSwyOSwyNSwzMSwyNiwyNywzMF0sImRhdGEiOltbIlRhYmxlSWQiLCI1MzEiXSxbIk1ham9yX0FyZWEiLCIwIl0sWyJTdGF0ZSIsWyIwIl1dLFsiQXJlYSIsWyIwMDAwMCJdXSxbIlN0YXRpc3RpYyIsWyItMSJdXSxbIlVuaXRfb2ZfbWVhc3VyZSIsIkxldmVscyJdLFsiWWVhciIsWyIyMDI0Il1dLFsiWWVhckJlZ2luIiwiLTEiXSxbIlllYXJfRW5kIiwiLTEiXV19" xr:uid="{6F5F9E06-4E46-4D2A-A7F3-895D5629B80A}"/>
+    <hyperlink ref="I418" r:id="rId408" xr:uid="{DD7CD45A-8A3D-4480-9C00-0E1DBA7D4204}"/>
+    <hyperlink ref="I429" r:id="rId409" display="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=3610071001" xr:uid="{5BA805E7-A202-4EFD-A394-FC113F240CD1}"/>
+    <hyperlink ref="I427" r:id="rId410" display="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=3610071101" xr:uid="{ECA1B762-140D-4214-A973-E8B3E72D215D}"/>
+    <hyperlink ref="I428" r:id="rId411" display="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=3610040001" xr:uid="{0D3C7430-A4B3-4281-92C9-7D81A7B9B7B3}"/>
+    <hyperlink ref="I433" r:id="rId412" location="L2.2" display="http://kosis.kr/eng/statisticsList/statisticsListIndex.do?menuId=M_01_01&amp;vwcd=MT_ETITLE&amp;parmTabId=M_01_01&amp;statId=1989005&amp;themaId=#L2.2" xr:uid="{7F09B78F-0D3D-4795-883A-CF00DAC2B713}"/>
+    <hyperlink ref="I434" r:id="rId413" location="Tabulados" display="https://www.inegi.org.mx/programas/pibent/2013/default.html#Tabulados" xr:uid="{535C2E29-158F-4396-9085-D33554C39800}"/>
+    <hyperlink ref="I435" r:id="rId414" display="https://www.stats.govt.nz/information-releases/regional-gross-domestic-product-year-ended-march-2024/" xr:uid="{3E2090F3-49B2-41F8-BC87-2E37A87F507E}"/>
+    <hyperlink ref="I432" r:id="rId415" display="https://www.esri.cao.go.jp/jp/sna/data/data_list/kenmin/files/contents/main_2022.html" xr:uid="{DC0CA8F6-D8AA-4480-9610-955DAD4BA127}"/>
+    <hyperlink ref="I436" r:id="rId416" display="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0014115" xr:uid="{DC97FF1A-F9FD-43B4-9BE1-5DC9B0CDAD0F}"/>
+    <hyperlink ref="I439" r:id="rId417" display="https://ec.europa.eu/eurostat/databrowser/view/nama_10r_2hhinc/default/table?lang=en&amp;category=reg.reg_eco10.reg_eco10brch" xr:uid="{472D70E2-BE9D-4161-AE66-A48D7E0110A2}"/>
+    <hyperlink ref="I437" r:id="rId418" display="https://www.ons.gov.uk/economy/grossvalueaddedgva/datasets/nominalandrealregionalgrossvalueaddedbalancedbyindustry" xr:uid="{CF026D82-900E-4D52-951A-69CBC06F1E04}"/>
+    <hyperlink ref="I438" r:id="rId419" location="eyJhcHBpZCI6NzAsInN0ZXBzIjpbMSwyOSwyNSwzMSwyNiwyNywzMF0sImRhdGEiOltbIlRhYmxlSWQiLCI1MzEiXSxbIk1ham9yX0FyZWEiLCIwIl0sWyJTdGF0ZSIsWyIwIl1dLFsiQXJlYSIsWyIwMDAwMCJdXSxbIlN0YXRpc3RpYyIsWyItMSJdXSxbIlVuaXRfb2ZfbWVhc3VyZSIsIkxldmVscyJdLFsiWWVhciIsWyIyMDI0Il1dLFsiWWVhckJlZ2luIiwiLTEiXSxbIlllYXJfRW5kIiwiLTEiXV19" display="https://apps.bea.gov/itable/?ReqID=70&amp;step=1&amp;_gl=1*bnwdph*_ga*ODgxMTQxMzY5LjE2ODA3OTE5MzU.*_ga_J4698JNNFT*czE3NTc1NzM1OTYkbzUkZzEkdDE3NTc1NzM2MzAkajI2JGwwJGgw#eyJhcHBpZCI6NzAsInN0ZXBzIjpbMSwyOSwyNSwzMSwyNiwyNywzMF0sImRhdGEiOltbIlRhYmxlSWQiLCI1MzEiXSxbIk1ham9yX0FyZWEiLCIwIl0sWyJTdGF0ZSIsWyIwIl1dLFsiQXJlYSIsWyIwMDAwMCJdXSxbIlN0YXRpc3RpYyIsWyItMSJdXSxbIlVuaXRfb2ZfbWVhc3VyZSIsIkxldmVscyJdLFsiWWVhciIsWyIyMDI0Il1dLFsiWWVhckJlZ2luIiwiLTEiXSxbIlllYXJfRW5kIiwiLTEiXV19" xr:uid="{B4651BCD-1654-4E33-BF2A-65B19F4C20DD}"/>
+    <hyperlink ref="I440" r:id="rId420" location="data-download" display="https://www.abs.gov.au/statistics/economy/national-accounts/australian-national-accounts-state-accounts/latest-release#data-download" xr:uid="{4B48B421-D823-4499-A2AF-F99F7A239DE6}"/>
+    <hyperlink ref="I441" r:id="rId421" display="https://stat.nbb.be/Index.aspx?DataSetCode=REGHHINC" xr:uid="{42F52D14-3A13-4FEB-8CB8-258F79AB2661}"/>
+    <hyperlink ref="I443" r:id="rId422" display="http://observatorio.ministeriodesarrollosocial.gob.cl/casen-multidimensional/casen/docs/Resultados_ingresos_Casen_2017.pdf" xr:uid="{5EC3E1DD-8611-4228-AE95-4CA1C6DAE503}"/>
+    <hyperlink ref="I447" r:id="rId423" display="https://andmed.stat.ee/en/stat/sotsiaalelu__sissetulek/ST21" xr:uid="{1480D460-8C42-4EF7-8F77-008ED8CAB742}"/>
+    <hyperlink ref="I445" r:id="rId424" display="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=vystup-objekt-parametry&amp;z=T&amp;f=TABULKA&amp;sp=A&amp;skupId=4809&amp;katalog=30832&amp;pvo=NUCD07&amp;c=v3~8__RP2023" xr:uid="{060F3617-B835-441D-B25C-10D2448F7AAA}"/>
+    <hyperlink ref="I448" r:id="rId425" display="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__altp/statfin_altp_pxt_12bf.px/" xr:uid="{16CE5264-7FF9-4973-915D-1DF6CCF97BD5}"/>
+    <hyperlink ref="I444" r:id="rId426" display="https://www.inec.cr/ingresos-y-gastos-de-hogares/ingresos-de-los-hogares" xr:uid="{9935DF9C-00F0-463F-92E5-01FEC2038662}"/>
+    <hyperlink ref="I450" r:id="rId427" display="https://www.ksh.hu/stadat_files/jov/en/jov0045.html" xr:uid="{A022B60C-445F-4FA3-889A-0E593C8DA1AA}"/>
+    <hyperlink ref="I451" r:id="rId428" display="https://px.hagstofa.is/pxen/pxweb/en/Samfelag/Samfelag__launogtekjur__3_tekjur__1_tekjur_skattframtol/TEK01002.px" xr:uid="{21D25A88-35D9-4534-A8AE-446CC6F37D09}"/>
+    <hyperlink ref="I453" r:id="rId429" display="https://www.cbs.gov.il/he/publications/DocLib/2024/7.ShnatonStandardofliving/07_02_2022.xlsx" xr:uid="{7BB13CAE-4ED0-4317-89E7-565C7F3D3CA5}"/>
+    <hyperlink ref="I452" r:id="rId430" display="http://www.cso.ie/px/pxeirestat/Statire/SelectVarVal/Define.asp?maintable=CIA01" xr:uid="{BDD79F4C-6D26-44F7-854F-72CB75A8D7C6}"/>
+    <hyperlink ref="I455" r:id="rId431" display="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1C94&amp;conn_path=I2&amp;language=en" xr:uid="{AABE8795-3A93-40E4-B5C4-ACC11A900FD4}"/>
+    <hyperlink ref="I456" r:id="rId432" display="http://data.csb.gov.lv/pxweb/en/sociala/sociala__mb__ienakumi/IIG060.px/table/tableViewLayout1/" xr:uid="{6F704AB0-9509-4AA6-BB91-C62A03C9463D}"/>
+    <hyperlink ref="I457" r:id="rId433" location="/" display="https://osp.stat.gov.lt/en_GB/statistiniu-rodikliu-analize#/" xr:uid="{9C3D704A-97E0-46FB-8286-C9DDCF4C7EC0}"/>
+    <hyperlink ref="I454" r:id="rId434" display="https://www.stat.go.jp/english/data/nenkan/73nenkan/zenbun/en73/book/pageindices/index122.html" xr:uid="{D976252A-947D-4140-BD6F-51B692F3445C}"/>
+    <hyperlink ref="I458" r:id="rId435" display="https://en.www.inegi.org.mx/programas/enigh/nc" xr:uid="{F923082C-4EB5-435C-9C30-5CD3754D4DF8}"/>
+    <hyperlink ref="I461" r:id="rId436" display="https://www.ssb.no/en/statbank/table/09797" xr:uid="{B2D01854-9517-4C9F-8F26-675FCD880C36}"/>
+    <hyperlink ref="I459" r:id="rId437" location="/CBS/nl/dataset/70072ned/table?ts=1759921577739" display="https://opendata.cbs.nl/statline/#/CBS/nl/dataset/70072ned/table?ts=1759921577739" xr:uid="{013755B7-CEEB-41F0-8774-D64BD1894BDE}"/>
+    <hyperlink ref="I470" r:id="rId438" display="https://www.bea.gov/data/income-saving/personal-income-by-state" xr:uid="{260BD5E9-343B-4522-BCD3-EF8DAD2EC5BC}"/>
+    <hyperlink ref="I467" r:id="rId439" display="https://www.bfs.admin.ch/bfs/fr/home/statistiques/situation-economique-sociale-population/revenus-consommation-et-fortune/budget-des-menages.assetdetail.10867317.html" xr:uid="{844A1804-D561-457E-A0AD-D5AE7E706ED6}"/>
+    <hyperlink ref="I469" r:id="rId440" display="https://www.ons.gov.uk/economy/regionalaccounts/grossdisposablehouseholdincome/datasets/regionalgrossdisposablehouseholdincomegdhi" xr:uid="{43F20035-CDA2-410F-8274-00A31334D07D}"/>
+    <hyperlink ref="I464" r:id="rId441" display="https://pxweb.stat.si/SiStatData/pxweb/en/Data/Data/0867385S.px/" xr:uid="{9209F13E-13F1-4EF4-920E-D722D8AD9B8F}"/>
+    <hyperlink ref="I475" r:id="rId442" display="https://www150.statcan.gc.ca/n1/tbl/csv/12100175-eng.zip" xr:uid="{F0BFB33B-7AC5-4BEE-A5FA-BBA1DDF3CE19}"/>
+    <hyperlink ref="I474" r:id="rId443" display="https://stat.nbb.be/Index.aspx?DataSetCode=REGTRD&amp;lang=fr" xr:uid="{2F6424DD-EAFE-4062-AEF2-DB5C74FAF151}"/>
+    <hyperlink ref="I473" r:id="rId444" display="https://stat.nbb.be/Index.aspx?DataSetCode=EXTTRADEBENAT&amp;lang=fr#" xr:uid="{70BA0B87-185B-4EBB-A9A3-C95E9E14CF1C}"/>
+    <hyperlink ref="I481" r:id="rId445" display="https://www-genesis.destatis.de/datenbank/online/statistic/51000/table/51000-0030" xr:uid="{2C9F6E88-F7F1-46FE-A138-D21018F404E4}"/>
+    <hyperlink ref="I484" r:id="rId446" location="/en/coe/dashboards" display="https://esploradati.istat.it/coeweb/databrowser/#/en/coe/dashboards" xr:uid="{54FE4175-F052-4A8D-A00E-80CC148C4977}"/>
+    <hyperlink ref="I498" r:id="rId447" display="https://ec.europa.eu/eurostat/cache/metadata/en/reg_lmk_esms.htm" xr:uid="{D770EFD2-552E-477C-B0BC-E0C85460E0AE}"/>
+    <hyperlink ref="I497" r:id="rId448" display="http://oe.cd/ipstats" xr:uid="{BC7CD3C3-1A5C-492F-BE12-D2C7158F67D2}"/>
+    <hyperlink ref="I499" r:id="rId449" display="https://dataexplorer.abs.gov.au/vis?fs[0]=Labour%2C0%7CEmployment%20and%20unemployment%23EMPLOYMENT_UNEMPLOYMENT%23&amp;pg=0&amp;fc=Region&amp;bp=true&amp;snb=10&amp;df[ds]=LABOUR_TOPICS&amp;df[id]=LF&amp;df[ag]=ABS&amp;df[vs]=1.0.0&amp;dq=.3.1599..AUS.M&amp;pd=2023-08%2C&amp;to[TIME_PERIOD]=false&amp;ly[cl]=TIME_PERIOD&amp;ly[rs]=TSEST&amp;ly[rw]=MEASURE" xr:uid="{197690A0-9854-4333-9714-70AD0CA3AAE9}"/>
+    <hyperlink ref="I503" r:id="rId450" display="http://www.dane.gov.co/index.php/estadisticas-por-tema/mercado-laboral/mercado-laboral-por-departamentos" xr:uid="{682E0E66-2D10-442A-B8E2-CD477F3E904B}"/>
+    <hyperlink ref="I502" r:id="rId451" display="https://de.ine.gob.cl/?fs[0]=Productos%2C0%7CEncuesta%20Nacional%20de%20Empleo%20%28ENE%29%23ENE%23&amp;pg=0&amp;fc=Productos&amp;bp=true&amp;snb=91" xr:uid="{48E3AF47-377D-4982-9A9C-AADC336B83E7}"/>
+    <hyperlink ref="I501" r:id="rId452" display="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=1410032701" xr:uid="{F41BDDBD-6BF4-42E7-9E26-4C90635E4CCE}"/>
+    <hyperlink ref="I506" r:id="rId453" display="http://www.statbank.dk/RASA1" xr:uid="{CA5E24FA-7A70-432D-B5C5-F8B6664A6ECF}"/>
+    <hyperlink ref="I507" r:id="rId454" display="http://andmebaas.stat.ee/Index.aspx?lang=en" xr:uid="{5E4ED81D-141C-4301-ACA8-B460BB2F504F}"/>
+    <hyperlink ref="I504" r:id="rId455" display="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=vystup-objekt-parametry&amp;sp=A&amp;skupId=446&amp;pvokc=&amp;katalog=30853&amp;pvo=ZAM02-A&amp;z=T" xr:uid="{403644DB-F9DC-4026-965F-AC871844ECFB}"/>
+    <hyperlink ref="I505" r:id="rId456" display="https://vdb.czso.cz/vdbvo2/faces/en/index.jsf?page=vystup-objekt-parametry&amp;sp=A&amp;pvokc=&amp;katalog=30853&amp;pvo=ZAM06&amp;z=T" xr:uid="{47BE4FAF-7FF9-4B1C-B615-CA814E2A67F2}"/>
+    <hyperlink ref="I508" r:id="rId457" display="https://statfin.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__tyti/statfin_tyti_pxt_13al.px/" xr:uid="{A059230C-4341-4D46-A0D1-0DA5A6BA22B4}"/>
+    <hyperlink ref="I509" r:id="rId458" display="https://www-genesis.destatis.de/datenbank/online/statistic/13231/details/filter/JTdCJTIyY2F0ZWdvcnlDb2RlJTIyJTNBJTIyMTMlMjIlN0Q=" xr:uid="{D6AFE96B-41EE-48AE-A772-9BB178C6977A}"/>
+    <hyperlink ref="I516" r:id="rId459" display="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1DA7004S&amp;conn_path=I2&amp;language=en" xr:uid="{4828812D-F7BC-4937-A9A6-2D8058CE679D}"/>
+    <hyperlink ref="I517" r:id="rId460" display="https://data.stat.gov.lv/pxweb/en/OSP_PUB/START__EMP__NBB__NBA/NBA041" xr:uid="{276B4F12-EB0C-4EED-96FA-087DEB8F7A87}"/>
+    <hyperlink ref="I518" r:id="rId461" display="https://data.stat.gov.lv/pxweb/en/OSP_PUB/START/NBA040" xr:uid="{681A6A27-7F5E-457E-B44C-98FD0E9F3B51}"/>
+    <hyperlink ref="I512" r:id="rId462" display="https://www.cbs.gov.il/he/publications/DocLib/2024/9.ShnatonLabourMarket/st09_04.xlsx" xr:uid="{D5E70463-A12D-43CE-A255-49695F46195F}"/>
+    <hyperlink ref="I513" r:id="rId463" display="https://www.cbs.gov.il/he/publications/DocLib/2024/9.ShnatonLabourMarket/st09_24.xlsx" xr:uid="{B6A0B38A-F989-474A-9C53-FDA55FB013CC}"/>
+    <hyperlink ref="I515" r:id="rId464" display="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00200531&amp;bunya_l=03&amp;tstat=000001226891&amp;cycle=7&amp;year=20240&amp;month=0&amp;tclass1=000001227003&amp;result_back=1&amp;tclass2val=0" xr:uid="{B4A45502-FE8D-4D0C-AC51-5733D06ADAF2}"/>
+    <hyperlink ref="I514" r:id="rId465" location="/en/dw/categories/IT1,Z0500LAB,1.0/LAB_OFFER/DCCV_POPCOND1/IT1,532_930_DF_DCCV_POPCOND1_4,1.0" display="https://esploradati.istat.it/databrowser/#/en/dw/categories/IT1,Z0500LAB,1.0/LAB_OFFER/DCCV_POPCOND1/IT1,532_930_DF_DCCV_POPCOND1_4,1.0" xr:uid="{E80809F4-D184-4A35-9CCD-BB936C969540}"/>
+    <hyperlink ref="I511" r:id="rId466" display="https://data.cso.ie/table/QLF08" xr:uid="{EBC67987-E30B-4F63-8AA7-995604D02566}"/>
+    <hyperlink ref="I520" r:id="rId467" location="tabulados" display="https://www.inegi.org.mx/programas/enoe/15ymas/#tabulados" xr:uid="{00F89D9B-FC18-4DE8-BB07-1A0B3C823D19}"/>
+    <hyperlink ref="I522" r:id="rId468" display="https://infoshare.stats.govt.nz/SelectVariables.aspx?pxID=a2b114fe-1dc9-42b3-8405-f9607a7b483b" xr:uid="{B6D3F660-3F9A-4166-9259-89DF980E46BC}"/>
+    <hyperlink ref="I521" r:id="rId469" location="/CBS/nl/dataset/84469NED/table?dl=4D89E" display="http://opendata.cbs.nl/statline/#/CBS/nl/dataset/84469NED/table?dl=4D89E" xr:uid="{843E36E8-FD6F-4100-8506-E62A993406A0}"/>
+    <hyperlink ref="I523" r:id="rId470" display="https://www.ssb.no/en/statbank/table/05613" xr:uid="{43AC693E-E396-47FA-921B-EFE0191A4410}"/>
+    <hyperlink ref="I524" r:id="rId471" location="!/view/en/VBD_SK_WIN/pr3102qr/v_pr3102qr_00_00_00_en" display="https://datacube.statistics.sk/#!/view/en/VBD_SK_WIN/pr3102qr/v_pr3102qr_00_00_00_en" xr:uid="{C87BB04B-F760-40F6-9325-A16FF1B62798}"/>
+    <hyperlink ref="I525" r:id="rId472" location="!/view/en/vbd_sk_win2/pr3802qr/v_pr3802qr_00_00_00_en" display="https://datacube.statistics.sk/#!/view/en/vbd_sk_win2/pr3802qr/v_pr3802qr_00_00_00_en" xr:uid="{172E3502-F7C9-4072-B73B-1C8773F8FAB6}"/>
+    <hyperlink ref="I526" r:id="rId473" display="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/0762115S.px" xr:uid="{4D65770E-C779-452B-A035-4C7925069447}"/>
+    <hyperlink ref="I528" r:id="rId474" display="www.slfs.bfs.admin.ch" xr:uid="{6EF020A4-E51B-4470-A9A0-41744BF7AE28}"/>
+    <hyperlink ref="I529" r:id="rId475" display="https://biruni.tuik.gov.tr/medas/?kn=102&amp;locale=en" xr:uid="{6D7B1C87-06DA-4CB6-A263-FF36E80DEC84}"/>
+    <hyperlink ref="I532" r:id="rId476" display="https://ec.europa.eu/eurostat/databrowser/product/view/nama_10r_3empers?category=reg.reg_eco10.reg_eco10brch" xr:uid="{8E79F944-3EE0-44C9-B302-53CEC211EA55}"/>
+    <hyperlink ref="I533" r:id="rId477" location="data-downloads" display="https://www.abs.gov.au/statistics/labour/employment-and-unemployment/labour-force-australia-detailed/latest-release#data-downloads" xr:uid="{586C6EA4-0713-4164-B27E-5B550820E2FE}"/>
+    <hyperlink ref="I534" r:id="rId478" display="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1410046602" xr:uid="{A13A9BF2-60E4-4C6B-B8B8-0997CB89A9F7}"/>
+    <hyperlink ref="I537" r:id="rId479" display="https://www.inec.cr/encuestas/encuesta-continua-de-empleo?keys=regiones+de+planificaci%C3%B3n&amp;at=544&amp;prd=All&amp;field_anio_documento_value%5Bvalue%5D%5Bdate%5D=2020" xr:uid="{F56797F9-A506-43B5-B07B-851DD27D999D}"/>
+    <hyperlink ref="I538" r:id="rId480" display="https://ec.europa.eu/eurostat/databrowser/product/view/nama_10r_3empers?category=reg.reg_eco10.reg_eco10brch" xr:uid="{2B0BA34C-A8B6-4166-9ADF-48F8FC1FFE3A}"/>
+    <hyperlink ref="I541" r:id="rId481" display="https://kosis.kr/statHtml/statHtml.do?orgId=101&amp;tblId=DT_1ES3B05S&amp;conn_path=I2&amp;language=en" xr:uid="{F117F062-7177-4837-A768-32F7F81C9628}"/>
+    <hyperlink ref="I542" r:id="rId482" location="tabulados" display="https://www.inegi.org.mx/programas/enoe/15ymas/#tabulados" xr:uid="{D45332EF-53EF-44BC-9FB0-1E3A2ED34FBE}"/>
+    <hyperlink ref="I543" r:id="rId483" display="https://infoshare.stats.govt.nz/SelectVariables.aspx?pxID=50aa488a-26c7-4d7e-a46e-4125b4f3e3e1" xr:uid="{88B074E6-FBFD-4C15-9D68-739C58FFEAD7}"/>
+    <hyperlink ref="I539" r:id="rId484" display="https://www.cbs.gov.il/he/publications/DocLib/2024/9.ShnatonLabourMarket/st09_14x.xlsx" xr:uid="{164AADD8-5EC4-4424-BAA4-EC42D013C62A}"/>
+    <hyperlink ref="I530" r:id="rId485" display="https://www.nomisweb.co.uk/query/construct/summary.asp?mode=construct&amp;version=0&amp;dataset=17" xr:uid="{0148DE01-5BDA-42C9-9342-9B3D840D75B1}"/>
+    <hyperlink ref="I531" r:id="rId486" display="https://www.bls.gov/lau/ex14tables.htm" xr:uid="{8D87715E-F390-4AEA-871E-7A6A4346E868}"/>
+    <hyperlink ref="I536" r:id="rId487" display="https://www.dane.gov.co/index.php/estadisticas-por-tema/mercado-laboral/empleo-y-desempleo" xr:uid="{8B578B6F-99F4-4BA8-8B59-AD8386765432}"/>
+    <hyperlink ref="I527" r:id="rId488" display="http://www.statistikdatabasen.scb.se/pxweb/sv/ssd/START__AM__AM0401__AM0401N/NAKUBefolkningLAr/?parttable=&amp;rxid=c37bd28c-f33e-4322-be01-182ebff258cf" xr:uid="{5903C726-77A1-4EE0-9128-7E8B30E37832}"/>
+    <hyperlink ref="I544" r:id="rId489" display="https://www.nomisweb.co.uk" xr:uid="{E9EE3D82-E562-4F22-A522-E62B3C101604}"/>
+    <hyperlink ref="I545" r:id="rId490" display="https://www.ons.gov.uk/employmentandlabourmarket/peopleinwork/employmentandemployeetypes/datasets/workforcejobsbyregionandindustryjobs05" xr:uid="{3674C2E4-85A5-4938-93B0-1518B96190E3}"/>
+    <hyperlink ref="I546" r:id="rId491" display="https://apps.bea.gov/" xr:uid="{ED296326-B4B2-4887-9AB7-D003606CA40F}"/>
+    <hyperlink ref="I547" r:id="rId492" display="https://ec.europa.eu/eurostat/databrowser/product/view/edat_lfse_04?lang=en" xr:uid="{5A2F47D3-739C-482B-AB13-586E867F8561}"/>
+    <hyperlink ref="I550" r:id="rId493" display="https://si3.bcentral.cl/Siete/ES/Siete/Cuadro/CAP_CCNN/MN_CCNN76/CCNN2013_P1/CCNN2013_P1#" xr:uid="{0122D7C1-300C-4523-853C-5A99E13B22CA}"/>
+    <hyperlink ref="I549" r:id="rId494" display="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1410001901" xr:uid="{98A34C9C-4A09-4333-A635-FF7CEA79DE41}"/>
+    <hyperlink ref="I553" r:id="rId495" display="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__manntal__2021__3_menntun/CEN1301.px/" xr:uid="{7241CC0F-E4DF-47B5-B190-87426E86E3D3}"/>
+    <hyperlink ref="I548" r:id="rId496" location="data-downloads" display="https://www.abs.gov.au/statistics/people/education/education-and-work-australia/latest-release#data-downloads" xr:uid="{3CE5EC05-C5A1-4DAE-A5C9-C711D6E52077}"/>
+    <hyperlink ref="I551" r:id="rId497" display="https://www.dane.gov.co/index.php/estadisticas-por-tema/mercado-laboral/empleo-y-desempleo" xr:uid="{146B45E2-E6FA-4D79-8700-587922B2AE17}"/>
+    <hyperlink ref="I555" r:id="rId498" display="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00200502&amp;tstat=000001225961&amp;cycle=0&amp;year=20250&amp;month=0&amp;tclass1=000001225962" xr:uid="{B7193913-1190-431B-97BF-A4E164AD96BD}"/>
+    <hyperlink ref="I566" r:id="rId499" display="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=3710019701" xr:uid="{72D15C31-5D91-4D59-AFF3-A1E3EB7AB9B9}"/>
+    <hyperlink ref="I563" r:id="rId500" display="https://ec.europa.eu/eurostat/databrowser/view/lfst_r_lfe2eedu/default/table?lang=en" xr:uid="{4C43E3FD-8A42-4B41-8FF6-9F80896653E9}"/>
+    <hyperlink ref="I564" r:id="rId501" display="https://ec.europa.eu/eurostat/databrowser/view/lfst_r_lfsd2pop/default/table?lang=en" xr:uid="{CD7B30A5-2A0D-413D-B78D-E685128C3626}"/>
+    <hyperlink ref="I565" r:id="rId502" location="data-downloads" display="https://www.abs.gov.au/statistics/people/education/education-and-work-australia/latest-release#data-downloads" xr:uid="{BF5168F9-4DBD-40EF-9A6E-5CA05CF6BCEF}"/>
+    <hyperlink ref="I560" r:id="rId503" display="https://biruni.tuik.gov.tr/medas/?kn=89&amp;locale=en" xr:uid="{CA35C85A-824E-460E-9D9A-6A6C585B4829}"/>
+    <hyperlink ref="I568" r:id="rId504" display="https://www.dane.gov.co/index.php/estadisticas-por-tema/mercado-laboral/empleo-y-desempleo" xr:uid="{C9D81E81-7DC5-46DB-A2F3-DAC87015AA3A}"/>
+    <hyperlink ref="I558" r:id="rId505" display="https://www.stats.govt.nz/information-releases/labour-market-statistics-june-2025-quarter/" xr:uid="{9BF76304-3C26-4428-BFB3-7A73CCAD07E3}"/>
+    <hyperlink ref="I581" r:id="rId506" display="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=3710010301" xr:uid="{586B63B8-2DEA-4B7A-AA16-AEAA5E9D66CC}"/>
+    <hyperlink ref="I579" r:id="rId507" location="data-downloads" display="https://www.abs.gov.au/statistics/people/education/education-and-work-australia/latest-release#data-downloads" xr:uid="{5BD83D21-6DD6-4AD7-9E24-E8FF935C2023}"/>
+    <hyperlink ref="I577" r:id="rId508" display="https://ec.europa.eu/eurostat/databrowser/view/educ_uoe_enra12/default/table?lang=en" xr:uid="{2FDC6572-8FC2-4A0F-AE1A-119BD1B23245}"/>
+    <hyperlink ref="I578" r:id="rId509" display="https://ec.europa.eu/eurostat/databrowser/product/view/demo_r_d2jan?lang=en" xr:uid="{B0BEFC5F-693E-4222-9CF5-829985EDA5AD}"/>
+    <hyperlink ref="I572" r:id="rId510" display="https://www.stats.govt.nz/information-releases/labour-market-statistics-june-2025-quarter/" xr:uid="{6BD367FB-15BB-424D-8C9F-D1673C9F2263}"/>
+    <hyperlink ref="I593" r:id="rId511" display="https://ec.europa.eu/eurostat/databrowser/view/trng_lfs_22/default/table?lang=en&amp;category=educ.educ_part.trng.trng_lfs_12m.trng_lfs_12m1" xr:uid="{B5FBE6D3-15EC-4F1A-9DDC-87E7F46580EF}"/>
+    <hyperlink ref="I594" r:id="rId512" display="https://ec.europa.eu/eurostat/databrowser/view/TRNG_LFSE_04__custom_5204132/default/table?lang=en" xr:uid="{BD2D0108-0F96-41FB-8E7C-650009E91EA5}"/>
+    <hyperlink ref="I595" r:id="rId513" display="https://www.abs.gov.au/statistics/people/education/work-related-training-and-adult-learning-australia/latest-release" xr:uid="{AF655B23-1DCC-451E-BAE3-0828B4337730}"/>
+    <hyperlink ref="I596" r:id="rId514" display="https://www.statcan.gc.ca/en/statistical-programs/instrument/5375_Q1_V27" xr:uid="{670F717B-228A-4C2B-9B92-247308FA85D6}"/>
+    <hyperlink ref="I603" r:id="rId515" display="https://www.stats.govt.nz/information-releases/labour-market-statistics-june-2025-quarter/" xr:uid="{AD6151A2-DAD0-4B12-B2B5-E7DB2CFF3EDF}"/>
+    <hyperlink ref="I605" r:id="rId516" display="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/0986804S.px" xr:uid="{C97A158F-B2C8-4394-BD4F-8359543B8D54}"/>
+    <hyperlink ref="I606" r:id="rId517" location="_tabs-1254736195808" display="https://www.ine.es/dyngs/INEbase/en/operacion.htm?c=Estadistica_C&amp;cid=1254736176759&amp;menu=resultados&amp;idp=1254735573113#_tabs-1254736195808" xr:uid="{0828AB73-BC69-4A36-91C7-12E39161C3AD}"/>
+    <hyperlink ref="I607" r:id="rId518" display="https://www.bfs.admin.ch/bfs/fr/home/statistiques/education-science/formation-continue/population.assetdetail.22544870.html" xr:uid="{8035D451-C965-44B0-9950-E90D11E6E9BB}"/>
+    <hyperlink ref="I610" r:id="rId519" display="https://www.abs.gov.au/statistics/people/education/education-and-work-australia/latest-release" xr:uid="{71661B10-0975-421B-93EB-C9A0F781938A}"/>
+    <hyperlink ref="I609" r:id="rId520" display="https://ec.europa.eu/eurostat/databrowser/product/view/edat_lfse_22?category=reg.reg_educ.reg_educ_" xr:uid="{0F3D9F56-BF5B-437C-BF1D-BD1A6AD8062B}"/>
+    <hyperlink ref="I611" r:id="rId521" display="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=3710019601" xr:uid="{7A259C95-A9C5-4C44-BCC8-828C41AFBFBE}"/>
+    <hyperlink ref="I612" r:id="rId522" display="https://regiones.ine.cl/documentos/default-source/region-iii/estadisticas/ocupacion-y-desocupacion/infografias/personas-j%C3%B3venes/personas-j%C3%B3venes-que-no-estudian-y-no-est%C3%A1n-ocupadas-a%C3%B1o-2022.pdf?sfvrsn=cabbcc2b_8" xr:uid="{969E1542-CFD4-4D42-A589-FC6F8A590CF6}"/>
+    <hyperlink ref="I613" r:id="rId523" display="https://www.dane.gov.co/index.php/estadisticas-por-tema/mercado-laboral/mercado-laboral-de-la-juventud" xr:uid="{0D183D83-1CA9-4A11-9957-A909761B4D9C}"/>
+    <hyperlink ref="I614" r:id="rId524" display="https://inec.cr/estadisticas-fuentes/encuestas/encuesta-continua-empleo?documentTypes=serie" xr:uid="{5420895B-2706-4555-9AEE-C57B8BA9B645}"/>
+    <hyperlink ref="I615" r:id="rId525" display="https://andmed.stat.ee/en/stat/sotsiaalelu__sotsiaalne-terjutus-laekeni-indikaatorid__vaesus-ja-ebaverdsus/LES39" xr:uid="{B637FBAB-263A-4907-97B3-37003DEAC5C7}"/>
+    <hyperlink ref="I616" r:id="rId526" display="https://www.cbs.gov.il/en/Pages/Social-Survey-Generator-new.aspx" xr:uid="{71341ACC-F4A5-4839-9001-301AB25594F4}"/>
+    <hyperlink ref="I620" r:id="rId527" display="https://www.stats.govt.nz/information-releases/labour-market-statistics-june-2025-quarter/" xr:uid="{CB63244F-6864-4BC6-B539-5CF94B93AAE1}"/>
+    <hyperlink ref="I621" r:id="rId528" display="https://www.ssb.no/en/statbank/table/13556" xr:uid="{3F5A22F0-0D05-45FF-898F-70BF7E15B393}"/>
+    <hyperlink ref="I618" r:id="rId529" display="https://www.inegi.org.mx/programas/enoe/15ymas/" xr:uid="{920C0F2A-B9F8-4783-9A0F-7107DD760091}"/>
+    <hyperlink ref="I619" r:id="rId530" display="https://www.cbs.nl/nl-nl/maatwerk/2024/21/jongeren-die-niet-werken-en-geen-onderwijs-volgen--neets---2021-2022" xr:uid="{8BF6CD73-4C98-4631-847B-0AD1FD25C095}"/>
+    <hyperlink ref="I624" r:id="rId531" display="https://www.educacionfpydeportes.gob.es/mc/redie-eurydice/sistemas-educativos/capitulo-1-contexto/tasa-ninis.html" xr:uid="{9A017D40-D733-4E78-B981-B3858E6DA06D}"/>
+    <hyperlink ref="I630" r:id="rId532" display="https://ec.europa.eu/eurostat/databrowser/product/view/edat_lfse_16?category=reg.reg_educ.reg_educ_" xr:uid="{1E2F2F85-90F5-4CFF-BC88-A5C608F97E34}"/>
+    <hyperlink ref="I631" r:id="rId533" location="data-downloads" display="https://www.abs.gov.au/statistics/people/education/schools/latest-release#data-downloads" xr:uid="{52C7BCC8-1333-4BD5-867C-96E08B6234C2}"/>
+    <hyperlink ref="I629" r:id="rId534" display="https://nces.ed.gov/programs/coe/indicator/col/not-in-school-not-working-neet" xr:uid="{4E2559E8-68E2-4830-AA48-F2CB644C0E76}"/>
+    <hyperlink ref="I627" r:id="rId535" display="https://statswales.gov.wales/Catalogue/Education-and-Skills/Post-16-Education-and-Training/Lifelong-Learning/Participation-of-Adults-and-Young-People/estimated1624neet-by-economicactivity-agegroup" xr:uid="{60C1AE5F-672E-4370-9611-85E4F184EFB2}"/>
+    <hyperlink ref="I628" r:id="rId536" display="https://www.economy-ni.gov.uk/news/northern-ireland-labour-force-survey-young-people-not-education-employment-or-training-neet-may-2025" xr:uid="{D546D356-0793-425B-B472-FC376DF0AACC}"/>
+    <hyperlink ref="I626" r:id="rId537" display="https://explore-education-statistics.service.gov.uk/find-statistics/neet-statistics-annual-brief/2024" xr:uid="{0A6CD547-3176-44C4-91C9-A973086D9FE9}"/>
+    <hyperlink ref="I632" r:id="rId538" display="https://www.curriculumnacional.cl/portal/Documentos-Curriculares/Estandares-e-indicadores-de-calidad/Indicadores-de-Desarrollo-Personal-y-Social-vigentes/90161:Retencion-escolar" xr:uid="{604B0FD3-7211-4EB3-802B-1ED164DF2D83}"/>
+    <hyperlink ref="I633" r:id="rId539" location="informacion-2023-por-departamento" display="https://www.dane.gov.co/index.php/estadisticas-por-tema/educacion/poblacion-escolarizada/educacion-formal#informacion-2023-por-departamento" xr:uid="{8291538E-147E-41FF-9069-D973D136056A}"/>
+    <hyperlink ref="I634" r:id="rId540" display="https://www.mep.go.cr/acerca-del-mep/analisis-estadistico/estadisticas-educativas" xr:uid="{D80466D1-B31C-469E-85B9-D9F9B216055F}"/>
+    <hyperlink ref="I635" r:id="rId541" display="https://andmed.stat.ee/en/stat/eri-valdkondade-statistika__noorteseire/NH16" xr:uid="{714845B9-F5C4-474C-B3D8-FC3948486FF5}"/>
+    <hyperlink ref="I636" r:id="rId542" display="https://www.cbs.gov.il/he/publications/DocLib/2024/local_authorities22_1957/%D7%91%D7%90%D7%A8%20%D7%A9%D7%91%D7%A2.pdf" xr:uid="{D1503318-5CB5-48D8-883E-50E5495EAEE9}"/>
+    <hyperlink ref="I638" r:id="rId543" display="https://www.educationcounts.govt.nz/know-your-region/territorial-authority/territorial-authority-summary" xr:uid="{B453B499-5EB6-4640-B02F-C6AA95D4C76B}"/>
+    <hyperlink ref="I646" r:id="rId544" display="http://www.aihw.gov.au/WorkArea/DownloadAsset.aspx?id=60129546076" xr:uid="{F57ECB9F-8DB9-43F4-B78B-84A06B2F2363}"/>
+    <hyperlink ref="I640" r:id="rId545" display="https://explore-education-statistics.service.gov.uk/find-statistics/participation-in-education-training-and-neet-age-16-to-17-by-local-authority/2024-25" xr:uid="{4EFAEC71-332D-4BA7-AE7C-8A8C6CEA7E12}"/>
+    <hyperlink ref="I641" r:id="rId546" display="https://www.gov.scot/publications/summary-statistics-for-attainment-and-initial-leaver-destinations-no-7-2025-edition/pages/access-to-data-and-further-information" xr:uid="{B6DD6FE0-F690-4D25-BD3B-795A713B8E81}"/>
+    <hyperlink ref="I642" r:id="rId547" display="https://careerswales.gov.wales/education-and-teaching-professionals/pupil-destinations/pupil-destinations-2024" xr:uid="{A280CC30-3924-4B11-BD25-C5265CEC3DFC}"/>
+    <hyperlink ref="I643" r:id="rId548" display="https://www.education-ni.gov.uk/publications/school-leavers-202324" xr:uid="{DBF73F5F-D5C1-4FB7-ABA0-50263A7A0789}"/>
+    <hyperlink ref="I644" r:id="rId549" display="https://nces.ed.gov/programs/edge/Demographic/ACS" xr:uid="{34A3A0FB-397B-4E36-B41A-7C3B2E5D96B1}"/>
+    <hyperlink ref="I647" r:id="rId550" display="https://organesdeconcertation.sante.belgique.be/fr/documents/hwf-statan-2024-statistiques-detaillees" xr:uid="{B21936AF-3300-41AE-8399-447A1FBC1CBC}"/>
+    <hyperlink ref="I648" r:id="rId551" display="https://atlas.ima-aim.be/databanken/?rw=1&amp;" xr:uid="{F40E4E17-1C26-4372-A7B6-3282A6AE538F}"/>
+    <hyperlink ref="I649" r:id="rId552" display="https://secure.cihi.ca/estore/productFamily.htm?locale=en&amp;pf=PFC2032" xr:uid="{E7FA48D8-C48B-4A03-A3F2-5D6257A2B367}"/>
+    <hyperlink ref="I652" r:id="rId553" display="https://www.ccss.sa.cr/" xr:uid="{97C9CF9B-5150-4297-9E0A-3585AC7362F0}"/>
+    <hyperlink ref="I658" r:id="rId554" display="https://www.statistics.gr/en/statistics/-/publication/SHE09/-" xr:uid="{9FD31929-B887-4069-9449-A3156A523E11}"/>
+    <hyperlink ref="I654" r:id="rId555" display="https://statistika.tai.ee/pxweb/en/Andmebaas/Andmebaas__04THressursid__05Tootajad/THT014.px/" xr:uid="{707BE99D-EB58-4A26-9B18-042B28BF45B7}"/>
+    <hyperlink ref="J658" r:id="rId556" display="https://www.statistics.gr/en/statistics?p_p_id=documents_WAR_publicationsportlet_INSTANCE_VBZOni0vs5VJ&amp;p_p_lifecycle=2&amp;p_p_state=normal&amp;p_p_mode=view&amp;p_p_cacheability=cacheLevelPage&amp;p_p_col_id=column-2&amp;p_p_col_count=4&amp;p_p_col_pos=2&amp;_documents_WAR_publicationsportlet_INSTANCE_VBZOni0vs5VJ_javax.faces.resource=document&amp;_documents_WAR_publicationsportlet_INSTANCE_VBZOni0vs5VJ_ln=downloadResources&amp;_documents_WAR_publicationsportlet_INSTANCE_VBZOni0vs5VJ_documentID=543263&amp;_documents_WAR_publicationsportlet_INSTANCE_VBZOni0vs5VJ_locale=en" xr:uid="{CF438861-89C5-47FB-B73D-12F96981F459}"/>
+    <hyperlink ref="I659" r:id="rId557" display="https://www.ksh.hu/stadat_files/ege/en/ege0045.html" xr:uid="{1314EAB0-FB56-436B-9341-E0141BE79F55}"/>
+    <hyperlink ref="I661" r:id="rId558" display="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00200502&amp;tstat=000001225961&amp;cycle=0&amp;year=20250&amp;month=0&amp;tclass1=000001225962" xr:uid="{BD6C92D1-1E7F-423B-9A4F-3678A45F3244}"/>
+    <hyperlink ref="I665" r:id="rId559" display="http://www.dgis.salud.gob.mx/contenidos/basesdedatos/da_recursos_gobmx.html" xr:uid="{88A7C98C-5303-4683-8B75-ED3C338B0E7C}"/>
+    <hyperlink ref="I688" r:id="rId560" display="https://deis.minsal.cl/" xr:uid="{BF367864-739E-4A59-AB64-E078741C948D}"/>
+    <hyperlink ref="I670" r:id="rId561" display="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;contecto=pi&amp;indOcorrCod=0012841&amp;selTab=tab0" xr:uid="{6AAD96DC-3AB5-44C8-8814-71F25CE1812D}"/>
+    <hyperlink ref="I677" r:id="rId562" location="latest-statistics" display="https://digital.nhs.uk/data-and-information/publications/statistical/general-and-personal-medical-services#latest-statistics" xr:uid="{72F088FC-42B1-4934-ABB1-C6F06A007D15}"/>
+    <hyperlink ref="I678" r:id="rId563" display="https://statswales.gov.wales/Catalogue/Health-and-Social-Care/NHS-Hospital-Activity/NHS-Beds/nhsbedssummarydata-by-year" xr:uid="{614206E4-5C84-41B7-8E2E-9D41F60EA466}"/>
+    <hyperlink ref="I679" r:id="rId564" display="https://www.health-ni.gov.uk/publications/hospital-statistics-inpatient-and-day-case-activity-201920" xr:uid="{DA099B82-8D7C-404A-88AF-B942D12DC871}"/>
+    <hyperlink ref="I684" r:id="rId565" display="https://www.abs.gov.au/statistics/health/health-services/private-hospitals-australia/latest-release" xr:uid="{8362674D-52D0-4EFA-852B-590CE9BAA507}"/>
+    <hyperlink ref="I683" r:id="rId566" display="https://www.aihw.gov.au/hospitals/topics/hospital-resources" xr:uid="{6A91E481-E5A7-4DE5-B7F2-6730C3940F33}"/>
+    <hyperlink ref="I687" r:id="rId567" display="https://www.cihi.ca/sites/default/files/document/beds-staffed-and-in-operation-2022-2023-data-tables-en.xlsx" xr:uid="{1E75A527-AD7B-492A-BD16-41087EC1122E}"/>
+    <hyperlink ref="I682" r:id="rId568" display="https://ec.europa.eu/eurostat/databrowser/view/hlth_rs_bdsrg2/default/table?lang=en&amp;category=reg.reg_hlth.reg_hlth_care" xr:uid="{AA793EBB-341B-4FFA-AFB0-0E58D25FBC97}"/>
+    <hyperlink ref="I686" r:id="rId569" display="https://www.health.belgium.be/en" xr:uid="{1784E8D7-FD6D-4E87-B350-2C9C70986EF7}"/>
+    <hyperlink ref="I690" r:id="rId570" display="https://www.ccss.sa.cr/" xr:uid="{3ABC4407-DCA0-4FE7-8697-364B5A0BB297}"/>
+    <hyperlink ref="I691" r:id="rId571" display="https://www.uzis.cz/index-en.php?pg=publications--library&amp;id=275" xr:uid="{F786E756-FC4A-41F5-BE75-C4E324316E47}"/>
+    <hyperlink ref="I668" r:id="rId572" display="https://bdl.stat.gov.pl/bdl/dane/podgrup/wymiary" xr:uid="{98E5E160-C6A8-4A0D-A647-8CFFE147CE3B}"/>
+    <hyperlink ref="I672" r:id="rId573" display="https://podatki.nijz.si/pxweb/sl/NIJZ%20podatkovni%20portal/NIJZ%20podatkovni%20portal__5%20Viri%20v%20zdravstvu__1%20Izvajalci%20zdravstvene%20dejavnosti/RIZDDZ_TB01a.px/?rxid=5c9cec5f-9945-4e10-a050-d0d98855cacb" xr:uid="{0982669C-BA53-43FB-83AD-CAF9BE840BAA}"/>
+    <hyperlink ref="I674" r:id="rId574" display="https://sdb.socialstyrelsen.se/if_per/val.aspx" xr:uid="{82882A4F-4F3F-4235-82E6-0C97640B76F7}"/>
+    <hyperlink ref="I676" r:id="rId575" display="https://ekutuphane.saglik.gov.tr/" xr:uid="{7D9ACC84-FEBF-432E-8E4B-3FCB490A7B66}"/>
+    <hyperlink ref="I666" r:id="rId576" location="Content-h2-1" display="https://www.mcnz.org.nz/news-and-publications/workforce-statistics/#Content-h2-1" xr:uid="{DA80DD69-E972-4657-A557-C5F6D33E9E1E}"/>
+    <hyperlink ref="I680" r:id="rId577" display="https://www.aamc.org/data-reports/report/us-physician-workforce-data-dashboard" xr:uid="{DC82FD1F-A192-46E0-9FA1-7FAB67B80D6F}"/>
+    <hyperlink ref="I681" r:id="rId578" display="https://data.hrsa.gov/topics/health-workforce/nchwa/ahrf" xr:uid="{1BE94EAD-8129-4598-8E8E-85B5C6A0CEAC}"/>
+    <hyperlink ref="I692" r:id="rId579" display="https://statistika.tai.ee/pxweb/en/Andmebaas/Andmebaas__04THressursid__02Ravivoodid__01Aastastatistika/RV20.px/" xr:uid="{6B2E91FE-EDA7-4030-B1B5-4308D386D296}"/>
+    <hyperlink ref="I696" r:id="rId580" display="https://www.ksh.hu/stadat_files/ege/en/ege0048.html" xr:uid="{7970BE91-4D51-47C4-8EA6-90454E0B907D}"/>
+    <hyperlink ref="I703" r:id="rId581" location="/" display="https://osp.stat.gov.lt/statistiniu-rodikliu-analize?indicator=S3R696#/" xr:uid="{27A5A0A4-5BF8-46E5-9D8C-44AEC2093BE1}"/>
+    <hyperlink ref="I699" r:id="rId582" display="https://www.dati.salute.gov.it/it/dataset/posti-letto-regione-e-disciplina-2023" xr:uid="{A9F082E5-5222-4825-A469-F44A62F2700E}"/>
+    <hyperlink ref="I700" r:id="rId583" display="https://www.e-stat.go.jp/en/stat-search/files?page=1&amp;layout=datalist&amp;toukei=00200502&amp;tstat=000001225961&amp;cycle=0&amp;year=20250&amp;month=0&amp;tclass1=000001225962" xr:uid="{23E29779-C374-4F37-9285-6B4E4F6FBF40}"/>
+    <hyperlink ref="I704" r:id="rId584" display="http://www.dgis.salud.gob.mx/contenidos/basesdedatos/da_recursos_gobmx.html" xr:uid="{494EF160-9EF0-4F53-9489-9FBB1FB5A966}"/>
+    <hyperlink ref="I715" r:id="rId585" location="latest-statistics" display="https://digital.nhs.uk/data-and-information/publications/statistical/general-and-personal-medical-services#latest-statistics" xr:uid="{65EFEFB8-51FF-4BC5-B97E-6234E607CBD9}"/>
+    <hyperlink ref="I716" r:id="rId586" display="https://statswales.gov.wales/Catalogue/Health-and-Social-Care/NHS-Hospital-Activity/NHS-Beds/nhsbedssummarydata-by-year" xr:uid="{CE3424AD-5A05-4028-9A01-73CC338DB4C6}"/>
+    <hyperlink ref="I717" r:id="rId587" display="https://www.health-ni.gov.uk/publications/hospital-statistics-inpatient-and-day-case-activity-201920" xr:uid="{DB4C51FA-1D12-4034-A77D-977BA7191C9D}"/>
+    <hyperlink ref="I713" r:id="rId588" display="https://www.bfs.admin.ch/bfs/fr/home/statistiques/catalogue.assetdetail.28625194.html" xr:uid="{F223A6D0-B751-47EA-976E-49D33A686944}"/>
+    <hyperlink ref="I706" r:id="rId589" display="https://www.ssb.no/en/statbank/table/13942" xr:uid="{413E5500-7E53-4291-A1DF-4DE4A15F747C}"/>
+    <hyperlink ref="I707" r:id="rId590" display="https://bdl.stat.gov.pl/bdl/dane/podgrup/wymiary" xr:uid="{EF496442-E1DB-4E37-B735-73C69713897D}"/>
+    <hyperlink ref="I710" r:id="rId591" display="https://podatki.nijz.si/pxweb/sl/NIJZ%20podatkovni%20portal/NIJZ%20podatkovni%20portal__5%20Viri%20v%20zdravstvu__3%20Bolni%C5%A1ke%20postelje/Postelje3.px/?rxid=5c9cec5f-9945-4e10-a050-d0d98855cacb" xr:uid="{AB53AF45-9BFD-4FDB-A4D8-CD91C9212C61}"/>
+    <hyperlink ref="I711" r:id="rId592" display="https://inclasns.sanidad.gob.es/" xr:uid="{27B2DBAB-4BB2-4758-AA0E-8BE514A48FDB}"/>
+    <hyperlink ref="I714" r:id="rId593" display="https://ekutuphane.saglik.gov.tr/" xr:uid="{60DEE4F3-C09F-4522-BE54-0355A987F437}"/>
+    <hyperlink ref="I718" r:id="rId594" display="https://data.hrsa.gov/data/download" xr:uid="{2E287C4B-B4D3-4508-B756-AA552B397AF6}"/>
+    <hyperlink ref="I705" r:id="rId595" display="https://www.health.govt.nz/statistics-research/system-monitoring/planning-and-performance-data/acute-hospital-bed-days" xr:uid="{C157B3D1-A69A-43D6-9C2D-22846EF05994}"/>
+    <hyperlink ref="I708" r:id="rId596" display="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_publicacoes&amp;PUBLICACOESpub_boui=720545740&amp;PUBLICACOESmodo=2" xr:uid="{30A6B30C-F49F-4DA2-9F31-342D68977E92}"/>
+    <hyperlink ref="I723" r:id="rId597" display="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1310079401" xr:uid="{BAD0FE7D-1373-4D01-AA49-EB8D177A068F}"/>
+    <hyperlink ref="I719" r:id="rId598" location="data-downloads" display="https://www.abs.gov.au/statistics/health/health-conditions-and-risks/national-health-survey/latest-release#data-downloads" xr:uid="{55179F17-DE4E-4C0D-9FB5-8C2E8AD0830F}"/>
+    <hyperlink ref="I720" r:id="rId599" display="https://www.statistik.at/en/statistics/population-and-society/health/health-determinants/overweight-and-obesity" xr:uid="{7319AC9B-7A79-4C1B-A74A-BB2A61F447A9}"/>
+    <hyperlink ref="I721" r:id="rId600" display="https://healthinformation.sciensano.be/shiny/hisia/" xr:uid="{53983DDC-7934-40F6-9A4D-394FBDB3B8D4}"/>
+    <hyperlink ref="I722" r:id="rId601" display="https://www150.statcan.gc.ca/t1/tbl1/en/tv.action?pid=1310090501" xr:uid="{7686CD8E-6D69-4B93-AEE2-E330C6175CC2}"/>
+    <hyperlink ref="I724" r:id="rId602" display="https://informesdeis.minsal.cl/SASVisualAnalytics/?reportUri=%2Freports%2Freports%2F2fb6fc3c-944b-45d7-9c9d-4d6c46e8dd79&amp;sectionIndex=0&amp;sso_guest=true&amp;reportViewOnly=true&amp;reportContextBar=false&amp;sas-welcome=false" xr:uid="{FD8772D2-9EA7-4CDC-BEA0-1834EB9ADF23}"/>
+    <hyperlink ref="I726" r:id="rId603" display="https://www.uzis.cz/res/f/008381/zdrroccz2019.pdf" xr:uid="{BCEF427D-048E-40B8-B19C-0B999F1C8CD3}"/>
+    <hyperlink ref="I727" r:id="rId604" display="https://www.sdu.dk/en/sif" xr:uid="{A77B10A8-F81B-4442-A05E-77145949A03E}"/>
+    <hyperlink ref="I729" r:id="rId605" display="https://sotkanet.fi/sotkanet/en/haku?q=obesity" xr:uid="{44A2B513-CA05-468F-A2E9-18A2D2963C08}"/>
+    <hyperlink ref="I730" r:id="rId606" display="https://drees.solidarites-sante.gouv.fr/sources-outils-et-enquetes/enquete-sante-europeenne-ehis" xr:uid="{5943FB51-14D0-4635-84E1-A524777CD98F}"/>
+    <hyperlink ref="I731" r:id="rId607" display="https://ec.europa.eu/eurostat/web/microdata/european-health-interview-survey" xr:uid="{8014CCAF-0B30-4DDC-BC02-057510393837}"/>
+    <hyperlink ref="I732" r:id="rId608" display="https://www.cso.ie/en/methods/surveybackgroundnotes/irishhealthsurveyihs/" xr:uid="{E885515B-2707-4DD1-B626-F8EB28761B04}"/>
+    <hyperlink ref="I734" r:id="rId609" location="/en/dw/categories/IT1,Z0810HEA,1.0/HEA_STYLE/HEA_STYLE_BOMAS/IT1,83_85_DF_DCCV_AVQ_PERSONE1_231,1.0" display="https://esploradati.istat.it/databrowser/#/en/dw/categories/IT1,Z0810HEA,1.0/HEA_STYLE/HEA_STYLE_BOMAS/IT1,83_85_DF_DCCV_AVQ_PERSONE1_231,1.0" xr:uid="{03D30235-E8CB-455B-907E-28B6EA470C2D}"/>
+    <hyperlink ref="I736" r:id="rId610" location="/" display="https://osp.stat.gov.lt/statistiniu-rodikliu-analize?indicator=S3R696#/" xr:uid="{2D97E517-439E-4BE0-B2BC-0D84955C2177}"/>
+    <hyperlink ref="I737" r:id="rId611" location="grafica Salud/Tasa de obesidad" display="https://www.inegi.org.mx/app/bienestar/#grafica Salud/Tasa de obesidad" xr:uid="{A0AC6B6E-2E3D-4A46-8813-B972BC2C6D44}"/>
+    <hyperlink ref="I738" r:id="rId612" display="https://www.ssb.no/en/statbank/table/11277" xr:uid="{BFE70F42-3AC9-4660-9B40-1C8E161CFFE3}"/>
+    <hyperlink ref="I739" r:id="rId613" display="https://bdl.stat.gov.pl/bdl/dane/podgrup/teryt" xr:uid="{7D31C3DE-BDA7-4E84-AF6D-86DD131D5066}"/>
+    <hyperlink ref="I740" r:id="rId614" display="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0010212&amp;contexto=bd&amp;selTab=tab2" xr:uid="{2E112379-147C-49C5-A5F9-F04DF41D496C}"/>
+    <hyperlink ref="I741" r:id="rId615" display="https://ec.europa.eu/eurostat/web/microdata/european-health-interview-survey" xr:uid="{990FAF68-3420-4C99-8B70-650F42C1A1D7}"/>
+    <hyperlink ref="I744" r:id="rId616" display="https://www.statistikdatabasen.scb.se/pxweb/en/ssd/START__LE__LE0101__LE0101H/LE01012021H01N/?rxid=b805ed80-a6b7-4af1-aff0-4942c03bc1fc" xr:uid="{A4B0D6F1-23A8-4558-8A51-09B74DD24388}"/>
+    <hyperlink ref="I745" r:id="rId617" display="https://www.bfs.admin.ch/bfs/fr/home/statistiques/sante/determinants/exces-poids.assetdetail.28725063.html" xr:uid="{6040F3B6-0200-4CC0-84F1-ECF71CB55A10}"/>
+    <hyperlink ref="I742" r:id="rId618" display="https://podatki.nijz.si/pxweb/sl/NIJZ%20podatkovni%20portal/NIJZ%20podatkovni%20portal__2%20Determinante%20zdravja__1%20Indeks%20telesne%20mase%20(EHIS_BMI)/04EHIS14%20BMI_D.px/?rxid=5c9cec5f-9945-4e10-a050-d0d98855cacb" xr:uid="{F7EACEE9-6BDD-46EA-945A-95F3417812D7}"/>
+    <hyperlink ref="I743" r:id="rId619" display="https://www.ine.es/jaxi/Tabla.htm?path=/t15/p420/a2019/p06/l0/&amp;file=01004.px&amp;L=0" xr:uid="{653D1597-D79C-4533-BF54-56C4DDB4DE3D}"/>
+    <hyperlink ref="I753" r:id="rId620" display="https://www.bundeskriminalamt.at/en/501/start.aspx" xr:uid="{97C72F32-AB14-4850-9D8B-0609BB9C1629}"/>
+    <hyperlink ref="I755" r:id="rId621" location="F46" display="http://www5.statcan.gc.ca/cansim/a26?id=2520051&amp;pattern=&amp;p2=37&amp;p1=1&amp;tabMode=dataTable&amp;stByVal=1&amp;paSer=&amp;csid=&amp;retrLang=eng&amp;lang=eng#F46" xr:uid="{5ECD04A3-2D4D-4724-934C-0875961236D2}"/>
+    <hyperlink ref="I760" r:id="rId622" display="www.statbank.dk/STRAF22" xr:uid="{5D638964-F908-417D-9197-63FFC7654EA3}"/>
+    <hyperlink ref="I751" r:id="rId623" display="https://ec.europa.eu/eurostat/databrowser/view/crim_gen_reg/default/table?lang=en&amp;category=reg.reg_crim" xr:uid="{A822593A-212C-4C9E-AFC0-417827186D51}"/>
+    <hyperlink ref="I758" r:id="rId624" display="https://sitiooij.poder-judicial.go.cr/index.php/apertura/transparencia/estadisticas-policiales" xr:uid="{868E0F39-A00B-4CF1-B395-1B90B6D6BA7D}"/>
+    <hyperlink ref="I759" r:id="rId625" display="https://kriminalita.policie.gov.cz/" xr:uid="{804953AC-E340-438E-B6E4-167371B97426}"/>
+    <hyperlink ref="I757" r:id="rId626" display="https://www.policia.gov.co/estadistica-delictiva" xr:uid="{FCE6C727-6CA6-4898-9597-A9B3BCCBE08C}"/>
+    <hyperlink ref="I762" r:id="rId627" display="https://pxdata.stat.fi/PxWeb/pxweb/en/StatFin/StatFin__rpk/statfin_rpk_pxt_13ex.px/" xr:uid="{65D05875-7237-49CD-9561-518DEA900E9F}"/>
+    <hyperlink ref="I763" r:id="rId628" display="https://www.data.gouv.fr/datasets/bases-statistiques-communale-departementale-et-regionale-de-la-delinquance-enregistree-par-la-police-et-la-gendarmerie-nationales/" xr:uid="{F5F7A41A-0099-4D68-AEA2-9E0597CC435B}"/>
+    <hyperlink ref="I764" r:id="rId629" display="https://www.bka.de/EN/CurrentInformation/Statistics/PoliceCrimeStatistics/policecrimestatistics_node.html" xr:uid="{5ABD070D-C9C8-4334-80D1-3EB014FF5517}"/>
+    <hyperlink ref="I770" r:id="rId630" location="/en/dw/categories/IT1,Z0840JUS,1.0/JUS_CRIMINAL/DCCV_DELITTIPS/IT1,73_67_DF_DCCV_DELITTIPS_1,1.0" display="https://esploradati.istat.it/databrowser/#/en/dw/categories/IT1,Z0840JUS,1.0/JUS_CRIMINAL/DCCV_DELITTIPS/IT1,73_67_DF_DCCV_DELITTIPS_1,1.0" xr:uid="{DF3CA867-A738-4732-9A3E-E59D0E724764}"/>
+    <hyperlink ref="I768" r:id="rId631" display="http://www.cso.ie/px/pxeirestat/Statire/SelectVarVal/Define.asp?maintable=CJQ02&amp;PLanguage=0" xr:uid="{3CCB7D0E-BBB2-4AFB-A496-41170411E93B}"/>
+    <hyperlink ref="I771" r:id="rId632" display="https://www.npa.go.jp/publications/statistics/index.html" xr:uid="{DEC349B7-9AEA-4BCC-9A9B-C1EB23E69AC0}"/>
+    <hyperlink ref="I772" r:id="rId633" display="https://kosis.kr/statHtml/statHtml.do?sso=ok&amp;returnurl=https%3A%2F%2Fkosis.kr%3A443%2FstatHtml%2FstatHtml.do%3Fconn_path%3DI2%26tblId%3DDT_MLTM_5498%26language%3Den%26orgId%3D116%26" xr:uid="{29DC8D35-551A-4ED3-B8B2-EDB8FCFA9EDE}"/>
+    <hyperlink ref="I774" r:id="rId634" display="https://www.ird.lt/en/services/ltcor-e-services/crime-statistics-by-municipality" xr:uid="{DB298158-4AF1-49C2-914C-F25A64B4D303}"/>
+    <hyperlink ref="I752" r:id="rId635" location="data-downloads" display="https://www.abs.gov.au/statistics/people/crime-and-justice/recorded-crime-victims/latest-release#data-downloads" xr:uid="{20D57C19-E0DE-491D-A512-B5E477A93D23}"/>
+    <hyperlink ref="I767" r:id="rId636" display="https://arsskyrsla.lrh.is/manndrap-og-likamsarasir-3/" xr:uid="{9332DEF3-F885-4D46-A5D5-9044EF33B8C8}"/>
+    <hyperlink ref="I746" r:id="rId637" display="https://digital.nhs.uk/data-and-information/publications/statistical/health-survey-for-england" xr:uid="{CA562A55-E941-4DEE-A16B-7CC55483150E}"/>
+    <hyperlink ref="I749" r:id="rId638" display="https://www.health-ni.gov.uk/publications/adult-body-mass-index-bmi-categories-3-obese-classifications-201516" xr:uid="{25743D03-392E-44A3-8EE0-10CE520280DD}"/>
+    <hyperlink ref="I748" r:id="rId639" display="https://scotland.shinyapps.io/sg-scottish-health-survey/" xr:uid="{5D714512-B93C-4526-B44A-C79DEC7F655D}"/>
+    <hyperlink ref="I750" r:id="rId640" display="https://chronicdata.cdc.gov/Nutrition-Physical-Activity-and-Obesity/Nutrition-Physical-Activity-and-Obesity-Behavioral/hn4x-zwk7/about_data" xr:uid="{09903448-D4B6-4425-AE98-FC2B8B8F8169}"/>
+    <hyperlink ref="I754" r:id="rId641" display="https://www.police.be/statistiques/fr/criminalite/statistiques-de-criminalite" xr:uid="{0873A653-A9BE-4CA6-B8E4-8B5DC51B2A87}"/>
+    <hyperlink ref="I747" r:id="rId642" display="https://statswales.gov.wales/Catalogue/National-Survey-for-Wales/Population-Health/Adult-Lifestyles/adultlifestyles-by-healthboard-from-202021" xr:uid="{0AC09F61-390E-478D-944A-5A66F73FD029}"/>
+    <hyperlink ref="I775" r:id="rId643" display="https://en.www.inegi.org.mx/programas/cnpje" xr:uid="{AF97D261-BA23-4A08-A0C3-DE0FCF0161E1}"/>
+    <hyperlink ref="I777" r:id="rId644" display="https://www.police.govt.nz/about-us/statistics-and-publications/data-and-statistics/proceedings-police-stations" xr:uid="{889A45DF-3B16-41FA-9D14-8FD92767D4ED}"/>
+    <hyperlink ref="I779" r:id="rId645" display="https://www.policja.pl/pol/statystyka" xr:uid="{911C29F0-DC49-4A28-987E-0430F94D3B0F}"/>
+    <hyperlink ref="I780" r:id="rId646" display="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;indOcorrCod=0012261&amp;contexto=bd&amp;selTab=tab2" xr:uid="{A8E34FAE-4C13-40C3-9F34-FF21DB2716C2}"/>
+    <hyperlink ref="I781" r:id="rId647" location="!/view/en/VBD_SK_WIN/sk3002rr/v_sk3002rr_00_00_00_en" display="https://datacube.statistics.sk/#!/view/en/VBD_SK_WIN/sk3002rr/v_sk3002rr_00_00_00_en" xr:uid="{8A0CD1E0-6711-46D1-BF23-767273F1483A}"/>
+    <hyperlink ref="I784" r:id="rId648" location="h-Tabellerslutligstatistik" display="https://bra.se/statistik/statistik-om-rattsvasendet/anmalda-brott#h-Tabellerslutligstatistik" xr:uid="{43F45F04-B029-4D8F-9680-B31D915C9893}"/>
+    <hyperlink ref="I785" r:id="rId649" display="https://www.pxweb.bfs.admin.ch/pxweb/en/px-x-1903020100_101/px-x-1903020100_101/px-x-1903020100_101.px" xr:uid="{7D6E2526-65E5-4C5D-AC36-02DEFA752636}"/>
+    <hyperlink ref="I783" r:id="rId650" display="https://estadisticasdecriminalidad.ses.mir.es/publico/portalestadistico/datos?type=jaxi&amp;title=Hechos%20conocidos&amp;path=/Datos1/" xr:uid="{FDF4FAA5-BD9F-41BB-BC88-10AAC223782E}"/>
+    <hyperlink ref="I782" r:id="rId651" display="https://www.policija.si/o-slovenski-policiji/statistika/kriminaliteta" xr:uid="{5693F289-B63A-475C-AB08-7CF536A94507}"/>
+    <hyperlink ref="I787" r:id="rId652" location="police-record-crime-open-data-police-force-area-tables" display="https://www.gov.uk/government/statistical-data-sets/police-recorded-crime-and-outcomes-open-data-tables#police-record-crime-open-data-police-force-area-tables" xr:uid="{B09ECA22-26CD-4323-BE81-DAB9C509D99E}"/>
+    <hyperlink ref="I788" r:id="rId653" display="https://www.psni.police.uk/about-us/our-publications-and-reports/official-statistics/police-recorded-crime-statistics" xr:uid="{00D9FF7A-C870-4DD0-967C-D9479B52212A}"/>
+    <hyperlink ref="I776" r:id="rId654" location="/CBS/nl/dataset/80202ned/table?ts=1758956606010" display="https://opendata.cbs.nl/statline/#/CBS/nl/dataset/80202ned/table?ts=1758956606010" xr:uid="{125B97D4-2883-4031-9C89-5B8CF1B77961}"/>
+    <hyperlink ref="I789" r:id="rId655" display="https://bjs.ojp.gov/library/publications/homicide-victimization-united-states-2023" xr:uid="{71DB5F75-13EA-4792-8599-42E32F8B7C22}"/>
+    <hyperlink ref="I793" r:id="rId656" display="https://www150.statcan.gc.ca/t1/tbl1/en/cv.action?pid=1110022801" xr:uid="{44E3AE4D-364D-466B-96C9-366499ADA7B6}"/>
+    <hyperlink ref="I795" r:id="rId657" display="https://www.dane.gov.co/index.php/estadisticas-por-tema/tecnologia-e-innovacion/tecnologias-de-la-informacion-y-las-comunicaciones-tic/encuesta-de-tecnologias-de-la-informacion-y-las-comunicaciones-en-hogares-entic-hogares" xr:uid="{4C687408-3633-4162-B5FD-68BB634A8A85}"/>
+    <hyperlink ref="I794" r:id="rId658" display="https://www.subtel.gob.cl/estudios-y-estadisticas/internet/" xr:uid="{2C017547-D765-4364-B060-888C3D7B0A11}"/>
+    <hyperlink ref="I796" r:id="rId659" display="https://admin.inec.cr/sites/default/files/2024-05/recientecenaho2023-02_0_0.xlsx" xr:uid="{DF975979-9B33-4F6E-936A-FEA634BDBF10}"/>
+    <hyperlink ref="I792" r:id="rId660" display="https://statbel.fgov.be/en/themes/households/ict-usage-households" xr:uid="{61E34002-2D10-4129-85FF-A0B42D9727F3}"/>
+    <hyperlink ref="I800" r:id="rId661" display="https://gigabitgrundbuch.bund.de/GIGA/DE/Breitbandatlas/start.html" xr:uid="{CFC0A777-81CE-4B76-9777-500AD086041E}"/>
+    <hyperlink ref="I802" r:id="rId662" display="https://px.hagstofa.is/pxen/pxweb/en/Atvinnuvegir/Atvinnuvegir__visinditaekni__Upplysingataekninotkuneinstaklinga__ict_nettenging/SAM07202e.px" xr:uid="{26FAEEB7-46B3-4822-B5F2-0C697BD2EA33}"/>
+    <hyperlink ref="I801" r:id="rId663" display="https://statinfo.ksh.hu/Statinfo/QueryServlet?ha=DPAB01" xr:uid="{4B40B3D5-597C-48D3-BC19-F4826A368589}"/>
+    <hyperlink ref="I803" r:id="rId664" display="https://www.cso.ie/en/releasesandpublications/ep/p-isshict/internetcoverageandusageinireland2024/householdinternetconnectivity/" xr:uid="{5133A68C-1034-48B0-93C7-E7410073D5F7}"/>
+    <hyperlink ref="I806" r:id="rId665" display="https://www.msit.go.kr/eng/bbs/view.do?sCode=eng&amp;nttSeqNo=1098&amp;bbsSeqNo=42&amp;mId=4" xr:uid="{76A0EBBB-E042-482F-B307-CE0B59B4B348}"/>
+    <hyperlink ref="I808" r:id="rId666" location="/" display="https://osp.stat.gov.lt/statistiniu-rodikliu-analize?hash=01db4b64-73cf-4a0a-81e5-688ad7f77e9d#/" xr:uid="{E07D61C9-F6FA-4D60-AA69-711D52955E35}"/>
+    <hyperlink ref="I809" r:id="rId667" display="https://www.inegi.org.mx/programas/endutih" xr:uid="{93D0FA52-0FB6-4E49-9D7E-B8304B422AB9}"/>
+    <hyperlink ref="I812" r:id="rId668" display="https://bdl.stat.gov.pl/bdl/dane/podgrup/teryt" xr:uid="{F6C810CB-2366-498C-80D2-40B93787519A}"/>
+    <hyperlink ref="I815" r:id="rId669" display="https://pxweb.stat.si/SiStatData/pxweb/en/Data/Data/2974007S.px/" xr:uid="{B272506A-00DA-4CC9-91F7-F5C134C13E3A}"/>
+    <hyperlink ref="I817" r:id="rId670" display="https://statistik.pts.se/en/telecom-and-broadband/mobile-coverage-and-broadband-survey/mobile-coverage-and-broadband-survey-2024/" xr:uid="{D2CAD35F-E1B8-49AC-962A-2101EC836454}"/>
+    <hyperlink ref="I816" r:id="rId671" display="https://www.ine.es/jaxi/Tabla.htm?tpx=50044" xr:uid="{D3135B22-48B3-4532-8BB4-3CC699CD5014}"/>
+    <hyperlink ref="I818" r:id="rId672" display="https://www.bfs.admin.ch/bfs/fr/home/statistiques/culture-medias-societe-information-sport/societe-information/indicateurs-generaux/menages-population/acces-menages-internet.assetdetail.35547380.html" xr:uid="{0E590693-55A0-4865-83F7-58A8020DC6DB}"/>
+    <hyperlink ref="I819" r:id="rId673" display="https://data.tuik.gov.tr/Bulten/Index?p=Survey-on-Information-and-Communication-Technology-(ICT)-Usage-in-Households-and-by-Individuals-2022-45587" xr:uid="{18A1FA6B-520D-4354-919C-1021FDE9C266}"/>
+    <hyperlink ref="I820" r:id="rId674" display="https://www.ofcom.org.uk/phones-and-broadband/coverage-and-speeds/connected-nations-update-spring-2025" xr:uid="{776BC298-C671-47A1-AC25-1C29DCBB5229}"/>
+    <hyperlink ref="I821" r:id="rId675" display="https://www.ntia.gov/data" xr:uid="{12B40D7F-CE08-4A7E-AFC7-9C84289480D4}"/>
+    <hyperlink ref="I822" r:id="rId676" display="https://data.census.gov/table/ACSST1Y2018.S2801?d=ACS+1-Year+Estimates+Subject+Tables&amp;g=0100000US$04000$001&amp;hidePreview=true&amp;lastDisplayedRow=33&amp;moe=false&amp;q=internet+use&amp;t=Telephone,+Computer,+and+Internet+Access&amp;table=S2801&amp;y=2018" xr:uid="{48A5A1D4-DFCD-4407-8644-E0A37D0CDBBE}"/>
+    <hyperlink ref="I811" r:id="rId677" display="https://www.ssb.no/en/statbank/table/06797" xr:uid="{E0D11D21-64CA-431D-B08A-33CDDE8601D8}"/>
+    <hyperlink ref="I814" r:id="rId678" display="https://pxweb.stat.si/SiStatData/pxweb/en/Data/-/2974007S.px" xr:uid="{AF2DD7CD-D7B2-4C2B-A6CB-FEACAC036C86}"/>
+    <hyperlink ref="I840" r:id="rId679" display="https://www.cbs.gov.il/he/publications/DocLib/2024/hnatonElectionsTheKnessetandGovernment.27/st27_04.xlsx" xr:uid="{91D997ED-49EB-4E65-B1A0-E4A1BE1EE600}"/>
+    <hyperlink ref="I825" r:id="rId680" display="https://elections.fgov.be/" xr:uid="{EE6E0A06-9170-49F8-AE7F-73EBE4A0D6F2}"/>
+    <hyperlink ref="I826" r:id="rId681" display="https://www.elections.ca/content.aspx?section=ele&amp;dir=turn/viz&amp;document=index&amp;lang=e" xr:uid="{EBDB1C04-1D22-4319-BA38-0CEA05AA4AC4}"/>
+    <hyperlink ref="I827" r:id="rId682" display="https://elecciones.servel.cl/" xr:uid="{D37A35FD-4934-4B28-AD28-4B9D328E8EE3}"/>
+    <hyperlink ref="I829" r:id="rId683" display="http://atlaselectoral.tse.go.cr/presidencial/2018/barra?search%5Bano%5D=2018&amp;search%5Brelativo%5D=false&amp;search%5Btipo_eleccion%5D=presidencial" xr:uid="{BE038BAD-BF20-4B37-9F21-3416BDB1C1AF}"/>
+    <hyperlink ref="I834" r:id="rId684" display="https://www.archives-resultats-elections.interieur.gouv.fr/" xr:uid="{135957EC-F440-4D40-A46E-A74DC17ECD16}"/>
+    <hyperlink ref="I836" r:id="rId685" display="https://ekloges.ypes.gr/en" xr:uid="{C0921523-BB74-401D-83C6-57DEB821CB0C}"/>
+    <hyperlink ref="I838" r:id="rId686" display="https://px.hagstofa.is/pxen/pxweb/en/Ibuar/Ibuar__kosningar__althingi__althkjosendur/KOS02101.px" xr:uid="{5671FBD4-6855-4BB1-A7A0-E7BA89DB0139}"/>
+    <hyperlink ref="I846" r:id="rId687" display="https://lustat.statec.lu/vis?fs[0]=Th%C3%A8mes%2C1%7CConditions%20sociales%23C%23%7CElections%23C7%23&amp;pg=0&amp;fc=Th%C3%A8mes&amp;snb=18&amp;df[ds]=ds-release&amp;df[id]=DF_C7100&amp;df[ag]=LU1&amp;df[vs]=1.0&amp;dq=..A&amp;pd=2015%2C2023&amp;to[TIME_PERIOD]=false" xr:uid="{A9E281A8-338B-40ED-9B6D-B5512A3AD516}"/>
+    <hyperlink ref="I847" r:id="rId688" display="https://www.ine.mx/voto-y-elecciones/" xr:uid="{85E793CF-03BD-4372-94B8-4F344E17A256}"/>
+    <hyperlink ref="I835" r:id="rId689" location="abreadcrumb" display="https://www.regionalstatistik.de/genesis/online?operation=abruftabelleBearbeiten&amp;levelindex=2&amp;levelid=1759218196464&amp;auswahloperation=abruftabelleAuspraegungAuswaehlen&amp;auswahlverzeichnis=ordnungsstruktur&amp;auswahlziel=werteabruf&amp;code=14111-01-04-4&amp;auswahltext=&amp;werteabruf=Werteabruf#abreadcrumb" xr:uid="{AD0C67CA-A51D-4320-95C6-910313EC2A2D}"/>
+    <hyperlink ref="I823" r:id="rId690" display="https://results.aec.gov.au/24310/Website/HouseDownloadsMenu-24310-Csv.htm" xr:uid="{142CB779-31DA-496E-870E-C6AF0A52A6A2}"/>
+    <hyperlink ref="I824" r:id="rId691" display="https://www.bmi.gv.at/412_english/" xr:uid="{4DBC5660-EC15-4B6A-B140-D133F8C70BBE}"/>
+    <hyperlink ref="I841" r:id="rId692" location="camera/votanti/20130224/Cvotanti.htm" display="http://elezioni.interno.it/camera/monitor/20130224/ultimipervC.htm#camera/votanti/20130224/Cvotanti.htm" xr:uid="{0A159267-3229-402A-BFE6-E9923A6701EE}"/>
+    <hyperlink ref="I844" r:id="rId693" display="https://sv2018.cvk.lv/pub/Activities " xr:uid="{A5DB85FD-166E-4D02-BCAF-6093E654131C}"/>
+    <hyperlink ref="I837" r:id="rId694" display="https://vtr.valasztas.hu/ogy2022" xr:uid="{C86725A9-F029-4CCA-B254-29A043984DF7}"/>
+    <hyperlink ref="I842" r:id="rId695" display="https://www.e-stat.go.jp/statistics/00200235" xr:uid="{55E5C4F7-BC02-4713-914C-510B57E4FC1F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K0000FF Restricted Use - À usage restreint</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">