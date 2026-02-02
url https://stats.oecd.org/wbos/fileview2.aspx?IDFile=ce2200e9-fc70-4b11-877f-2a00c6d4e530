--- v0 (2025-12-18)
+++ v1 (2026-02-02)
@@ -4,398 +4,323 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="451E5ED0" w14:textId="48FB46CA" w:rsidR="00844E4F" w:rsidRPr="00230778" w:rsidRDefault="00230778" w:rsidP="00230778">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00230778">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00844E4F" w:rsidRPr="00230778">
         <w:t xml:space="preserve">ips </w:t>
       </w:r>
       <w:r w:rsidR="009E1889">
         <w:t>for improving</w:t>
       </w:r>
       <w:r w:rsidR="00844E4F" w:rsidRPr="00230778">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E1889">
         <w:t>access to SUT data</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55AEC4AC" w14:textId="77777777" w:rsidR="00230778" w:rsidRPr="00230778" w:rsidRDefault="00230778" w:rsidP="00230778">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39282974" w14:textId="78839B3D" w:rsidR="00844E4F" w:rsidRPr="00230778" w:rsidRDefault="00844E4F" w:rsidP="00844E4F">
+    <w:p w14:paraId="54CB2374" w14:textId="43C775BA" w:rsidR="00844E4F" w:rsidRPr="00F02194" w:rsidRDefault="00844E4F" w:rsidP="00844E4F">
       <w:r w:rsidRPr="00230778">
         <w:tab/>
         <w:t xml:space="preserve">You will only see lines or columns for which data are available. Therefore, </w:t>
       </w:r>
       <w:r w:rsidR="008928F6">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00230778">
         <w:t xml:space="preserve"> table could be shorter or larger according to countries or years selected, even if selections of other dimensions are identical. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54CB2374" w14:textId="77777777" w:rsidR="00844E4F" w:rsidRDefault="00844E4F" w:rsidP="00844E4F">
-[...5 lines deleted...]
-    <w:p w14:paraId="05278FBF" w14:textId="31851339" w:rsidR="00D64D15" w:rsidRDefault="00D64D15" w:rsidP="00844E4F">
+    <w:p w14:paraId="05278FBF" w14:textId="43C0A924" w:rsidR="00D64D15" w:rsidRDefault="00D64D15" w:rsidP="00844E4F">
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
       <w:r w:rsidR="00446BEB">
         <w:t>“</w:t>
       </w:r>
-      <w:r>
-        <w:t>Filters</w:t>
+      <w:r w:rsidR="00497B81">
+        <w:t>Refine your selection</w:t>
       </w:r>
       <w:r w:rsidR="00446BEB">
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> par</w:t>
       </w:r>
       <w:r w:rsidR="00EA2280">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00446BEB">
-        <w:t>, on your left</w:t>
+        <w:t>, on</w:t>
+      </w:r>
+      <w:r w:rsidR="00B868BD">
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00446BEB">
+        <w:t xml:space="preserve"> left</w:t>
       </w:r>
       <w:r w:rsidR="00EA2280">
         <w:t xml:space="preserve">, if there is </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">no indication of </w:t>
       </w:r>
       <w:r w:rsidR="00EA2280">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">number of </w:t>
       </w:r>
       <w:r w:rsidR="00EA2280">
         <w:t>elements</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> selected</w:t>
       </w:r>
       <w:r w:rsidR="00EA2280">
         <w:t xml:space="preserve">, this </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">means that all </w:t>
       </w:r>
       <w:r w:rsidR="00EA2280">
         <w:t>elements</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are selected. For example, below all </w:t>
       </w:r>
       <w:r w:rsidR="00EA2280">
         <w:t>elements</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are selected for Transaction, wh</w:t>
       </w:r>
       <w:r w:rsidR="00EA2280">
         <w:t>ile</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> only one Time period and one Reference area are selected.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="698EF2E9" w14:textId="20D01A3C" w:rsidR="00D64D15" w:rsidRPr="00230778" w:rsidRDefault="00D64D15" w:rsidP="00B33195">
+    <w:p w14:paraId="698EF2E9" w14:textId="3BA6B526" w:rsidR="00D64D15" w:rsidRPr="00230778" w:rsidRDefault="00497B81" w:rsidP="00B33195">
       <w:pPr>
         <w:ind w:left="624"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="508605AF" wp14:editId="00A409C6">
-[...2 lines deleted...]
-            <wp:docPr id="396534192" name="Picture 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56C29EC1" wp14:editId="270EBF92">
+            <wp:extent cx="3105150" cy="1369130"/>
+            <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+            <wp:docPr id="2056461619" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3388413" cy="1299556"/>
+                      <a:ext cx="3109174" cy="1370904"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00D64D15">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="101BEA97" w14:textId="18EDD932" w:rsidR="00844E4F" w:rsidRDefault="00844E4F" w:rsidP="00844E4F">
+    <w:p w14:paraId="67C0B952" w14:textId="7E87E873" w:rsidR="00B75557" w:rsidRDefault="00844E4F" w:rsidP="00844E4F">
       <w:r w:rsidRPr="00230778">
         <w:tab/>
-        <w:t xml:space="preserve">To modify the content of any element of the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00446BEB">
+      </w:r>
+      <w:r w:rsidR="00497B81">
+        <w:t xml:space="preserve">To </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75557">
+        <w:t>change</w:t>
+      </w:r>
+      <w:r w:rsidR="00497B81">
+        <w:t xml:space="preserve"> the default selection, click on any of the filter you w</w:t>
+      </w:r>
+      <w:r w:rsidR="00B75557">
+        <w:t>ish</w:t>
+      </w:r>
+      <w:r w:rsidR="00497B81">
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75557">
+        <w:t>modify</w:t>
+      </w:r>
+      <w:r w:rsidR="00497B81">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A464903" w14:textId="6C238F01" w:rsidR="00497B81" w:rsidRDefault="00B75557" w:rsidP="00844E4F">
+      <w:r>
+        <w:tab/>
+        <w:t>Time period is selected by range: from … to … or last … periods or time series</w:t>
+      </w:r>
+      <w:r w:rsidR="00497B81">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25DE7D8C" w14:textId="1719BBAF" w:rsidR="00B75557" w:rsidRDefault="00844E4F" w:rsidP="00B5167E">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00230778">
+        <w:t xml:space="preserve">To modify the content of any </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75557">
+        <w:t>other filter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230778">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00497B81">
+        <w:t xml:space="preserve">than Time period, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00230778">
+        <w:t xml:space="preserve">you can select or deselect items one by one or use the advance selection modes </w:t>
+      </w:r>
+      <w:r w:rsidR="00F02194">
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00EA2280">
-[...8 lines deleted...]
-      <w:r w:rsidR="00446BEB">
+      <w:r w:rsidR="00F02194" w:rsidRPr="00F02194">
+        <w:t>Change selection mode</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02194">
         <w:t>”</w:t>
-      </w:r>
-[...13 lines deleted...]
-        <w:t>icon</w:t>
       </w:r>
       <w:r w:rsidR="00586494" w:rsidRPr="00230778">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001C3202">
-[...56 lines deleted...]
-    <w:p w14:paraId="7ECE7E18" w14:textId="10ABE135" w:rsidR="00EA2280" w:rsidRDefault="00EA2280" w:rsidP="00844E4F">
+      <w:r w:rsidR="00F02194">
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5167E">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02194">
+        <w:t xml:space="preserve"> right</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02194">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ECE7E18" w14:textId="48C305D0" w:rsidR="00EA2280" w:rsidRDefault="00EA2280" w:rsidP="00844E4F">
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">If you want to select all elements </w:t>
       </w:r>
       <w:r w:rsidR="00B33195">
         <w:t>of a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B33195">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00EC408D">
         <w:t>ilter</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, we advise you to click on icon </w:t>
-[...61 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, we advise you to </w:t>
+      </w:r>
+      <w:r w:rsidR="00F02194">
+        <w:t xml:space="preserve">click on </w:t>
       </w:r>
       <w:r w:rsidR="001F51BD">
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:t>Deselect All</w:t>
       </w:r>
       <w:r w:rsidR="001F51BD">
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> rather than </w:t>
       </w:r>
       <w:r w:rsidR="001F51BD">
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Select </w:t>
       </w:r>
       <w:r w:rsidR="00B33195">
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t>ll</w:t>
       </w:r>
@@ -407,51 +332,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4D444B91" w14:textId="346A7C60" w:rsidR="00EA2280" w:rsidRDefault="00EA2280" w:rsidP="00844E4F">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="455C364E" wp14:editId="2D131BA8">
             <wp:extent cx="3857625" cy="375521"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:docPr id="1843181565" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3923165" cy="381901"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -560,348 +485,362 @@
       <w:r>
         <w:t xml:space="preserve">Select </w:t>
       </w:r>
       <w:r w:rsidR="00B33195">
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t>ll</w:t>
       </w:r>
       <w:r w:rsidR="008A099C">
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> your selection will be </w:t>
       </w:r>
       <w:r w:rsidR="001F51BD">
         <w:t>maintained</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to the level of details available for the first country. </w:t>
       </w:r>
       <w:r w:rsidR="001F51BD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="165C025A" w14:textId="3B0871C8" w:rsidR="000B367B" w:rsidRDefault="000B367B" w:rsidP="008A099C">
+    <w:p w14:paraId="280BF91A" w14:textId="718BF541" w:rsidR="00F02194" w:rsidRDefault="000B367B" w:rsidP="00497B81">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you wish </w:t>
       </w:r>
       <w:r w:rsidRPr="008700C3">
         <w:t xml:space="preserve">to select transactions that are not broken down by activity, such as household final consumption expenditure, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">you must </w:t>
       </w:r>
       <w:r w:rsidRPr="008700C3">
         <w:t xml:space="preserve">select the ‘Not applicable’ item in the </w:t>
       </w:r>
       <w:r>
         <w:t>“E</w:t>
       </w:r>
       <w:r w:rsidRPr="008700C3">
         <w:t>conomic activity</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r w:rsidRPr="008700C3">
         <w:t xml:space="preserve">filter. </w:t>
       </w:r>
       <w:r w:rsidR="00797D31">
         <w:t>Otherwise</w:t>
       </w:r>
       <w:r w:rsidR="00797D31" w:rsidRPr="008700C3">
         <w:t xml:space="preserve">, these transactions </w:t>
       </w:r>
       <w:r w:rsidR="00797D31">
         <w:t>will be</w:t>
       </w:r>
       <w:r w:rsidR="00797D31" w:rsidRPr="008700C3">
         <w:t xml:space="preserve"> greyed out</w:t>
       </w:r>
       <w:r w:rsidR="00797D31">
         <w:t xml:space="preserve"> and cannot be selected</w:t>
       </w:r>
       <w:r w:rsidR="00797D31" w:rsidRPr="008700C3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B9EB541" w14:textId="0772386B" w:rsidR="00797D31" w:rsidRDefault="00797D31" w:rsidP="00797D31">
+    <w:p w14:paraId="599EBE38" w14:textId="68497107" w:rsidR="00497B81" w:rsidRDefault="00497B81" w:rsidP="00497B81">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00497B81">
+        <w:t xml:space="preserve">When you have finished modifying </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75557">
+        <w:t>all filters</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00497B81">
+        <w:t xml:space="preserve">, click the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75557">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apply </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00497B81">
+        <w:t>button at the end of the filter list.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A036758" w14:textId="42E13FA4" w:rsidR="00844E4F" w:rsidRPr="00230778" w:rsidRDefault="00797D31" w:rsidP="00497B81">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="008A099C">
         <w:t>Due to Explorer's limited data points, if you require the most detailed level for product and economic activities, it is only possible to extract SUTs for one year</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="008A099C">
         <w:t xml:space="preserve">one country at a time. If you only need the first level of product and economic activity classification (which is the default </w:t>
       </w:r>
       <w:r>
         <w:t>view</w:t>
       </w:r>
       <w:r w:rsidRPr="008A099C">
         <w:t>, you'll be able to extract SUTs for a greater number of countries and/or years.</w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00230778" w:rsidRPr="00230778">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DDFB9F6" w14:textId="4E01D621" w:rsidR="00C85E74" w:rsidRDefault="00844E4F">
       <w:r w:rsidRPr="00230778">
         <w:tab/>
         <w:t xml:space="preserve">The “Chart” mode is useful for SUT only if you select a small number of time series.  </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C85E74" w:rsidSect="008A099C">
-      <w:footerReference w:type="even" r:id="rId9"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D37E26A" w14:textId="77777777" w:rsidR="00D64D15" w:rsidRDefault="00D64D15" w:rsidP="00D64D15">
+    <w:p w14:paraId="289E9606" w14:textId="77777777" w:rsidR="008B4A2B" w:rsidRDefault="008B4A2B" w:rsidP="00D64D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="315FF6AE" w14:textId="77777777" w:rsidR="00D64D15" w:rsidRDefault="00D64D15" w:rsidP="00D64D15">
+    <w:p w14:paraId="5A4D1454" w14:textId="77777777" w:rsidR="008B4A2B" w:rsidRDefault="008B4A2B" w:rsidP="00D64D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="16A96623" w14:textId="286118C3" w:rsidR="00D64D15" w:rsidRDefault="00D64D15">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="12B4085E" w14:textId="06F2B6F2" w:rsidR="00D64D15" w:rsidRDefault="00D64D15">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="636BA504" w14:textId="1BF0FBA5" w:rsidR="00D64D15" w:rsidRDefault="00D64D15">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00B064A4" w14:textId="77777777" w:rsidR="00D64D15" w:rsidRDefault="00D64D15" w:rsidP="00D64D15">
+    <w:p w14:paraId="24AEAADD" w14:textId="77777777" w:rsidR="008B4A2B" w:rsidRDefault="008B4A2B" w:rsidP="00D64D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="408BA6E5" w14:textId="77777777" w:rsidR="00D64D15" w:rsidRDefault="00D64D15" w:rsidP="00D64D15">
+    <w:p w14:paraId="5F57C78D" w14:textId="77777777" w:rsidR="008B4A2B" w:rsidRDefault="008B4A2B" w:rsidP="00D64D15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00844E4F"/>
     <w:rsid w:val="000B367B"/>
     <w:rsid w:val="0010370B"/>
     <w:rsid w:val="00120ADC"/>
     <w:rsid w:val="001C3202"/>
     <w:rsid w:val="001F51BD"/>
     <w:rsid w:val="00230778"/>
     <w:rsid w:val="00403CE4"/>
     <w:rsid w:val="00446BEB"/>
+    <w:rsid w:val="00497B81"/>
     <w:rsid w:val="004E793E"/>
     <w:rsid w:val="00575306"/>
     <w:rsid w:val="00586494"/>
     <w:rsid w:val="005E71AB"/>
+    <w:rsid w:val="00610C73"/>
+    <w:rsid w:val="00624DDF"/>
     <w:rsid w:val="00756EA0"/>
     <w:rsid w:val="00797D31"/>
     <w:rsid w:val="00804971"/>
     <w:rsid w:val="00844E4F"/>
     <w:rsid w:val="008928F6"/>
     <w:rsid w:val="008A099C"/>
+    <w:rsid w:val="008B4A2B"/>
     <w:rsid w:val="009E0FF7"/>
     <w:rsid w:val="009E1889"/>
     <w:rsid w:val="00A5580D"/>
     <w:rsid w:val="00B33195"/>
+    <w:rsid w:val="00B5167E"/>
+    <w:rsid w:val="00B75557"/>
+    <w:rsid w:val="00B868BD"/>
     <w:rsid w:val="00C85E74"/>
     <w:rsid w:val="00D64D15"/>
     <w:rsid w:val="00EA2280"/>
     <w:rsid w:val="00EC408D"/>
     <w:rsid w:val="00ED5720"/>
+    <w:rsid w:val="00F02194"/>
     <w:rsid w:val="00F27993"/>
     <w:rsid w:val="00F7066C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7F755982"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2D94549E-073B-4EC9-B30E-CAFFF7D17509}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1259,108 +1198,107 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00844E4F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D64D15"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D64D15"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1585,75 +1523,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>420</Words>
-  <Characters>2147</Characters>
+  <Words>416</Words>
+  <Characters>1993</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>OECD</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2556</CharactersWithSpaces>
+  <CharactersWithSpaces>2394</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>LA ROSA-ELKAIM Catherine, SDD/NAD</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_f6047198-b488-45d0-a177-3effe9f755df_Enabled">
     <vt:lpwstr>true</vt:lpwstr>