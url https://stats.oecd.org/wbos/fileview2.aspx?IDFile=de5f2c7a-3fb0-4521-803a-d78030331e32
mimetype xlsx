--- v0 (2025-10-06)
+++ v1 (2025-12-07)
@@ -7,82 +7,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\STDH\STDedata\QNA\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C2930250-87BC-46B2-8656-264A466FDDAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BA11B41A-9526-4DBA-B2C4-594F1E236E32}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="25080" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="530" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" tabRatio="530" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="QNA" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A1" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="164">
   <si>
     <t>This calendar is updated on a ongoing basis and recent modifications are indicated in green.</t>
   </si>
   <si>
     <t>COUNTRY/ZONE</t>
   </si>
   <si>
     <t>News related to the last update</t>
   </si>
   <si>
     <t>Link to the last national news release</t>
   </si>
   <si>
     <t xml:space="preserve">Countries' official upcoming
 release dates * </t>
   </si>
   <si>
     <t>SNA Methodology used</t>
   </si>
   <si>
     <t>PPPs for GDP</t>
   </si>
   <si>
     <t>Euro area</t>
   </si>
@@ -349,531 +349,630 @@
       </rPr>
       <t xml:space="preserve">: not yet available ; </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10.1"/>
         <rFont val="Candara"/>
         <family val="2"/>
       </rPr>
       <t>emp.:</t>
     </r>
     <r>
       <rPr>
         <sz val="10.1"/>
         <rFont val="Candara"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> employment data and compensation of employees</t>
     </r>
   </si>
   <si>
     <t>https://www.dst.dk/en/Statistik/emner/oekonomi/nationalregnskab/noegletal-for-nationalregnskabet-bnp</t>
   </si>
   <si>
-    <t>Q2 23</t>
-[...1 lines deleted...]
-  <si>
     <t>Czechia</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10.1"/>
         <rFont val="Candara"/>
         <family val="2"/>
       </rPr>
       <t>Note:</t>
     </r>
     <r>
       <rPr>
         <sz val="10.1"/>
         <rFont val="Candara"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> there may be a one-day lag between the updates dates provided above and the actual update dates in OECD Data Explorer, depending on the update time.</t>
     </r>
   </si>
   <si>
-    <t>Q3 23</t>
-[...4 lines deleted...]
-  <si>
     <t>Q1 24</t>
   </si>
   <si>
     <t>Q2 24</t>
   </si>
   <si>
     <t>Q3 24</t>
   </si>
   <si>
     <t>Q4 24</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10.1"/>
         <rFont val="Candara"/>
         <family val="2"/>
       </rPr>
       <t>“Benchmark revisions”</t>
     </r>
     <r>
       <rPr>
         <sz val="10.1"/>
         <rFont val="Candara"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> are exceptional revisions that incorporate new data sources and other methodological improvements. They usually happen every five years and cover longer time periods. Between June and December 2024, European Union countries have undertaken benchmark revisions of their national accounts estimates. Non-European countries also implement such revisions according to their own schedules. Luxembourg and the EFTA countries Norway, Switzerland and Iceland are planning to carry out the benchmark revision in 2025.</t>
     </r>
   </si>
   <si>
-    <t>national release</t>
-[...1 lines deleted...]
-  <si>
     <t>Q1 25</t>
   </si>
   <si>
-    <t>Partially updated</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.ssb.no/en/nasjonalregnskap-og-konjunkturer/nasjonalregnskap/statistikk/nasjonalregnskap</t>
   </si>
   <si>
-    <t>GDP and employment update</t>
-[...17 lines deleted...]
-  <si>
     <t>Q2 25</t>
   </si>
   <si>
-    <t>GDP flash estimate</t>
-[...28 lines deleted...]
-    <t>GDP by activity updated</t>
+    <t>GDP update</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.stats.govt.nz/news/gdp-decreases-0-9-percent-in-the-june-2025-quarter/   </t>
+  </si>
+  <si>
+    <t>Q3 25: 16 Dec;</t>
+  </si>
+  <si>
+    <t>https://www.indec.gob.ar/uploads/informesdeprensa/pib_09_25081553D02E.pdf</t>
+  </si>
+  <si>
+    <t>https://www.bea.gov/news/2025/gross-domestic-product-2nd-quarter-2025-third-estimate-gdp-industry-corporate-profits</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Data revised back to 2020, in line with the annual accounts' revisions </t>
+  </si>
+  <si>
+    <t>https://csu.gov.cz/quarterly-gdp-estimates?pocet=10&amp;start=0&amp;podskupiny=051&amp;razeni=-datumVydani</t>
+  </si>
+  <si>
+    <t>https://insse.ro/cms/sites/default/files/com_presa/com_pdf/pib_2024e_semidef.pdf</t>
+  </si>
+  <si>
+    <t>Q3 25</t>
+  </si>
+  <si>
+    <t>Quarterly PPPs revised and updated for the last quarter</t>
+  </si>
+  <si>
+    <t>Q4 25: mid-January 2026;</t>
+  </si>
+  <si>
+    <t>https://www.stats.gov.cn/english/PressRelease/202510/t20251020_1961608.html</t>
+  </si>
+  <si>
+    <t>Partial update</t>
+  </si>
+  <si>
+    <t>Q3 25: 23 Dec</t>
+  </si>
+  <si>
+    <t>https://ine.es/dyngs/INEbase/es/operacion.htm?c=Estadistica_C&amp;cid=1254736164439&amp;menu=ultiDatos&amp;idp=1254735576581</t>
+  </si>
+  <si>
+    <t>GDP and employment flash update</t>
+  </si>
+  <si>
+    <t>New data for GDP by income
+GDP update and employment data revised</t>
+  </si>
+  <si>
+    <t>https://www.inegi.org.mx/contenidos/saladeprensa/boletines/2025/pibo/pib_eo2025_10.pdf</t>
   </si>
   <si>
     <r>
-      <t>Q3 25: by end Nov 25 (</t>
+      <t xml:space="preserve">Q3 25: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>26 Nov</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  (</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF0000FF"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t>2024 benchmark revision</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t>);</t>
     </r>
   </si>
   <si>
-    <t>Q3 25: F 30 Oct; 25 Nov</t>
-[...201 lines deleted...]
-    <t>Q3 25: 28 Nov;</t>
+    <t>https://www.bps.go.id/en/pressrelease/2025/11/05/2478/indonesia-s-economic-growth-in-q3-2025-was-5-04-percent--y-on-y-.html</t>
   </si>
   <si>
     <r>
-      <rPr>
-[...7 lines deleted...]
-      <t>Benchmark revision</t>
+      <t xml:space="preserve">Q3 25: 30 Dec*;
+</t>
     </r>
     <r>
       <rPr>
         <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Q4 25: 31 Mar; 
+Q1 26: 30 Jun; </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Q3 25: 18 Dec;
+Q4 25: 19 Mar; </t>
+  </si>
+  <si>
+    <t>https://www.ons.gov.uk/economy/grossdomesticproductgdp/bulletins/gdpfirstquarterlyestimateuk/latest</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Q3 25: 22 Dec; 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>Q4 25: 12 Feb; 31 Mar; 
+Q1 26: 14 May; 30 Jun; 
+Q2 26: 13 Aug; 30 Sep; 
+Q3 26: 12 Nov; 22 Dec; 
+Q4 26: 12 Feb;</t>
+    </r>
+  </si>
+  <si>
+    <t>https://www.esri.cao.go.jp/jp/sna/data/data_list/sokuhou/gaiyou/pdf/main_1e.pdf</t>
+  </si>
+  <si>
+    <t>https://www.cbs.gov.il/en/mediarelease/Pages/2025/National-Accounts-First-Estimate-for-Third-Quarter-of-2025.aspx</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q3 25: 24 Dec; </t>
+  </si>
+  <si>
+    <t>https://www.cbs.nl/en-gb/video/dc1e1dd572a045df9855e8d7743acd4a?16x9=true</t>
+  </si>
+  <si>
+    <t>Employment data updated</t>
+  </si>
+  <si>
+    <t>https://www.bcentral.cl/documents/33528/7868360/Cuentas+Nacionales+Tercer+Trimestre+2025.pdf/ab6a2394-1aec-9263-8d5e-f4d51b674d7f?t=1763412614972</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q3 25: 16 Dec; 18 Jan; 
+Q4 25: 16 Feb; 10 Mar; 16 Apr; 
+Q1 26: 17 May; 16 Jun; 16 Jul; 
+Q2 26: 16 Aug; 16 Sep; 18 Oct; 
+Q3 26: 16 Nov; </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Q3 25: 8 Dec;
+Q4 25: 16 Feb; 10 Mar;
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>Q1 26: mid-May; 8 Jun;</t>
+    </r>
+  </si>
+  <si>
+    <t>https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-trimestrales</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Q3 25: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>22 Dec; 
+Q4 25: 20 Feb; 31 Mar; 
+Q1 26: 20 May; 30 Jun; 
+Q2 26: 20 Aug; 30 Sep;</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Q3 25: 23 Dec;</t>
+    </r>
+    <r>
+      <rPr>
         <u/>
         <sz val="10"/>
         <color theme="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF00863D"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>New reference year 2020</t>
+      <t xml:space="preserve">Q4 25: 29 Jan; 26 Feb; 27 Mar; 
+Q1 26: 30 Apr; 28 May; 25 Jun; 
+Q2 26: 30 Jul; 26 Aug; 30 Sep; 
+Q3 26: 29 Oct; 25 Nov; 23 Dec; </t>
     </r>
   </si>
   <si>
-    <t>https://www.news.admin.ch/en/newnsb/DCHSyIXJPiKkcA4kVRmgd</t>
-[...11 lines deleted...]
-    <t>https://www.statistik.at/fileadmin/announcement/2025/09/20250930BIP2024EN.pdf</t>
+    <t xml:space="preserve">Q4 25: F 30 Jan; 25 Feb; 
+Q1 26: F 30 Apr; 22 May; 
+Q2 26: F 30 Jul; 25 Aug; 
+Q3 26: F 30 Oct; 25 Nov;  </t>
+  </si>
+  <si>
+    <t>https://www.destatis.de/EN/Press/2025/11/PE25_418_811.html?nn=2112</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 27 Feb; </t>
+  </si>
+  <si>
+    <t>https://podaci.dzs.hr/2025/en/97196</t>
+  </si>
+  <si>
+    <t>https://stat.fi/en/publication/cm1arstvq0j0i06w2rknf2qbk</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Benchmark revision
+      <t xml:space="preserve">Q3 25: 18 Dec;
 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Q4 25: 27 Feb; 
+Q1 26: 29 May; 17 Jun; 
+Q2 26: 28 Aug; 18 Sep; 
+Q3 26: 27 Nov; 18 Dec; </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Q4 25: F 30 Jan; </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">03 Mar; 
+Q1 26: F 30 Apr; 29 May; </t>
+    </r>
+  </si>
+  <si>
+    <t>GDP and employment update</t>
+  </si>
+  <si>
+    <t>Q4 25: 30 Jan; 23 Feb; 
+Q1 26: 30 Apr; 22 May; 
+Q2 26: 30 Jun;</t>
+  </si>
+  <si>
+    <t>https://www.istat.it/en/press-release/quarterly-national-accounts-q3-2025/</t>
+  </si>
+  <si>
+    <t>Q4 25: 04 Mar</t>
+  </si>
+  <si>
+    <t>https://www.stat.si/StatWeb/en/News/Index/13989</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 16 Feb; 27 Feb; 
+Q1 26: 15 May; 29 May; 
+Q2 26: 14 Aug; 28 Aug; 23 Sep; 
+Q3 26: 16 Oct; 30 Oct; </t>
+  </si>
+  <si>
+    <t>Q4 25: F 30 Jan; 27 Feb;</t>
+  </si>
+  <si>
+    <t>https://www.insee.fr/fr/statistiques/8673212</t>
+  </si>
+  <si>
+    <t>Q4 25: F 29 Jan; 27 Feb; 
+Q1 26: F 29 Apr; 29 May; 
+Q2 26: F 29 Jul; 31 Aug; 
+Q3 26: F 29 Oct; 30 Nov</t>
+  </si>
+  <si>
+    <t>https://www.nbb.be/en/statistical-updates/press-release-nai-quarterly-aggregates-2025-iii</t>
+  </si>
+  <si>
+    <t>https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_destaques&amp;DESTAQUESdest_boui=706228074&amp;DESTAQUESmodo=2</t>
+  </si>
+  <si>
+    <t>https://osp.stat.gov.lt/informaciniai-pranesimai?eventId=363717</t>
+  </si>
+  <si>
+    <t>Partially updated</t>
+  </si>
+  <si>
+    <t>https://data.tuik.gov.tr/Bulten/Index?p=Quarterly-Gross-Domestic-Product-Quarter-III:-July-September,-2025-54161&amp;dil=2</t>
+  </si>
+  <si>
+    <t>Q4 25: 2 Mar;</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Q3 25: 30 Dec;
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Q4 25: F 30 Jan; 02 Mar; 
+Q1 26: F 30 Apr; 29 May; 
+Q2 26: F 30 Jul; 14 Aug; 31 Aug; 
+Q3 26: F 30 Oct; 30 Nov; </t>
+    </r>
+  </si>
+  <si>
+    <t>https://www.stat.ee/en/news/economy-continued-grow-slightly-q3</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>Q3 25: 15 Dec</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t>Partially updated</t>
+      <t>; Q4 25: F 30 Jan; 27 Feb</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Q3 25: F 31 Oct; 30 Dec*; </t>
-[...47 lines deleted...]
-    <t>https://www.istat.it/en/press-release/annual-national-accounts-q2-2025/</t>
+    <t>https://www150.statcan.gc.ca/n1/daily-quotidien/251128/dq251128a-eng.htm?HPA=1&amp;indid=3278-1&amp;indgeo=0</t>
+  </si>
+  <si>
+    <t>https://stat.gov.pl/en/topics/national-accounts/quarterly-national-accounts/gross-domestic-product-in-the-3rd-quarter-of-2025-preliminary-estimate,2,92.html</t>
+  </si>
+  <si>
+    <t>https://www.statssa.gov.za/?p=19044</t>
+  </si>
+  <si>
+    <t>https://www.stats.gov.sa/documents/20117/2435267/GDP+FQ3.2025+EN.pdf/679fc2d2-f6f8-f408-28a6-942be9c21c70?t=1761740093593</t>
+  </si>
+  <si>
+    <t>Q3 25: 8 Dec;</t>
+  </si>
+  <si>
+    <t>Q4 25: 27 Feb; 
+Q1 26: 29 May; 
+Q2 26: 31 Aug; 
+Q3 26: 30 Nov;</t>
+  </si>
+  <si>
+    <t>https://www.statice.is/publications/news-archive/national-accounts/national-accounts-3rd-quarter-2025/</t>
+  </si>
+  <si>
+    <t>https://www.abs.gov.au/media-centre/media-releases/australian-economy-grew-04-september-quarter</t>
+  </si>
+  <si>
+    <t>Q4 25: 04 Mar;</t>
+  </si>
+  <si>
+    <t>Population and employment data updated - new reference year (2023-24) for chain volume series</t>
+  </si>
+  <si>
+    <t>Q3 25: 23 Dec; 
+Q4 25: 27 Feb; 21 Apr; 
+Q1 26: 29 May; 22 Jun; 
+Q2 26: 31 Aug; 30 Sep;</t>
+  </si>
+  <si>
+    <t>https://stat.gov.lv/en/statistics-themes/economy/gross-domestic-product-quarterly-data/press-releases/24722-gross-domestic?themeCode=IS</t>
+  </si>
+  <si>
+    <t>https://www.scb.se/en/finding-statistics/statistics-by-subject-area/national-accounts/national-accounts/national-accounts-quarterly-and-annual-estimates/pong/statistical-news/national-accounts-third-quarter-2025/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 29 Jan; 27 Feb; 
+Q1 26: 29 Apr; 29 May; 
+Q2 26: 29 Jul; 28 Aug; 
+Q3 26: 25 Sep; 29 Oct; 
+Q4 26: 27 Nov; </t>
+  </si>
+  <si>
+    <t>https://www.bok.or.kr/eng/bbs/E0000634/view.do?nttId=10094905&amp;menuNo=400423&amp;relate=Y&amp;depth=400423&amp;programType=newsDataEng</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Q3 25: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 22 Jan; 
+</t>
+    </r>
+  </si>
+  <si>
+    <t>https://www.ksh.hu/en/first-releases/gdp/egdp2509.html</t>
+  </si>
+  <si>
+    <t>https://www.statistik.at/fileadmin/announcement/2025/12/20251204BIP2025Q3EN.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: F 30 Jan; 05 Mar; 
+Q1 26: F 30 Apr; 05 Jun; </t>
+  </si>
+  <si>
+    <t>https://www.cso.ie/en/csolatestnews/presspages/2025/quarterlynationalaccountsandinternationalaccountsquarter32025/</t>
+  </si>
+  <si>
+    <t>Q3 25: 19 Jan;
+Q4 25: F 30 Jan; F 13 Feb; 06 Mar; 20 Apr</t>
+  </si>
+  <si>
+    <t>https://agenciadenoticias.ibge.gov.br/en/agencia-press-room/2185-news-agency/releases-en/45373-pib-varia-0-1-no-terceiro-trimestre-de-2026</t>
+  </si>
+  <si>
+    <t>Q1 26: 03 Mar;</t>
+  </si>
+  <si>
+    <t>https://new.mospi.gov.in/uploads/latestReleases/latest_release_1764326214920_fc47e094-3e61-42c3-a494-b4dc5f9dc5fd_GDP_Press_Note_on_Q2_2025-26N.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://ec.europa.eu/eurostat/en/web/products-euro-indicators/w/2-05122025-ap </t>
+  </si>
+  <si>
+    <t>https://statistiques.public.lu/fr/actualites/2025/stn41-25-comptes-trim.html</t>
+  </si>
+  <si>
+    <t>https://slovak.statistics.sk/wps/portal/ext/products/informationmessages/inf_sprava_detail/!ut/p/z1/tVLBUoMwEP0WDz1mdoEA4Zg6llIrI6VQycUJNG2xGtAyqH8v1I4XR7QH97I5vPfy3u6CgDsQWrblVjZlpeUjzEAI5z5yAzYeGxxxPLcwmF3H4fRyYvqJ3RGy8uH5WXAQRaUb9dbAXZUf5I4oTUq9IXLfjLB7VC9PnWirFTnUL7J9H2F7UM2-66ZpUKSbgijlrAmlhUmYxzZEMfSMXCFjOUIGmXB_NGK4EIMAURflGjKbUSXRcnoFSmhumMTL0SRUOW6xlrm9lhas2lK9QqJ7X48QK91HGc66OgLwh-J4nBWPoiiepyn6qTnBwDJ8DJOkU3NO_EufT6k7R2Rz38aAT5OFF1kWcutv_C-DLFxcYbDkt_5iRg2k9pn87wHFcLxP_sAHv9xK2q-o0E3d7CD7jyM58wJ6_ECgpXMCDG3st5lNEeqnFZE5ZTdVV3Vot1jebvnFxQfLiDSX/dz/d5/L2dBISEvZ0FBIS9nQSEh/</t>
+  </si>
+  <si>
+    <t>https://www.nsi.bg/en/press-release/gross-domestic-product-gdp-national-level-8882</t>
+  </si>
+  <si>
+    <t>https://www.statistics.gr/en/statistics?p_p_id=documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN&amp;p_p_lifecycle=2&amp;p_p_state=normal&amp;p_p_mode=view&amp;p_p_cacheability=cacheLevelPage&amp;p_p_col_id=column-2&amp;p_p_col_count=4&amp;p_p_col_pos=1&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_javax.faces.resource=document&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_ln=downloadResources&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_documentID=577551&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_locale=en</t>
+  </si>
+  <si>
+    <t>Q4 25: 06 Mar; 
+Q1 26: 05 Jun; 
+Q2 26: 07 Sep; 
+Q3 26: 07 Dec;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="165" formatCode="d/m/yy\ ;@"/>
   </numFmts>
-  <fonts count="29" x14ac:knownFonts="1">
+  <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Candara"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
@@ -990,105 +1089,96 @@
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="3"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="10"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Candara"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <u/>
       <sz val="10"/>
-      <color rgb="FF0000FF"/>
-[...7 lines deleted...]
-      <color theme="10"/>
+      <color rgb="FF00863D"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
-      <color rgb="FF00863D"/>
+      <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="13">
+  <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
@@ -1192,59 +1282,68 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="144">
+  <cellXfs count="145">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1391,287 +1490,290 @@
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="16" fillId="4" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="16" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="16" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="16" fillId="4" borderId="9" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="22" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="16" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="25" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="16" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="23" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...37 lines deleted...]
-    </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...161 lines deleted...]
-    </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="16" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF00863D"/>
       <color rgb="FF0000FF"/>
       <color rgb="FF686BEA"/>
       <color rgb="FF0B28BB"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -1916,2805 +2018,2389 @@
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/n1/daily-quotidien/250829/dq250829a-eng.htm?HPA=1&amp;indid=3278-1&amp;indgeo=0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insee.fr/fr/statistiques/8634587?sommaire=8605683" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nbb.be/en/media/20689" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.gov.sa/documents/20117/2435267/GDP+Q2+2025E_v4.pdf/3eb9c61a-d1a4-1ae1-974e-ced2f0cfe525?t=1757238731183" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/en/mediarelease/Pages/2025/National-Accounts-First-Estimation-for-the-Second-Quarter-of-2025.aspx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agenciadenoticias.ibge.gov.br/en/agencia-press-room/2185-news-agency/releases-en/44332-gdp-changes-0-4-in-q2-2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bfs.admin.ch/asset/en/be-e-04-VGR-03-sup" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scb.se/en/finding-statistics/statistics-by-subject-area/national-accounts/national-accounts/national-accounts-quarterly-and-annual-estimates/pong/statistical-news/national-accounts-second-quarter-2025/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.indec.gob.ar/uploads/informesdeprensa/pib_09_25081553D02E.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dst.dk/en/Statistik/emner/oekonomi/nationalregnskab/noegletal-for-nationalregnskabet-bnp" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tuik.gov.tr/indir/revizyon/Main_Revision_25_EN.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.es/dyngs/INEbase/en/operacion.htm?c=Estadistica_C&amp;cid=1254736164439&amp;menu=ultiDatos&amp;idp=1254735576581" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statice.is/publications/news-archive/national-accounts/national-accounts-2nd-quarter-2025/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/nasjonalregnskap-og-konjunkturer/nasjonalregnskap/statistikk/nasjonalregnskap" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bea.gov/news/2025/gross-domestic-product-2nd-quarter-2025-third-estimate-gdp-industry-corporate-profits" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/media-centre/media-releases/australian-economy-grew-06-cent-june-quarter" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csu.gov.cz/quarterly-gdp-estimates?pocet=10&amp;start=0&amp;podskupiny=051&amp;razeni=-datumVydani" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statssa.gov.za/?page_id=1856&amp;PPN=P0441&amp;SCH=74257" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/apps/shop.kiadvany?p_kiadvany_id=1107598&amp;p_temakor_kod=KSH&amp;p_lang=EN" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nsi.bg/en/press-release/gross-domestic-product-gdp-national-level-8757" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/nasjonalregnskap-og-konjunkturer/nasjonalregnskap/artikler/the-revision-of-the-national-accounts-has-been-postponed" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.destatis.de/EN/Press/2025/08/PE25_310_811.html?nn=2112" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;contecto=pi&amp;indOcorrCod=0013431&amp;selTab=tab0" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://slovak.statistics.sk/wps/portal/ext/products/informationmessages/inf_sprava_detail/!ut/p/z1/tVHLbsIwEPwajtZuYqd2jg5Sk1CERBGF-FI5r5JCnECstPTra1CvUPXQveyudjSa2QEFW1BGj82btk1n9MHtmXp4XfJURJEnEaM5xXT2tFok00c_XgfwAgpUYWxvd5B1-aB3pDKkMTXReztBN3Sn1rGNpiJDf9LjeYLjUNm9617ARclESGiOjLDCpyT0sCa1znnJ3K59faHvi6aErKgLEbKQEWQid-iyJFpQJMKvWYmCBTwQsPlNr3JnvFESYVUZx6GusGksE8bniGIeB5jKZP0cLilFSX8Ad3gyp4Pf1OFx2IxN9QFrc_nOAVZ_tJkgzK4S7jh10TXvx6OSLp_O2OrTwvY_AurbVtAzmSVf0YLEG_kN-flrOA!!/dz/d5/L2dBISEvZ0FBIS9nQSEh/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/databrowser/view/NAMQ_10_GDP__custom_7680558/bookmark/table?lang=en&amp;bookmarkId=a4ce6a9d-7ef1-48f1-a5bf-e23a717fcf75&amp;c=1696497560747" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/jp/sna/data/data_list/sokuhou/gaiyou/pdf/main_1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stat.ee/en/news/economy-grew-09-second-quarter" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistik.at/fileadmin/announcement/2025/09/20250930BIP2024EN.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/en/statistics?p_p_id=documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN&amp;p_p_lifecycle=2&amp;p_p_state=normal&amp;p_p_mode=view&amp;p_p_cacheability=cacheLevelPage&amp;p_p_col_id=column-2&amp;p_p_col_count=4&amp;p_p_col_pos=1&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_javax.faces.resource=document&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_ln=downloadResources&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_documentID=564837&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_locale=en" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.pl/en/topics/national-accounts/quarterly-national-accounts/gross-domestic-product-in-the-2nd-quarter-of-2025-preliminary-estimate,2,91.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stat.si/StatWeb/en/News/Index/13844" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-trimestrales/pib-https:/www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-trimestrales/pib-informacion-tecnica" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mospi.gov.in/sites/default/files/press_release/GDP_PR_Q1_2025-26_29082025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=Quarterly-Gross-Domestic-Product-Quarter-II:-April-June,-2025-54160&amp;dil=2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/en/csolatestnews/pressreleases/2025pressreleases/pressstatementquarterlynationalaccountsandinternationalaccountsq22025/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.news.admin.ch/en/newnsb/DCHSyIXJPiKkcA4kVRmgd" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/en/statistics-themes/economy/national-accounts/press-releases/24231-detailed-gdp-estimate-2023?themeCode=IS" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/news/gdp-decreases-0-9-percent-in-the-june-2025-quarter/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dzs.gov.hr/news/in-the-second-quarter-of-2025-the-gdp-in-real-terms-increased-by-3-4-compared-to-the-same-quarter-of-2024/2316" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.gov.cn/english/PressRelease/202507/t20250715_1960408.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.fi/en/statistics/ntp" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bok.or.kr/eng/bbs/E0000634/view.do?nttId=10093369&amp;menuNo=400423&amp;relate=Y&amp;depth=400423&amp;programType=newsDataEng" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insse.ro/cms/en/content/gross-domestic-product-second-quarter-2025-provisional-data-1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istat.it/en/press-release/annual-national-accounts-q2-2025/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bps.go.id/en/pressrelease/2025/08/05/2455/-indonesia-s-economic-in-q2-2025-was-4-04-percent--q-to-q---5-12-percent--y-on-y---semester-1-2025-was-4-99-percent--c-to-c--.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.nl/en-gb/news/2025/39/economic-growth-of-0-2-percent-in-q2-2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/media-centre/media-releases/australian-economy-grew-04-september-quarter" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bea.gov/news/schedule" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.fi/en/publication/cm1arstvq0j0i06w2rknf2qbk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statssa.gov.za/?p=19044" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/nasjonalregnskap-og-konjunkturer/nasjonalregnskap/statistikk/nasjonalregnskap" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/informaciniai-pranesimai?eventId=363717" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bea.gov/news/2025/gross-domestic-product-2nd-quarter-2025-third-estimate-gdp-industry-corporate-profits" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/contenidos/saladeprensa/boletines/2025/pibo/pib_eo2025_10.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-trimestrales" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.pl/en/topics/national-accounts/quarterly-national-accounts/gross-domestic-product-in-the-3rd-quarter-of-2025-preliminary-estimate,2,92.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/news/gdp-decreases-0-9-percent-in-the-june-2025-quarter/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcentral.cl/documents/33528/7868360/Cuentas+Nacionales+Tercer+Trimestre+2025.pdf/ab6a2394-1aec-9263-8d5e-f4d51b674d7f?t=1763412614972" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_destaques&amp;DESTAQUESdest_boui=706228074&amp;DESTAQUESmodo=2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bok.or.kr/eng/bbs/E0000634/view.do?nttId=10094905&amp;menuNo=400423&amp;relate=Y&amp;depth=400423&amp;programType=newsDataEng" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.indec.gob.ar/uploads/informesdeprensa/pib_09_25081553D02E.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/jp/sna/data/data_list/sokuhou/gaiyou/pdf/main_1e.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.gov.cn/english/PressRelease/202510/t20251020_1961608.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/n1/daily-quotidien/251128/dq251128a-eng.htm?HPA=1&amp;indid=3278-1&amp;indgeo=0" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dst.dk/en/Statistik/emner/oekonomi/nationalregnskab/noegletal-for-nationalregnskabet-bnp" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.nl/en-gb/video/dc1e1dd572a045df9855e8d7743acd4a?16x9=true" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stat.ee/en/news/economy-continued-grow-slightly-q3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statice.is/publications/news-archive/national-accounts/national-accounts-3rd-quarter-2025/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csu.gov.cz/quarterly-gdp-estimates?pocet=10&amp;start=0&amp;podskupiny=051&amp;razeni=-datumVydani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insee.fr/fr/statistiques/8673212" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/en/web/products-euro-indicators/w/2-05122025-ap" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/nasjonalregnskap-og-konjunkturer/nasjonalregnskap/artikler/the-revision-of-the-national-accounts-has-been-postponed" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agenciadenoticias.ibge.gov.br/en/agencia-press-room/2185-news-agency/releases-en/45373-pib-varia-0-1-no-terceiro-trimestre-de-2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/en/mediarelease/Pages/2025/National-Accounts-First-Estimate-for-Third-Quarter-of-2025.aspx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=Quarterly-Gross-Domestic-Product-Quarter-III:-July-September,-2025-54161&amp;dil=2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.gov.sa/documents/20117/2435267/GDP+FQ3.2025+EN.pdf/679fc2d2-f6f8-f408-28a6-942be9c21c70?t=1761740093593" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://new.mospi.gov.in/uploads/latestReleases/latest_release_1764326214920_fc47e094-3e61-42c3-a494-b4dc5f9dc5fd_GDP_Press_Note_on_Q2_2025-26N.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:Q77"/>
+  <dimension ref="A1:O77"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <pane xSplit="1" ySplit="6" topLeftCell="B7" activePane="bottomRight" state="frozen"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="1" ySplit="6" topLeftCell="G21" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="B7" sqref="B7"/>
+      <selection pane="bottomRight" activeCell="K24" sqref="K24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.44140625" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="25.5703125" style="63" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="30" max="16384" width="9.42578125" style="7"/>
+    <col min="1" max="1" width="25.5546875" style="63" customWidth="1"/>
+    <col min="2" max="8" width="12.5546875" style="14" customWidth="1"/>
+    <col min="9" max="9" width="56.44140625" style="58" customWidth="1"/>
+    <col min="10" max="10" width="54.5546875" style="84" customWidth="1"/>
+    <col min="11" max="11" width="48.33203125" style="15" customWidth="1"/>
+    <col min="12" max="12" width="17.5546875" style="58" customWidth="1"/>
+    <col min="13" max="13" width="43.44140625" style="14" customWidth="1"/>
+    <col min="14" max="14" width="12.5546875" style="62" customWidth="1"/>
+    <col min="15" max="15" width="29" style="62" customWidth="1"/>
+    <col min="16" max="16" width="18" style="7" customWidth="1"/>
+    <col min="17" max="26" width="9.44140625" style="7"/>
+    <col min="27" max="27" width="42" style="7" customWidth="1"/>
+    <col min="28" max="16384" width="9.44140625" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="90">
+    <row r="1" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="86">
         <f ca="1">NOW()</f>
-        <v>45936.630293518516</v>
-[...37 lines deleted...]
-    <row r="3" spans="1:17" x14ac:dyDescent="0.2">
+        <v>45996.584398495368</v>
+      </c>
+      <c r="B1" s="122"/>
+      <c r="C1" s="122"/>
+      <c r="D1" s="122"/>
+      <c r="E1" s="122"/>
+      <c r="F1" s="122"/>
+      <c r="G1" s="122"/>
+      <c r="H1" s="122"/>
+      <c r="I1" s="122"/>
+      <c r="J1" s="122"/>
+      <c r="K1" s="122"/>
+      <c r="L1" s="122"/>
+      <c r="M1" s="1"/>
+      <c r="N1" s="1"/>
+      <c r="O1" s="29"/>
+    </row>
+    <row r="2" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="86"/>
+      <c r="B2" s="122"/>
+      <c r="C2" s="122"/>
+      <c r="D2" s="122"/>
+      <c r="E2" s="122"/>
+      <c r="F2" s="122"/>
+      <c r="G2" s="122"/>
+      <c r="H2" s="122"/>
+      <c r="I2" s="122"/>
+      <c r="J2" s="122"/>
+      <c r="K2" s="122"/>
+      <c r="L2" s="122"/>
+      <c r="M2" s="1"/>
+      <c r="N2" s="1"/>
+      <c r="O2" s="29"/>
+    </row>
+    <row r="3" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A3" s="24" t="s">
         <v>59</v>
       </c>
-      <c r="B3" s="2"/>
+      <c r="B3" s="3"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
-      <c r="E3" s="3"/>
+      <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
-      <c r="I3" s="2"/>
-[...9 lines deleted...]
-    <row r="4" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="I3" s="64"/>
+      <c r="J3" s="76"/>
+      <c r="K3" s="4"/>
+      <c r="L3" s="30"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="24"/>
+      <c r="O3" s="31"/>
+    </row>
+    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A4" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="5"/>
+      <c r="B4" s="95"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
-      <c r="E4" s="99"/>
+      <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
-      <c r="I4" s="5"/>
-[...9 lines deleted...]
-    <row r="5" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I4" s="65"/>
+      <c r="J4" s="77"/>
+      <c r="K4" s="4"/>
+      <c r="L4" s="30"/>
+      <c r="M4" s="3"/>
+      <c r="N4" s="24"/>
+      <c r="O4" s="26"/>
+    </row>
+    <row r="5" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="142" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="129">
-[...4 lines deleted...]
-      <c r="E5" s="128">
+      <c r="B5" s="123">
         <v>2024</v>
       </c>
-      <c r="F5" s="129"/>
-[...2 lines deleted...]
-      <c r="I5" s="128">
+      <c r="C5" s="124"/>
+      <c r="D5" s="124"/>
+      <c r="E5" s="125"/>
+      <c r="F5" s="137">
         <v>2025</v>
       </c>
-      <c r="J5" s="130"/>
-      <c r="K5" s="131" t="s">
+      <c r="G5" s="138"/>
+      <c r="H5" s="139"/>
+      <c r="I5" s="126" t="s">
         <v>2</v>
       </c>
-      <c r="L5" s="131" t="s">
+      <c r="J5" s="126" t="s">
         <v>3</v>
       </c>
-      <c r="M5" s="131" t="s">
+      <c r="K5" s="126" t="s">
         <v>4</v>
       </c>
-      <c r="N5" s="131" t="s">
+      <c r="L5" s="126" t="s">
         <v>5</v>
       </c>
+      <c r="M5" s="32"/>
+      <c r="N5" s="32"/>
       <c r="O5" s="32"/>
-      <c r="P5" s="32"/>
-[...2 lines deleted...]
-    <row r="6" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="6" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="143"/>
-      <c r="B6" s="64" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="68" t="s">
+      <c r="B6" s="85" t="s">
+        <v>66</v>
+      </c>
+      <c r="C6" s="85" t="s">
         <v>67</v>
       </c>
-      <c r="D6" s="88" t="s">
+      <c r="D6" s="85" t="s">
         <v>68</v>
       </c>
-      <c r="E6" s="89" t="s">
+      <c r="E6" s="85" t="s">
         <v>69</v>
       </c>
-      <c r="F6" s="89" t="s">
-[...2 lines deleted...]
-      <c r="G6" s="89" t="s">
+      <c r="F6" s="85" t="s">
         <v>71</v>
       </c>
-      <c r="H6" s="89" t="s">
-[...16 lines deleted...]
-    <row r="7" spans="1:17" s="34" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G6" s="85" t="s">
+        <v>73</v>
+      </c>
+      <c r="H6" s="85" t="s">
+        <v>82</v>
+      </c>
+      <c r="I6" s="127"/>
+      <c r="J6" s="127"/>
+      <c r="K6" s="127"/>
+      <c r="L6" s="127"/>
+      <c r="M6" s="32"/>
+      <c r="N6" s="7"/>
+      <c r="O6" s="7"/>
+    </row>
+    <row r="7" spans="1:15" s="34" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="17" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="18">
-        <v>45240</v>
+        <v>45476</v>
       </c>
       <c r="C7" s="18">
-        <v>45317</v>
+        <v>45590</v>
       </c>
       <c r="D7" s="18">
-        <v>45386</v>
+        <v>45698</v>
       </c>
       <c r="E7" s="18">
-        <v>45476</v>
+        <v>45749</v>
       </c>
       <c r="F7" s="18">
-        <v>45590</v>
+        <v>45848</v>
       </c>
       <c r="G7" s="18">
-        <v>45698</v>
-[...15 lines deleted...]
-    <row r="8" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>45951</v>
+      </c>
+      <c r="H7" s="18"/>
+      <c r="I7" s="22" t="s">
+        <v>83</v>
+      </c>
+      <c r="J7" s="68"/>
+      <c r="K7" s="22"/>
+      <c r="L7" s="33"/>
+    </row>
+    <row r="8" spans="1:15" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="141">
-[...8 lines deleted...]
-      <c r="E8" s="141">
+      <c r="B8" s="136">
         <v>45492</v>
       </c>
-      <c r="F8" s="141">
+      <c r="C8" s="136">
         <v>45583</v>
       </c>
-      <c r="G8" s="141">
+      <c r="D8" s="136">
         <v>45678</v>
       </c>
-      <c r="H8" s="141">
+      <c r="E8" s="136">
         <v>45763</v>
       </c>
-      <c r="I8" s="141">
+      <c r="F8" s="136">
         <v>45859</v>
       </c>
-      <c r="J8" s="141">
-[...16 lines deleted...]
-    <row r="9" spans="1:17" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G8" s="136">
+        <v>45950</v>
+      </c>
+      <c r="H8" s="140">
+        <v>45996</v>
+      </c>
+      <c r="I8" s="132"/>
+      <c r="J8" s="134" t="s">
+        <v>158</v>
+      </c>
+      <c r="K8" s="128" t="s">
+        <v>154</v>
+      </c>
+      <c r="L8" s="130" t="s">
+        <v>8</v>
+      </c>
+      <c r="M8" s="36"/>
+      <c r="N8" s="32"/>
+      <c r="O8" s="7"/>
+    </row>
+    <row r="9" spans="1:15" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A9" s="37" t="s">
         <v>9</v>
       </c>
-      <c r="B9" s="136"/>
-[...11 lines deleted...]
-      <c r="N9" s="136"/>
+      <c r="B9" s="131"/>
+      <c r="C9" s="131"/>
+      <c r="D9" s="131"/>
+      <c r="E9" s="131"/>
+      <c r="F9" s="131"/>
+      <c r="G9" s="131"/>
+      <c r="H9" s="141"/>
+      <c r="I9" s="133"/>
+      <c r="J9" s="135"/>
+      <c r="K9" s="129"/>
+      <c r="L9" s="131"/>
+      <c r="M9" s="7"/>
+      <c r="N9" s="7"/>
       <c r="O9" s="7"/>
-      <c r="P9" s="7"/>
-[...2 lines deleted...]
-    <row r="10" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+    </row>
+    <row r="10" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A10" s="17" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="18">
-        <v>45195</v>
+        <v>45463</v>
       </c>
       <c r="C10" s="18">
-        <v>45282</v>
+        <v>45561</v>
       </c>
       <c r="D10" s="18">
-        <v>45379</v>
+        <v>45645</v>
       </c>
       <c r="E10" s="18">
-        <v>45463</v>
+        <v>45743</v>
       </c>
       <c r="F10" s="18">
-        <v>45561</v>
+        <v>45812</v>
       </c>
       <c r="G10" s="18">
-        <v>45645</v>
-[...7 lines deleted...]
-      <c r="J10" s="27">
         <v>45925</v>
       </c>
-      <c r="K10" s="42" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H10" s="27">
+        <v>45994</v>
+      </c>
+      <c r="I10" s="42" t="s">
+        <v>143</v>
+      </c>
+      <c r="J10" s="68" t="s">
+        <v>141</v>
+      </c>
+      <c r="K10" s="113" t="s">
+        <v>142</v>
+      </c>
+      <c r="L10" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="M10" s="7"/>
+      <c r="N10" s="7"/>
       <c r="O10" s="7"/>
-      <c r="P10" s="7"/>
-[...2 lines deleted...]
-    <row r="11" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+    </row>
+    <row r="11" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A11" s="38" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="28">
-        <v>45202</v>
-[...7 lines deleted...]
-      <c r="E11" s="28">
         <v>45446</v>
       </c>
-      <c r="F11" s="52">
+      <c r="C11" s="52">
         <v>45594</v>
       </c>
-      <c r="G11" s="52">
+      <c r="D11" s="52">
         <v>45630</v>
       </c>
-      <c r="H11" s="52">
+      <c r="E11" s="52">
         <v>45362</v>
       </c>
-      <c r="I11" s="28">
+      <c r="F11" s="28">
         <v>45814</v>
       </c>
-      <c r="J11" s="121">
+      <c r="G11" s="28">
         <v>45931</v>
       </c>
-      <c r="K11" s="39"/>
-[...11 lines deleted...]
-    <row r="12" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="H11" s="112">
+        <v>45995</v>
+      </c>
+      <c r="I11" s="40"/>
+      <c r="J11" s="102" t="s">
+        <v>151</v>
+      </c>
+      <c r="K11" s="109" t="s">
+        <v>152</v>
+      </c>
+      <c r="L11" s="6"/>
+      <c r="M11" s="41"/>
+      <c r="N11" s="7"/>
+      <c r="O11" s="7"/>
+    </row>
+    <row r="12" spans="1:15" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A12" s="17" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="18">
-        <v>45218</v>
+        <v>45474</v>
       </c>
       <c r="C12" s="18">
-        <v>45302</v>
+        <v>45534</v>
       </c>
       <c r="D12" s="18">
-        <v>45401</v>
+        <v>45629</v>
       </c>
       <c r="E12" s="18">
-        <v>45474</v>
+        <v>45763</v>
       </c>
       <c r="F12" s="18">
-        <v>45534</v>
+        <v>45839</v>
       </c>
       <c r="G12" s="18">
-        <v>45629</v>
-[...8 lines deleted...]
-        <v>45898</v>
+        <v>45947</v>
+      </c>
+      <c r="H12" s="27">
+        <v>45989</v>
+      </c>
+      <c r="I12" s="42"/>
+      <c r="J12" s="68" t="s">
+        <v>125</v>
       </c>
       <c r="K12" s="42" t="s">
-        <v>100</v>
-[...9 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="L12" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="M12" s="7"/>
+      <c r="N12" s="7"/>
       <c r="O12" s="7"/>
-      <c r="P12" s="7"/>
-[...2 lines deleted...]
-    <row r="13" spans="1:17" ht="38.25" x14ac:dyDescent="0.2">
+    </row>
+    <row r="13" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A13" s="35" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="28">
-        <v>45189</v>
-[...5 lines deleted...]
-        <v>45356</v>
+        <v>45448</v>
+      </c>
+      <c r="C13" s="28">
+        <v>45541</v>
+      </c>
+      <c r="D13" s="28">
+        <v>45636</v>
       </c>
       <c r="E13" s="28">
-        <v>45448</v>
+        <v>45722</v>
       </c>
       <c r="F13" s="28">
-        <v>45541</v>
+        <v>45812</v>
       </c>
       <c r="G13" s="28">
-        <v>45636</v>
-[...7 lines deleted...]
-      <c r="J13" s="28">
         <v>45903</v>
       </c>
-      <c r="K13" s="40" t="s">
-[...15 lines deleted...]
-    <row r="14" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="H13" s="112">
+        <v>45992</v>
+      </c>
+      <c r="I13" s="39" t="s">
+        <v>128</v>
+      </c>
+      <c r="J13" s="70" t="s">
+        <v>134</v>
+      </c>
+      <c r="K13" s="98" t="s">
+        <v>133</v>
+      </c>
+      <c r="L13" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="M13" s="41"/>
+      <c r="N13" s="7"/>
+      <c r="O13" s="7"/>
+    </row>
+    <row r="14" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A14" s="17" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="18">
-        <v>45159</v>
+        <v>45435</v>
       </c>
       <c r="C14" s="18">
-        <v>45252</v>
+        <v>45523</v>
       </c>
       <c r="D14" s="18">
-        <v>45369</v>
+        <v>45639</v>
       </c>
       <c r="E14" s="18">
-        <v>45435</v>
+        <v>45734</v>
       </c>
       <c r="F14" s="18">
-        <v>45523</v>
+        <v>45796</v>
       </c>
       <c r="G14" s="18">
-        <v>45639</v>
+        <v>45887</v>
       </c>
       <c r="H14" s="18">
-        <v>45734</v>
-[...5 lines deleted...]
-        <v>45887</v>
+        <v>45982</v>
+      </c>
+      <c r="I14" s="22"/>
+      <c r="J14" s="117" t="s">
+        <v>103</v>
       </c>
       <c r="K14" s="22"/>
-      <c r="L14" s="71"/>
-[...5 lines deleted...]
-      </c>
+      <c r="L14" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="M14" s="7"/>
+      <c r="N14" s="7"/>
       <c r="O14" s="7"/>
-      <c r="P14" s="7"/>
-[...2 lines deleted...]
-    <row r="15" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+    </row>
+    <row r="15" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A15" s="35" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="28">
-        <v>45159</v>
+        <v>45446</v>
       </c>
       <c r="C15" s="28">
-        <v>45294</v>
+        <v>45581</v>
       </c>
       <c r="D15" s="28">
-        <v>45412</v>
+        <v>45679</v>
       </c>
       <c r="E15" s="28">
-        <v>45446</v>
+        <v>45755</v>
       </c>
       <c r="F15" s="28">
-        <v>45581</v>
+        <v>45810</v>
       </c>
       <c r="G15" s="28">
-        <v>45679</v>
+        <v>45888</v>
       </c>
       <c r="H15" s="28">
-        <v>45755</v>
-[...16 lines deleted...]
-      </c>
+        <v>45985</v>
+      </c>
+      <c r="I15" s="40"/>
+      <c r="J15" s="121" t="s">
+        <v>106</v>
+      </c>
+      <c r="K15" s="101"/>
+      <c r="L15" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="M15" s="7"/>
+      <c r="N15" s="7"/>
       <c r="O15" s="7"/>
-      <c r="P15" s="7"/>
-[...2 lines deleted...]
-    <row r="16" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+    </row>
+    <row r="16" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A16" s="43" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="18">
-        <v>45202</v>
+        <v>45474</v>
       </c>
       <c r="C16" s="18">
-        <v>45293</v>
+        <v>45566</v>
       </c>
       <c r="D16" s="18">
-        <v>45379</v>
+        <v>45659</v>
       </c>
       <c r="E16" s="18">
-        <v>45474</v>
+        <v>45748</v>
       </c>
       <c r="F16" s="18">
-        <v>45566</v>
+        <v>45839</v>
       </c>
       <c r="G16" s="18">
-        <v>45659</v>
+        <v>45931</v>
       </c>
       <c r="H16" s="18">
+        <v>45968</v>
+      </c>
+      <c r="I16" s="22" t="s">
+        <v>89</v>
+      </c>
+      <c r="J16" s="68"/>
+      <c r="K16" s="22" t="s">
+        <v>94</v>
+      </c>
+      <c r="L16" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="M16" s="7"/>
+      <c r="N16" s="7"/>
+      <c r="O16" s="7"/>
+    </row>
+    <row r="17" spans="1:15" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="B17" s="28">
+        <v>45481</v>
+      </c>
+      <c r="C17" s="28">
+        <v>45534</v>
+      </c>
+      <c r="D17" s="28">
+        <v>45663</v>
+      </c>
+      <c r="E17" s="28">
         <v>45748</v>
       </c>
-      <c r="I16" s="18">
-[...34 lines deleted...]
-        <v>45534</v>
+      <c r="F17" s="111">
+        <v>45847</v>
       </c>
       <c r="G17" s="28">
-        <v>45663</v>
-[...7 lines deleted...]
-      <c r="J17" s="121">
         <v>45930</v>
       </c>
-      <c r="K17" s="39" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H17" s="112">
+        <v>45989</v>
+      </c>
+      <c r="I17" s="39" t="s">
+        <v>89</v>
+      </c>
+      <c r="J17" s="70" t="s">
+        <v>80</v>
+      </c>
+      <c r="K17" s="119" t="s">
+        <v>115</v>
+      </c>
+      <c r="L17" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="M17" s="7"/>
+      <c r="N17" s="7"/>
       <c r="O17" s="7"/>
-      <c r="P17" s="7"/>
-[...2 lines deleted...]
-    <row r="18" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+    </row>
+    <row r="18" spans="1:15" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="18">
-        <v>45202</v>
+        <v>45481</v>
       </c>
       <c r="C18" s="18">
-        <v>45293</v>
+        <v>45580</v>
       </c>
       <c r="D18" s="18">
-        <v>45393</v>
+        <v>45646</v>
       </c>
       <c r="E18" s="18">
-        <v>45481</v>
+        <v>45748</v>
       </c>
       <c r="F18" s="18">
-        <v>45580</v>
+        <v>45842</v>
       </c>
       <c r="G18" s="18">
-        <v>45646</v>
+        <v>45933</v>
       </c>
       <c r="H18" s="18">
-        <v>45748</v>
-[...10 lines deleted...]
-      <c r="L18" s="71" t="s">
+        <v>45985</v>
+      </c>
+      <c r="I18" s="22"/>
+      <c r="J18" s="68" t="s">
         <v>63</v>
       </c>
-      <c r="M18" s="22" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="K18" s="22" t="s">
+        <v>107</v>
+      </c>
+      <c r="L18" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="M18" s="7"/>
+      <c r="N18" s="7"/>
       <c r="O18" s="7"/>
-      <c r="P18" s="7"/>
-[...2 lines deleted...]
-    <row r="19" spans="1:17" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="19" spans="1:15" ht="66" x14ac:dyDescent="0.25">
       <c r="A19" s="44" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="28">
-        <v>45174</v>
+        <v>45443</v>
       </c>
       <c r="C19" s="28">
-        <v>45260</v>
+        <v>45572</v>
       </c>
       <c r="D19" s="28">
-        <v>45356</v>
+        <v>45629</v>
       </c>
       <c r="E19" s="28">
-        <v>45443</v>
+        <v>45721</v>
       </c>
       <c r="F19" s="28">
-        <v>45572</v>
+        <v>45810</v>
       </c>
       <c r="G19" s="28">
-        <v>45629</v>
-[...7 lines deleted...]
-      <c r="J19" s="28">
         <v>45902</v>
       </c>
-      <c r="K19" s="40" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H19" s="112">
+        <v>45992</v>
+      </c>
+      <c r="I19" s="40"/>
+      <c r="J19" s="88" t="s">
+        <v>132</v>
+      </c>
+      <c r="K19" s="106" t="s">
+        <v>131</v>
+      </c>
+      <c r="L19" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="M19" s="7"/>
+      <c r="N19" s="7"/>
       <c r="O19" s="7"/>
-      <c r="P19" s="7"/>
-[...2 lines deleted...]
-    <row r="20" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+    </row>
+    <row r="20" spans="1:15" ht="66" x14ac:dyDescent="0.25">
       <c r="A20" s="43" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="18">
-        <v>45189</v>
+        <v>45463</v>
       </c>
       <c r="C20" s="18">
-        <v>45278</v>
-[...7 lines deleted...]
-      <c r="F20" s="18">
         <v>45559</v>
       </c>
-      <c r="G20" s="106">
+      <c r="D20" s="100">
         <v>45646</v>
       </c>
-      <c r="H20" s="106">
+      <c r="E20" s="100">
         <v>45734</v>
       </c>
-      <c r="I20" s="106">
+      <c r="F20" s="100">
         <v>45827</v>
       </c>
-      <c r="J20" s="18">
+      <c r="G20" s="18">
         <v>45919</v>
       </c>
+      <c r="H20" s="27">
+        <v>45989</v>
+      </c>
+      <c r="I20" s="42"/>
+      <c r="J20" s="87" t="s">
+        <v>113</v>
+      </c>
       <c r="K20" s="22" t="s">
-        <v>78</v>
-[...9 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="L20" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="M20" s="7"/>
+      <c r="N20" s="7"/>
       <c r="O20" s="7"/>
-      <c r="P20" s="7"/>
-[...2 lines deleted...]
-    <row r="21" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+    </row>
+    <row r="21" spans="1:15" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A21" s="45" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="28">
-        <v>45169</v>
+        <v>45449</v>
       </c>
       <c r="C21" s="28">
-        <v>45260</v>
+        <v>45534</v>
       </c>
       <c r="D21" s="28">
-        <v>45371</v>
+        <v>45625</v>
       </c>
       <c r="E21" s="28">
-        <v>45449</v>
+        <v>45716</v>
       </c>
       <c r="F21" s="28">
-        <v>45534</v>
+        <v>45806</v>
       </c>
       <c r="G21" s="28">
-        <v>45625</v>
-[...7 lines deleted...]
-      <c r="J21" s="28">
         <v>45898</v>
       </c>
-      <c r="K21" s="40" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H21" s="112">
+        <v>45989</v>
+      </c>
+      <c r="I21" s="39"/>
+      <c r="J21" s="80" t="s">
+        <v>123</v>
+      </c>
+      <c r="K21" s="116" t="s">
+        <v>122</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="M21" s="7"/>
+      <c r="N21" s="7"/>
       <c r="O21" s="7"/>
-      <c r="P21" s="7"/>
-[...2 lines deleted...]
-    <row r="22" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+    </row>
+    <row r="22" spans="1:15" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A22" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="18">
-        <v>45163</v>
+        <v>45436</v>
       </c>
       <c r="C22" s="18">
-        <v>45254</v>
+        <v>45541</v>
       </c>
       <c r="D22" s="18">
-        <v>45345</v>
+        <v>45618</v>
       </c>
       <c r="E22" s="18">
-        <v>45436</v>
+        <v>45713</v>
       </c>
       <c r="F22" s="18">
-        <v>45541</v>
+        <v>45800</v>
       </c>
       <c r="G22" s="18">
-        <v>45618</v>
+        <v>45891</v>
       </c>
       <c r="H22" s="18">
-        <v>45713</v>
-[...21 lines deleted...]
-    <row r="23" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+        <v>45986</v>
+      </c>
+      <c r="I22" s="22"/>
+      <c r="J22" s="72" t="s">
+        <v>110</v>
+      </c>
+      <c r="K22" s="118" t="s">
+        <v>109</v>
+      </c>
+      <c r="L22" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="M22" s="46"/>
+      <c r="N22" s="7"/>
+      <c r="O22" s="7"/>
+    </row>
+    <row r="23" spans="1:15" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A23" s="44" t="s">
         <v>22</v>
       </c>
       <c r="B23" s="28">
-        <v>45175</v>
+        <v>45450</v>
       </c>
       <c r="C23" s="28">
-        <v>45266</v>
-[...7 lines deleted...]
-      <c r="F23" s="28">
         <v>45541</v>
       </c>
-      <c r="G23" s="110">
+      <c r="D23" s="103">
         <v>45635</v>
       </c>
-      <c r="H23" s="112">
+      <c r="E23" s="104">
         <v>45723</v>
       </c>
-      <c r="I23" s="112">
+      <c r="F23" s="104">
         <v>45814</v>
       </c>
-      <c r="J23" s="112"/>
-[...14 lines deleted...]
-    <row r="24" spans="1:17" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G23" s="104">
+        <v>45905</v>
+      </c>
+      <c r="H23" s="144">
+        <v>45996</v>
+      </c>
+      <c r="I23" s="108"/>
+      <c r="J23" s="74" t="s">
+        <v>162</v>
+      </c>
+      <c r="K23" s="115" t="s">
+        <v>163</v>
+      </c>
+      <c r="L23" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="M23" s="41"/>
+      <c r="N23" s="7"/>
+      <c r="O23" s="7"/>
+    </row>
+    <row r="24" spans="1:15" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="17" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="18">
-        <v>45203</v>
+        <v>45447</v>
       </c>
       <c r="C24" s="18">
-        <v>45244</v>
+        <v>45538</v>
       </c>
       <c r="D24" s="18">
-        <v>45385</v>
+        <v>45629</v>
       </c>
       <c r="E24" s="18">
-        <v>45447</v>
+        <v>45750</v>
       </c>
       <c r="F24" s="18">
-        <v>45538</v>
+        <v>45811</v>
       </c>
       <c r="G24" s="18">
-        <v>45629</v>
-[...7 lines deleted...]
-      <c r="J24" s="27">
         <v>45931</v>
       </c>
-      <c r="K24" s="22"/>
-[...8 lines deleted...]
-      </c>
+      <c r="H24" s="27">
+        <v>45995</v>
+      </c>
+      <c r="I24" s="22"/>
+      <c r="J24" s="72" t="s">
+        <v>150</v>
+      </c>
+      <c r="K24" s="22" t="s">
+        <v>149</v>
+      </c>
+      <c r="L24" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="M24" s="7"/>
+      <c r="N24" s="7"/>
       <c r="O24" s="7"/>
-      <c r="P24" s="7"/>
-[...2 lines deleted...]
-    <row r="25" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+    </row>
+    <row r="25" spans="1:15" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A25" s="47" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="28">
-        <v>45180</v>
+        <v>45448</v>
       </c>
       <c r="C25" s="28">
-        <v>45266</v>
+        <v>45538</v>
       </c>
       <c r="D25" s="28">
-        <v>45357</v>
+        <v>45663</v>
       </c>
       <c r="E25" s="28">
-        <v>45448</v>
+        <v>45737</v>
       </c>
       <c r="F25" s="28">
-        <v>45538</v>
+        <v>45813</v>
       </c>
       <c r="G25" s="28">
-        <v>45663</v>
-[...7 lines deleted...]
-      <c r="J25" s="28">
         <v>45904</v>
       </c>
-      <c r="K25" s="40"/>
-[...8 lines deleted...]
-      </c>
+      <c r="H25" s="112">
+        <v>45993</v>
+      </c>
+      <c r="I25" s="40"/>
+      <c r="J25" s="70" t="s">
+        <v>140</v>
+      </c>
+      <c r="K25" s="39" t="s">
+        <v>139</v>
+      </c>
+      <c r="L25" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="M25" s="7"/>
+      <c r="N25" s="7"/>
       <c r="O25" s="7"/>
-      <c r="P25" s="7"/>
-[...2 lines deleted...]
-    <row r="26" spans="1:17" ht="38.25" x14ac:dyDescent="0.2">
+    </row>
+    <row r="26" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A26" s="17" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="18">
-        <v>45166</v>
+        <v>45488</v>
       </c>
       <c r="C26" s="18">
-        <v>45261</v>
+        <v>45540</v>
       </c>
       <c r="D26" s="18">
-        <v>45352</v>
+        <v>45631</v>
       </c>
       <c r="E26" s="18">
-        <v>45488</v>
+        <v>45722</v>
       </c>
       <c r="F26" s="18">
-        <v>45540</v>
+        <v>45847</v>
       </c>
       <c r="G26" s="18">
-        <v>45631</v>
-[...7 lines deleted...]
-      <c r="J26" s="18">
         <v>45905</v>
       </c>
-      <c r="K26" s="22"/>
-[...13 lines deleted...]
-    <row r="27" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="H26" s="27">
+        <v>45995</v>
+      </c>
+      <c r="I26" s="22"/>
+      <c r="J26" s="71" t="s">
+        <v>153</v>
+      </c>
+      <c r="K26" s="42"/>
+      <c r="L26" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="M26" s="41"/>
+      <c r="N26" s="7"/>
+      <c r="O26" s="7"/>
+    </row>
+    <row r="27" spans="1:15" ht="66" x14ac:dyDescent="0.25">
       <c r="A27" s="44" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="28">
-        <v>45225</v>
+        <v>45491</v>
       </c>
       <c r="C27" s="28">
-        <v>45321</v>
+        <v>45594</v>
       </c>
       <c r="D27" s="28">
-        <v>45398</v>
+        <v>45677</v>
       </c>
       <c r="E27" s="28">
-        <v>45491</v>
+        <v>45775</v>
       </c>
       <c r="F27" s="28">
-        <v>45594</v>
+        <v>45855</v>
       </c>
       <c r="G27" s="28">
-        <v>45677</v>
+        <v>45946</v>
       </c>
       <c r="H27" s="28">
-        <v>45775</v>
-[...23 lines deleted...]
-    <row r="28" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+        <v>45978</v>
+      </c>
+      <c r="I27" s="40" t="s">
+        <v>86</v>
+      </c>
+      <c r="J27" s="78" t="s">
+        <v>99</v>
+      </c>
+      <c r="K27" s="39" t="s">
+        <v>104</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="M27" s="41"/>
+      <c r="N27" s="7"/>
+      <c r="O27" s="7"/>
+    </row>
+    <row r="28" spans="1:15" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A28" s="17" t="s">
         <v>27</v>
       </c>
       <c r="B28" s="18">
-        <v>45203</v>
+        <v>45443</v>
       </c>
       <c r="C28" s="18">
-        <v>45261</v>
+        <v>45575</v>
       </c>
       <c r="D28" s="18">
-        <v>45356</v>
+        <v>45628</v>
       </c>
       <c r="E28" s="18">
-        <v>45443</v>
+        <v>45748</v>
       </c>
       <c r="F28" s="18">
-        <v>45575</v>
+        <v>45810</v>
       </c>
       <c r="G28" s="18">
-        <v>45628</v>
-[...7 lines deleted...]
-      <c r="J28" s="27">
         <v>45936</v>
       </c>
-      <c r="K28" s="22"/>
-[...13 lines deleted...]
-    <row r="29" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="H28" s="27">
+        <v>45989</v>
+      </c>
+      <c r="I28" s="42"/>
+      <c r="J28" s="72" t="s">
+        <v>118</v>
+      </c>
+      <c r="K28" s="42" t="s">
+        <v>119</v>
+      </c>
+      <c r="L28" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="M28" s="41"/>
+      <c r="N28" s="7"/>
+      <c r="O28" s="7"/>
+    </row>
+    <row r="29" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A29" s="48" t="s">
         <v>28</v>
       </c>
       <c r="B29" s="28">
-        <v>45229</v>
+        <v>45453</v>
       </c>
       <c r="C29" s="28">
-        <v>45327</v>
+        <v>45574</v>
       </c>
       <c r="D29" s="28">
-        <v>45362</v>
+        <v>45687</v>
       </c>
       <c r="E29" s="28">
-        <v>45453</v>
+        <v>45772</v>
       </c>
       <c r="F29" s="28">
-        <v>45574</v>
+        <v>45863</v>
       </c>
       <c r="G29" s="28">
-        <v>45687</v>
+        <v>45908</v>
       </c>
       <c r="H29" s="28">
-        <v>45772</v>
-[...18 lines deleted...]
-      </c>
+        <v>45978</v>
+      </c>
+      <c r="I29" s="40" t="s">
+        <v>74</v>
+      </c>
+      <c r="J29" s="69" t="s">
+        <v>98</v>
+      </c>
+      <c r="K29" s="99" t="s">
+        <v>105</v>
+      </c>
+      <c r="L29" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="M29" s="7"/>
+      <c r="N29" s="7"/>
       <c r="O29" s="7"/>
-      <c r="P29" s="7"/>
-[...2 lines deleted...]
-    <row r="30" spans="1:17" ht="38.25" x14ac:dyDescent="0.2">
+    </row>
+    <row r="30" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A30" s="17" t="s">
         <v>29</v>
       </c>
       <c r="B30" s="18">
-        <v>45183</v>
+        <v>45463</v>
       </c>
       <c r="C30" s="18">
-        <v>44941</v>
+        <v>45541</v>
       </c>
       <c r="D30" s="18">
-        <v>45358</v>
+        <v>45635</v>
       </c>
       <c r="E30" s="18">
-        <v>45463</v>
+        <v>45721</v>
       </c>
       <c r="F30" s="18">
-        <v>45541</v>
+        <v>45824</v>
       </c>
       <c r="G30" s="18">
-        <v>45635</v>
-[...7 lines deleted...]
-      <c r="J30" s="18">
         <v>45903</v>
       </c>
+      <c r="H30" s="27">
+        <v>45995</v>
+      </c>
+      <c r="I30" s="42"/>
+      <c r="J30" s="81" t="s">
+        <v>148</v>
+      </c>
       <c r="K30" s="22"/>
-      <c r="L30" s="102" t="s">
-[...12 lines deleted...]
-    <row r="31" spans="1:17" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="L30" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="M30" s="41"/>
+      <c r="N30" s="7"/>
+      <c r="O30" s="7"/>
+    </row>
+    <row r="31" spans="1:15" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A31" s="48" t="s">
         <v>30</v>
       </c>
       <c r="B31" s="28">
-        <v>45219</v>
+        <v>45467</v>
       </c>
       <c r="C31" s="28">
-        <v>45294</v>
+        <v>45534</v>
       </c>
       <c r="D31" s="28">
-        <v>45377</v>
+        <v>45663</v>
       </c>
       <c r="E31" s="28">
-        <v>45467</v>
+        <v>45769</v>
       </c>
       <c r="F31" s="28">
-        <v>45534</v>
+        <v>46197</v>
       </c>
       <c r="G31" s="28">
-        <v>45663</v>
-[...21 lines deleted...]
-      </c>
+        <v>45950</v>
+      </c>
+      <c r="H31" s="112">
+        <v>45994</v>
+      </c>
+      <c r="I31" s="40"/>
+      <c r="J31" s="69" t="s">
+        <v>145</v>
+      </c>
+      <c r="K31" s="109" t="s">
+        <v>144</v>
+      </c>
+      <c r="L31" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="M31" s="7"/>
+      <c r="N31" s="7"/>
       <c r="O31" s="7"/>
-      <c r="P31" s="7"/>
-[...2 lines deleted...]
-    <row r="32" spans="1:17" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="32" spans="1:15" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A32" s="43" t="s">
         <v>31</v>
       </c>
       <c r="B32" s="18">
-        <v>45201</v>
+        <v>45475</v>
       </c>
       <c r="C32" s="18">
-        <v>45294</v>
+        <v>45574</v>
       </c>
       <c r="D32" s="18">
-        <v>45385</v>
+        <v>45660</v>
       </c>
       <c r="E32" s="18">
-        <v>45475</v>
+        <v>45716</v>
       </c>
       <c r="F32" s="18">
-        <v>45574</v>
+        <v>45839</v>
       </c>
       <c r="G32" s="18">
-        <v>45660</v>
+        <v>45933</v>
       </c>
       <c r="H32" s="18">
-        <v>45716</v>
-[...18 lines deleted...]
-      </c>
+        <v>45992</v>
+      </c>
+      <c r="I32" s="22"/>
+      <c r="J32" s="81" t="s">
+        <v>127</v>
+      </c>
+      <c r="K32" s="22"/>
+      <c r="L32" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="M32" s="7"/>
+      <c r="N32" s="7"/>
       <c r="O32" s="7"/>
-      <c r="P32" s="7"/>
-[...2 lines deleted...]
-    <row r="33" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+    </row>
+    <row r="33" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A33" s="44" t="s">
         <v>32</v>
       </c>
       <c r="B33" s="28">
-        <v>45183</v>
+        <v>45450</v>
       </c>
       <c r="C33" s="28">
-        <v>45267</v>
+        <v>45541</v>
       </c>
       <c r="D33" s="28">
-        <v>45359</v>
+        <v>45635</v>
       </c>
       <c r="E33" s="28">
-        <v>45450</v>
+        <v>45742</v>
       </c>
       <c r="F33" s="28">
-        <v>45541</v>
+        <v>45814</v>
       </c>
       <c r="G33" s="28">
-        <v>45635</v>
-[...7 lines deleted...]
-      <c r="J33" s="28">
         <v>45905</v>
       </c>
+      <c r="H33" s="112">
+        <v>45996</v>
+      </c>
+      <c r="I33" s="40"/>
+      <c r="J33" s="70" t="s">
+        <v>159</v>
+      </c>
       <c r="K33" s="40"/>
-      <c r="L33" s="73"/>
-[...10 lines deleted...]
-    <row r="34" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="L33" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="M33" s="41"/>
+      <c r="N33" s="7"/>
+      <c r="O33" s="7"/>
+    </row>
+    <row r="34" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A34" s="43" t="s">
         <v>33</v>
       </c>
       <c r="B34" s="18">
-        <v>45195</v>
+        <v>45463</v>
       </c>
       <c r="C34" s="18">
-        <v>45282</v>
+        <v>45562</v>
       </c>
       <c r="D34" s="18">
-        <v>45378</v>
+        <v>45722</v>
       </c>
       <c r="E34" s="18">
-        <v>45463</v>
+        <v>45748</v>
       </c>
       <c r="F34" s="18">
-        <v>45562</v>
+        <v>45834</v>
       </c>
       <c r="G34" s="18">
-        <v>45722</v>
-[...7 lines deleted...]
-      <c r="J34" s="27">
         <v>45923</v>
       </c>
+      <c r="H34" s="27">
+        <v>45989</v>
+      </c>
+      <c r="I34" s="42" t="s">
+        <v>116</v>
+      </c>
+      <c r="J34" s="71" t="s">
+        <v>91</v>
+      </c>
       <c r="K34" s="42" t="s">
-        <v>148</v>
-[...7 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="L34" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="M34" s="7"/>
+      <c r="N34" s="7"/>
       <c r="O34" s="7"/>
-      <c r="P34" s="7"/>
-[...2 lines deleted...]
-    <row r="35" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+    </row>
+    <row r="35" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A35" s="44" t="s">
         <v>34</v>
       </c>
       <c r="B35" s="28">
-        <v>45191</v>
+        <v>45489</v>
       </c>
       <c r="C35" s="28">
-        <v>45282</v>
+        <v>45558</v>
       </c>
       <c r="D35" s="28">
-        <v>45378</v>
+        <v>45670</v>
       </c>
       <c r="E35" s="28">
-        <v>45489</v>
+        <v>45743</v>
       </c>
       <c r="F35" s="28">
-        <v>45558</v>
+        <v>45834</v>
       </c>
       <c r="G35" s="28">
-        <v>45670</v>
+        <v>45924</v>
       </c>
       <c r="H35" s="28">
-        <v>45743</v>
-[...21 lines deleted...]
-    <row r="36" spans="1:17" ht="51" x14ac:dyDescent="0.2">
+        <v>45978</v>
+      </c>
+      <c r="I35" s="40" t="s">
+        <v>86</v>
+      </c>
+      <c r="J35" s="70" t="s">
+        <v>101</v>
+      </c>
+      <c r="K35" s="40" t="s">
+        <v>100</v>
+      </c>
+      <c r="L35" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="M35" s="41"/>
+      <c r="N35" s="7"/>
+      <c r="O35" s="7"/>
+    </row>
+    <row r="36" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A36" s="43" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="18">
-        <v>45190</v>
+        <v>45463</v>
       </c>
       <c r="C36" s="18">
-        <v>45275</v>
+        <v>45554</v>
       </c>
       <c r="D36" s="18">
-        <v>45372</v>
+        <v>45645</v>
       </c>
       <c r="E36" s="18">
-        <v>45463</v>
+        <v>45736</v>
       </c>
       <c r="F36" s="18">
-        <v>45554</v>
+        <v>45827</v>
       </c>
       <c r="G36" s="18">
-        <v>45645</v>
-[...7 lines deleted...]
-      <c r="J36" s="27">
         <v>45926</v>
       </c>
+      <c r="H36" s="18"/>
+      <c r="I36" s="22" t="s">
+        <v>90</v>
+      </c>
+      <c r="J36" s="68" t="s">
+        <v>75</v>
+      </c>
       <c r="K36" s="42" t="s">
-        <v>155</v>
-[...14 lines deleted...]
-    <row r="37" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+        <v>95</v>
+      </c>
+      <c r="L36" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="M36" s="41"/>
+      <c r="N36" s="7"/>
+      <c r="O36" s="7"/>
+    </row>
+    <row r="37" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A37" s="44" t="s">
         <v>36</v>
       </c>
       <c r="B37" s="28">
-        <v>45168</v>
+        <v>45446</v>
       </c>
       <c r="C37" s="28">
-        <v>45253</v>
+        <v>45532</v>
       </c>
       <c r="D37" s="28">
-        <v>45364</v>
+        <v>45618</v>
       </c>
       <c r="E37" s="28">
-        <v>45446</v>
+        <v>45722</v>
       </c>
       <c r="F37" s="28">
-        <v>45532</v>
+        <v>45799</v>
       </c>
       <c r="G37" s="28">
-        <v>45618</v>
-[...7 lines deleted...]
-      <c r="J37" s="28">
         <v>45902</v>
       </c>
-      <c r="K37" s="40"/>
-[...13 lines deleted...]
-    <row r="38" spans="1:17" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="H37" s="28"/>
+      <c r="I37" s="40"/>
+      <c r="J37" s="70" t="s">
+        <v>72</v>
+      </c>
+      <c r="K37" s="40" t="s">
+        <v>92</v>
+      </c>
+      <c r="L37" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="M37" s="41"/>
+      <c r="N37" s="7"/>
+      <c r="O37" s="7"/>
+    </row>
+    <row r="38" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A38" s="43" t="s">
         <v>37</v>
       </c>
       <c r="B38" s="18">
-        <v>45223</v>
+        <v>45446</v>
       </c>
       <c r="C38" s="18">
-        <v>45264</v>
+        <v>45538</v>
       </c>
       <c r="D38" s="18">
-        <v>45401</v>
+        <v>45630</v>
       </c>
       <c r="E38" s="18">
-        <v>45446</v>
+        <v>45772</v>
       </c>
       <c r="F38" s="18">
-        <v>45538</v>
+        <v>45811</v>
       </c>
       <c r="G38" s="18">
-        <v>45630</v>
-[...26 lines deleted...]
-    <row r="39" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+        <v>45951</v>
+      </c>
+      <c r="H38" s="27">
+        <v>45993</v>
+      </c>
+      <c r="I38" s="42" t="s">
+        <v>116</v>
+      </c>
+      <c r="J38" s="68" t="s">
+        <v>135</v>
+      </c>
+      <c r="K38" s="22"/>
+      <c r="L38" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="M38" s="41"/>
+      <c r="N38" s="7"/>
+      <c r="O38" s="7"/>
+    </row>
+    <row r="39" spans="1:15" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A39" s="44" t="s">
         <v>38</v>
       </c>
       <c r="B39" s="28">
-        <v>45196</v>
+        <v>45470</v>
       </c>
       <c r="C39" s="28">
-        <v>45295</v>
+        <v>45569</v>
       </c>
       <c r="D39" s="28">
-        <v>45377</v>
+        <v>45664</v>
       </c>
       <c r="E39" s="28">
-        <v>45470</v>
+        <v>45743</v>
       </c>
       <c r="F39" s="28">
-        <v>45569</v>
+        <v>45810</v>
       </c>
       <c r="G39" s="28">
-        <v>45664</v>
-[...7 lines deleted...]
-      <c r="J39" s="121">
         <v>45930</v>
       </c>
-      <c r="K39" s="39" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H39" s="112">
+        <v>45992</v>
+      </c>
+      <c r="I39" s="39"/>
+      <c r="J39" s="79" t="s">
+        <v>126</v>
+      </c>
+      <c r="K39" s="120" t="s">
+        <v>122</v>
+      </c>
+      <c r="L39" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="M39" s="7"/>
+      <c r="N39" s="7"/>
       <c r="O39" s="7"/>
-      <c r="P39" s="7"/>
-[...2 lines deleted...]
-    <row r="40" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+    </row>
+    <row r="40" spans="1:15" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A40" s="43" t="s">
         <v>39</v>
       </c>
       <c r="B40" s="18">
-        <v>45203</v>
+        <v>45449</v>
       </c>
       <c r="C40" s="18">
-        <v>45265</v>
+        <v>45583</v>
       </c>
       <c r="D40" s="18">
-        <v>45401</v>
+        <v>45631</v>
       </c>
       <c r="E40" s="18">
-        <v>45449</v>
+        <v>45782</v>
       </c>
       <c r="F40" s="18">
-        <v>45583</v>
+        <v>45814</v>
       </c>
       <c r="G40" s="18">
-        <v>45631</v>
-[...24 lines deleted...]
-    <row r="41" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+        <v>45950</v>
+      </c>
+      <c r="H40" s="27">
+        <v>45996</v>
+      </c>
+      <c r="I40" s="22"/>
+      <c r="J40" s="72" t="s">
+        <v>160</v>
+      </c>
+      <c r="K40" s="22"/>
+      <c r="L40" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="M40" s="49"/>
+      <c r="N40" s="7"/>
+      <c r="O40" s="7"/>
+    </row>
+    <row r="41" spans="1:15" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A41" s="44" t="s">
         <v>40</v>
       </c>
       <c r="B41" s="28">
-        <v>45208</v>
+        <v>45443</v>
       </c>
       <c r="C41" s="28">
-        <v>45261</v>
+        <v>45572</v>
       </c>
       <c r="D41" s="28">
-        <v>45355</v>
+        <v>45625</v>
       </c>
       <c r="E41" s="28">
-        <v>45443</v>
+        <v>45716</v>
       </c>
       <c r="F41" s="28">
-        <v>45572</v>
+        <v>45810</v>
       </c>
       <c r="G41" s="28">
-        <v>45625</v>
-[...7 lines deleted...]
-      <c r="J41" s="121">
         <v>45930</v>
       </c>
+      <c r="H41" s="112">
+        <v>45989</v>
+      </c>
+      <c r="I41" s="40"/>
+      <c r="J41" s="78" t="s">
+        <v>120</v>
+      </c>
       <c r="K41" s="39" t="s">
-        <v>78</v>
-[...14 lines deleted...]
-    <row r="42" spans="1:17" ht="38.25" x14ac:dyDescent="0.2">
+        <v>121</v>
+      </c>
+      <c r="L41" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="M41" s="49"/>
+      <c r="N41" s="7"/>
+      <c r="O41" s="7"/>
+    </row>
+    <row r="42" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A42" s="43" t="s">
         <v>41</v>
       </c>
       <c r="B42" s="18">
-        <v>45194</v>
+        <v>45470</v>
       </c>
       <c r="C42" s="18">
-        <v>45282</v>
+        <v>45565</v>
       </c>
       <c r="D42" s="18">
-        <v>45377</v>
+        <v>45666</v>
       </c>
       <c r="E42" s="18">
-        <v>45470</v>
+        <v>45742</v>
       </c>
       <c r="F42" s="18">
-        <v>45565</v>
+        <v>45833</v>
       </c>
       <c r="G42" s="18">
-        <v>45666</v>
+        <v>45929</v>
       </c>
       <c r="H42" s="18">
-        <v>45742</v>
-[...23 lines deleted...]
-    <row r="43" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+        <v>45959</v>
+      </c>
+      <c r="I42" s="22"/>
+      <c r="J42" s="68" t="s">
+        <v>88</v>
+      </c>
+      <c r="K42" s="22" t="s">
+        <v>87</v>
+      </c>
+      <c r="L42" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="M42" s="41"/>
+      <c r="N42" s="7"/>
+      <c r="O42" s="7"/>
+    </row>
+    <row r="43" spans="1:15" ht="66" x14ac:dyDescent="0.25">
       <c r="A43" s="44" t="s">
         <v>42</v>
       </c>
       <c r="B43" s="28">
-        <v>45169</v>
+        <v>45461</v>
       </c>
       <c r="C43" s="28">
-        <v>45264</v>
+        <v>45538</v>
       </c>
       <c r="D43" s="28">
-        <v>45356</v>
+        <v>45631</v>
       </c>
       <c r="E43" s="28">
-        <v>45461</v>
+        <v>45721</v>
       </c>
       <c r="F43" s="28">
-        <v>45538</v>
+        <v>45812</v>
       </c>
       <c r="G43" s="28">
-        <v>45631</v>
-[...7 lines deleted...]
-      <c r="J43" s="28">
         <v>45901</v>
       </c>
-      <c r="K43" s="40" t="s">
-[...15 lines deleted...]
-    <row r="44" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="H43" s="112">
+        <v>45994</v>
+      </c>
+      <c r="I43" s="40"/>
+      <c r="J43" s="79" t="s">
+        <v>146</v>
+      </c>
+      <c r="K43" s="39" t="s">
+        <v>147</v>
+      </c>
+      <c r="L43" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="M43" s="41"/>
+      <c r="N43" s="7"/>
+      <c r="O43" s="7"/>
+    </row>
+    <row r="44" spans="1:15" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A44" s="43" t="s">
         <v>43</v>
       </c>
       <c r="B44" s="18">
-        <v>45173</v>
+        <v>45442</v>
       </c>
       <c r="C44" s="18">
-        <v>45282</v>
+        <v>45562</v>
       </c>
       <c r="D44" s="18">
-        <v>45397</v>
+        <v>45625</v>
       </c>
       <c r="E44" s="18">
-        <v>45442</v>
+        <v>45750</v>
       </c>
       <c r="F44" s="18">
-        <v>45562</v>
+        <v>45811</v>
       </c>
       <c r="G44" s="18">
-        <v>45625</v>
-[...7 lines deleted...]
-      <c r="J44" s="27">
         <v>45930</v>
       </c>
-      <c r="K44" s="126" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H44" s="27">
+        <v>45993</v>
+      </c>
+      <c r="I44" s="42"/>
+      <c r="J44" s="72"/>
+      <c r="K44" s="22"/>
+      <c r="L44" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="M44" s="7"/>
+      <c r="N44" s="7"/>
       <c r="O44" s="7"/>
-      <c r="P44" s="7"/>
-[...2 lines deleted...]
-    <row r="45" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+    </row>
+    <row r="45" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A45" s="44" t="s">
         <v>60</v>
       </c>
       <c r="B45" s="28">
-        <v>45222</v>
+        <v>45481</v>
       </c>
       <c r="C45" s="28">
-        <v>45267</v>
+        <v>45569</v>
       </c>
       <c r="D45" s="28">
-        <v>45387</v>
+        <v>45660</v>
       </c>
       <c r="E45" s="28">
-        <v>45481</v>
+        <v>45728</v>
       </c>
       <c r="F45" s="28">
-        <v>45569</v>
+        <v>45810</v>
       </c>
       <c r="G45" s="28">
-        <v>45660</v>
-[...26 lines deleted...]
-    <row r="46" spans="1:17" ht="38.25" x14ac:dyDescent="0.2">
+        <v>45982</v>
+      </c>
+      <c r="H45" s="112">
+        <v>45992</v>
+      </c>
+      <c r="I45" s="39" t="s">
+        <v>128</v>
+      </c>
+      <c r="J45" s="70" t="s">
+        <v>129</v>
+      </c>
+      <c r="K45" s="109" t="s">
+        <v>130</v>
+      </c>
+      <c r="L45" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="M45" s="50"/>
+      <c r="N45" s="32"/>
+      <c r="O45" s="7"/>
+    </row>
+    <row r="46" spans="1:15" ht="82.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="43" t="s">
         <v>44</v>
       </c>
       <c r="B46" s="18">
-        <v>45204</v>
+        <v>45504</v>
       </c>
       <c r="C46" s="18">
-        <v>45282</v>
+        <v>45587</v>
       </c>
       <c r="D46" s="18">
-        <v>45379</v>
+        <v>45649</v>
       </c>
       <c r="E46" s="18">
-        <v>45504</v>
+        <v>45744</v>
       </c>
       <c r="F46" s="18">
-        <v>45587</v>
+        <v>45838</v>
       </c>
       <c r="G46" s="18">
-        <v>45649</v>
+        <v>45964</v>
       </c>
       <c r="H46" s="18">
-        <v>45744</v>
-[...18 lines deleted...]
-      </c>
+        <v>45979</v>
+      </c>
+      <c r="I46" s="22" t="s">
+        <v>102</v>
+      </c>
+      <c r="J46" s="72" t="s">
+        <v>96</v>
+      </c>
+      <c r="K46" s="22" t="s">
+        <v>97</v>
+      </c>
+      <c r="L46" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="M46" s="7"/>
+      <c r="N46" s="7"/>
       <c r="O46" s="7"/>
-      <c r="P46" s="7"/>
-[...2 lines deleted...]
-    <row r="47" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+    </row>
+    <row r="47" spans="1:15" ht="66" x14ac:dyDescent="0.25">
       <c r="A47" s="44" t="s">
         <v>45</v>
       </c>
-      <c r="B47" s="69">
-        <v>45198</v>
+      <c r="B47" s="28">
+        <v>45470</v>
       </c>
       <c r="C47" s="28">
-        <v>45282</v>
+        <v>45561</v>
       </c>
       <c r="D47" s="28">
-        <v>45379</v>
+        <v>45645</v>
       </c>
       <c r="E47" s="28">
-        <v>45470</v>
+        <v>45743</v>
       </c>
       <c r="F47" s="28">
-        <v>45561</v>
+        <v>45834</v>
       </c>
       <c r="G47" s="28">
-        <v>45645</v>
-[...7 lines deleted...]
-      <c r="J47" s="121">
         <v>45925</v>
       </c>
-      <c r="K47" s="39" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H47" s="28"/>
+      <c r="I47" s="40" t="s">
+        <v>79</v>
+      </c>
+      <c r="J47" s="70" t="s">
+        <v>78</v>
+      </c>
+      <c r="K47" s="114" t="s">
+        <v>108</v>
+      </c>
+      <c r="L47" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="M47" s="7"/>
+      <c r="N47" s="7"/>
       <c r="O47" s="7"/>
-      <c r="P47" s="7"/>
-[...3 lines deleted...]
-      <c r="A48" s="116" t="s">
+    </row>
+    <row r="48" spans="1:15" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A48" s="107" t="s">
         <v>46</v>
       </c>
       <c r="B48" s="8"/>
       <c r="C48" s="8"/>
       <c r="D48" s="8"/>
       <c r="E48" s="8"/>
       <c r="F48" s="8"/>
       <c r="G48" s="8"/>
       <c r="H48" s="8"/>
-      <c r="I48" s="8"/>
-[...1 lines deleted...]
-      <c r="K48" s="9" t="s">
+      <c r="I48" s="9" t="s">
         <v>58</v>
       </c>
-      <c r="L48" s="76"/>
-[...1 lines deleted...]
-      <c r="N48" s="8"/>
+      <c r="J48" s="73"/>
+      <c r="K48" s="9"/>
+      <c r="L48" s="8"/>
+      <c r="M48" s="7"/>
+      <c r="N48" s="7"/>
       <c r="O48" s="7"/>
-      <c r="P48" s="7"/>
-[...2 lines deleted...]
-    <row r="49" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+    </row>
+    <row r="49" spans="1:15" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A49" s="35" t="s">
         <v>47</v>
       </c>
       <c r="B49" s="28">
-        <v>45190</v>
+        <v>45474</v>
       </c>
       <c r="C49" s="28">
-        <v>45278</v>
+        <v>45554</v>
       </c>
       <c r="D49" s="28">
-        <v>45371</v>
+        <v>45643</v>
       </c>
       <c r="E49" s="28">
-        <v>45474</v>
+        <v>45736</v>
       </c>
       <c r="F49" s="28">
-        <v>45554</v>
+        <v>45832</v>
       </c>
       <c r="G49" s="28">
-        <v>45643</v>
-[...7 lines deleted...]
-      <c r="J49" s="28">
         <v>45918</v>
       </c>
-      <c r="K49" s="40"/>
-[...8 lines deleted...]
-      </c>
+      <c r="H49" s="28"/>
+      <c r="I49" s="40"/>
+      <c r="J49" s="78" t="s">
+        <v>77</v>
+      </c>
+      <c r="K49" s="67" t="s">
+        <v>76</v>
+      </c>
+      <c r="L49" s="51" t="s">
+        <v>8</v>
+      </c>
+      <c r="M49" s="7"/>
+      <c r="N49" s="7"/>
       <c r="O49" s="7"/>
-      <c r="P49" s="7"/>
-[...2 lines deleted...]
-    <row r="50" spans="1:17" ht="38.25" x14ac:dyDescent="0.2">
+    </row>
+    <row r="50" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A50" s="17" t="s">
         <v>48</v>
       </c>
       <c r="B50" s="18">
-        <v>45175</v>
+        <v>45449</v>
       </c>
       <c r="C50" s="18">
-        <v>45275</v>
+        <v>45538</v>
       </c>
       <c r="D50" s="18">
-        <v>45357</v>
+        <v>45630</v>
       </c>
       <c r="E50" s="18">
-        <v>45449</v>
+        <v>45727</v>
       </c>
       <c r="F50" s="18">
-        <v>45538</v>
+        <v>45813</v>
       </c>
       <c r="G50" s="18">
-        <v>45630</v>
-[...7 lines deleted...]
-      <c r="J50" s="18">
         <v>45904</v>
       </c>
-      <c r="K50" s="42"/>
-[...8 lines deleted...]
-      </c>
+      <c r="H50" s="27">
+        <v>45996</v>
+      </c>
+      <c r="I50" s="42" t="s">
+        <v>128</v>
+      </c>
+      <c r="J50" s="68" t="s">
+        <v>155</v>
+      </c>
+      <c r="K50" s="42" t="s">
+        <v>156</v>
+      </c>
+      <c r="L50" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="M50" s="7"/>
+      <c r="N50" s="7"/>
       <c r="O50" s="7"/>
-      <c r="P50" s="7"/>
-[...2 lines deleted...]
-    <row r="51" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+    </row>
+    <row r="51" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A51" s="35" t="s">
         <v>49</v>
       </c>
       <c r="B51" s="28">
-        <v>45218</v>
+        <v>45450</v>
       </c>
       <c r="C51" s="28">
-        <v>45267</v>
+        <v>45583</v>
       </c>
       <c r="D51" s="28">
-        <v>45359</v>
+        <v>45635</v>
       </c>
       <c r="E51" s="28">
-        <v>45450</v>
+        <v>45723</v>
       </c>
       <c r="F51" s="28">
-        <v>45583</v>
+        <v>45814</v>
       </c>
       <c r="G51" s="28">
-        <v>45635</v>
-[...21 lines deleted...]
-      </c>
+        <v>45950</v>
+      </c>
+      <c r="H51" s="112">
+        <v>45996</v>
+      </c>
+      <c r="I51" s="40"/>
+      <c r="J51" s="97" t="s">
+        <v>161</v>
+      </c>
+      <c r="K51" s="115"/>
+      <c r="L51" s="52" t="s">
+        <v>8</v>
+      </c>
+      <c r="M51" s="7"/>
+      <c r="N51" s="7"/>
       <c r="O51" s="7"/>
-      <c r="P51" s="7"/>
-[...2 lines deleted...]
-    <row r="52" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+    </row>
+    <row r="52" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A52" s="17" t="s">
         <v>50</v>
       </c>
       <c r="B52" s="18">
-        <v>45229</v>
+        <v>45400</v>
       </c>
       <c r="C52" s="18">
-        <v>45266</v>
+        <v>45491</v>
       </c>
       <c r="D52" s="18">
-        <v>45314</v>
+        <v>45587</v>
       </c>
       <c r="E52" s="18">
-        <v>45400</v>
+        <v>45684</v>
       </c>
       <c r="F52" s="18">
-        <v>45491</v>
+        <v>45769</v>
       </c>
       <c r="G52" s="18">
-        <v>45587</v>
-[...21 lines deleted...]
-      </c>
+        <v>45974</v>
+      </c>
+      <c r="H52" s="18"/>
+      <c r="I52" s="22"/>
+      <c r="J52" s="68" t="s">
+        <v>85</v>
+      </c>
+      <c r="K52" s="42" t="s">
+        <v>84</v>
+      </c>
+      <c r="L52" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="M52" s="7"/>
+      <c r="N52" s="7"/>
       <c r="O52" s="7"/>
-      <c r="P52" s="7"/>
-[...2 lines deleted...]
-    <row r="53" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+    </row>
+    <row r="53" spans="1:15" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A53" s="35" t="s">
         <v>61</v>
       </c>
       <c r="B53" s="28">
-        <v>45218</v>
+        <v>45441</v>
       </c>
       <c r="C53" s="28">
-        <v>45265</v>
+        <v>45586</v>
       </c>
       <c r="D53" s="28">
-        <v>45405</v>
+        <v>45629</v>
       </c>
       <c r="E53" s="28">
-        <v>45441</v>
+        <v>45769</v>
       </c>
       <c r="F53" s="28">
-        <v>45586</v>
+        <v>45805</v>
       </c>
       <c r="G53" s="28">
-        <v>45629</v>
-[...19 lines deleted...]
-      </c>
+        <v>45947</v>
+      </c>
+      <c r="H53" s="112">
+        <v>45988</v>
+      </c>
+      <c r="I53" s="39"/>
+      <c r="J53" s="79" t="s">
+        <v>112</v>
+      </c>
+      <c r="K53" s="67" t="s">
+        <v>111</v>
+      </c>
+      <c r="L53" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="M53" s="7"/>
+      <c r="N53" s="7"/>
       <c r="O53" s="7"/>
-      <c r="P53" s="7"/>
-[...2 lines deleted...]
-    <row r="54" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+    </row>
+    <row r="54" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A54" s="43" t="s">
         <v>51</v>
       </c>
       <c r="B54" s="18">
-        <v>45170</v>
+        <v>45446</v>
       </c>
       <c r="C54" s="18">
-        <v>45261</v>
+        <v>45537</v>
       </c>
       <c r="D54" s="18">
-        <v>45352</v>
+        <v>45625</v>
       </c>
       <c r="E54" s="18">
-        <v>45446</v>
+        <v>45719</v>
       </c>
       <c r="F54" s="18">
-        <v>45537</v>
+        <v>45812</v>
       </c>
       <c r="G54" s="18">
-        <v>45625</v>
-[...7 lines deleted...]
-      <c r="J54" s="18">
         <v>45898</v>
       </c>
-      <c r="K54" s="22"/>
-[...8 lines deleted...]
-      </c>
+      <c r="H54" s="27">
+        <v>45996</v>
+      </c>
+      <c r="I54" s="22"/>
+      <c r="J54" s="71" t="s">
+        <v>157</v>
+      </c>
+      <c r="K54" s="42"/>
+      <c r="L54" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="M54" s="7"/>
+      <c r="N54" s="7"/>
       <c r="O54" s="7"/>
-      <c r="P54" s="7"/>
-[...2 lines deleted...]
-    <row r="55" spans="1:17" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="55" spans="1:15" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="48" t="s">
         <v>52</v>
       </c>
       <c r="B55" s="28">
-        <v>45154</v>
+        <v>45418</v>
       </c>
       <c r="C55" s="28">
-        <v>45236</v>
+        <v>45510</v>
       </c>
       <c r="D55" s="28">
-        <v>45328</v>
+        <v>45601</v>
       </c>
       <c r="E55" s="28">
-        <v>45418</v>
+        <v>45695</v>
       </c>
       <c r="F55" s="28">
-        <v>45510</v>
+        <v>45784</v>
       </c>
       <c r="G55" s="28">
-        <v>45601</v>
-[...7 lines deleted...]
-      <c r="J55" s="28">
         <v>45887</v>
       </c>
-      <c r="K55" s="40"/>
-[...8 lines deleted...]
-      </c>
+      <c r="H55" s="28"/>
+      <c r="I55" s="40"/>
+      <c r="J55" s="74" t="s">
+        <v>93</v>
+      </c>
+      <c r="K55" s="105"/>
+      <c r="L55" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="M55" s="7"/>
+      <c r="N55" s="7"/>
       <c r="O55" s="7"/>
-      <c r="P55" s="7"/>
-[...2 lines deleted...]
-    <row r="56" spans="1:17" ht="25.5" x14ac:dyDescent="0.2">
+    </row>
+    <row r="56" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A56" s="17" t="s">
         <v>53</v>
       </c>
       <c r="B56" s="18">
-        <v>45211</v>
+        <v>45481</v>
       </c>
       <c r="C56" s="18">
-        <v>45306</v>
+        <v>45581</v>
       </c>
       <c r="D56" s="18">
-        <v>45391</v>
+        <v>45667</v>
       </c>
       <c r="E56" s="18">
-        <v>45481</v>
+        <v>45757</v>
       </c>
       <c r="F56" s="18">
-        <v>45581</v>
+        <v>45849</v>
       </c>
       <c r="G56" s="18">
-        <v>45667</v>
-[...19 lines deleted...]
-      </c>
+        <v>45940</v>
+      </c>
+      <c r="H56" s="27">
+        <v>45996</v>
+      </c>
+      <c r="I56" s="22"/>
+      <c r="J56" s="68" t="s">
+        <v>81</v>
+      </c>
+      <c r="K56" s="42"/>
+      <c r="L56" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="M56" s="7"/>
+      <c r="N56" s="7"/>
       <c r="O56" s="7"/>
-      <c r="P56" s="7"/>
-[...2 lines deleted...]
-    <row r="57" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+    </row>
+    <row r="57" spans="1:15" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A57" s="48" t="s">
         <v>54</v>
       </c>
       <c r="B57" s="28"/>
       <c r="C57" s="28"/>
       <c r="D57" s="28"/>
       <c r="E57" s="28"/>
       <c r="F57" s="28"/>
       <c r="G57" s="28"/>
       <c r="H57" s="28"/>
-      <c r="I57" s="28"/>
-[...6 lines deleted...]
-      </c>
+      <c r="I57" s="40"/>
+      <c r="J57" s="75"/>
+      <c r="K57" s="99"/>
+      <c r="L57" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="M57" s="7"/>
+      <c r="N57" s="7"/>
       <c r="O57" s="7"/>
-      <c r="P57" s="7"/>
-[...2 lines deleted...]
-    <row r="58" spans="1:17" ht="38.25" x14ac:dyDescent="0.2">
+    </row>
+    <row r="58" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A58" s="17" t="s">
         <v>55</v>
       </c>
       <c r="B58" s="18">
-        <v>45244</v>
+        <v>45452</v>
       </c>
       <c r="C58" s="18">
-        <v>45267</v>
+        <v>45544</v>
       </c>
       <c r="D58" s="18">
-        <v>45362</v>
+        <v>45635</v>
       </c>
       <c r="E58" s="18">
-        <v>45452</v>
+        <v>45725</v>
       </c>
       <c r="F58" s="18">
-        <v>45544</v>
+        <v>45817</v>
       </c>
       <c r="G58" s="18">
-        <v>45635</v>
-[...7 lines deleted...]
-      <c r="J58" s="18">
         <v>45908</v>
       </c>
-      <c r="K58" s="22"/>
-      <c r="L58" s="74" t="s">
+      <c r="H58" s="27">
+        <v>45993</v>
+      </c>
+      <c r="I58" s="22"/>
+      <c r="J58" s="71" t="s">
+        <v>137</v>
+      </c>
+      <c r="K58" s="42" t="s">
         <v>138</v>
       </c>
-      <c r="M58" s="42" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L58" s="53" t="s">
+        <v>8</v>
+      </c>
+      <c r="M58" s="7"/>
+      <c r="N58" s="7"/>
       <c r="O58" s="7"/>
-      <c r="P58" s="7"/>
-[...2 lines deleted...]
-    <row r="59" spans="1:17" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="59" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="48" t="s">
         <v>56</v>
       </c>
       <c r="B59" s="28">
-        <v>45175</v>
+        <v>45453</v>
       </c>
       <c r="C59" s="28">
-        <v>45266</v>
+        <v>45538</v>
       </c>
       <c r="D59" s="28">
-        <v>45357</v>
+        <v>45630</v>
       </c>
       <c r="E59" s="28">
-        <v>45453</v>
+        <v>45721</v>
       </c>
       <c r="F59" s="28">
-        <v>45538</v>
+        <v>45812</v>
       </c>
       <c r="G59" s="28">
-        <v>45630</v>
-[...7 lines deleted...]
-      <c r="J59" s="28">
         <v>45910</v>
       </c>
-      <c r="K59" s="40"/>
-[...8 lines deleted...]
-      </c>
+      <c r="H59" s="112">
+        <v>45993</v>
+      </c>
+      <c r="I59" s="40"/>
+      <c r="J59" s="96" t="s">
+        <v>136</v>
+      </c>
+      <c r="K59" s="110"/>
+      <c r="L59" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="M59" s="7"/>
+      <c r="N59" s="7"/>
       <c r="O59" s="7"/>
-      <c r="P59" s="7"/>
-[...2 lines deleted...]
-    <row r="60" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="60" spans="1:15" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A60" s="54" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B60" s="11"/>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11"/>
       <c r="F60" s="11"/>
       <c r="G60" s="11"/>
       <c r="H60" s="11"/>
-      <c r="I60" s="11"/>
-[...9 lines deleted...]
-    <row r="61" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="I60" s="89"/>
+      <c r="J60" s="90"/>
+      <c r="K60" s="91"/>
+      <c r="L60" s="90"/>
+      <c r="M60" s="92"/>
+      <c r="N60" s="93"/>
+      <c r="O60" s="11"/>
+    </row>
+    <row r="61" spans="1:15" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A61" s="54" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B61" s="11"/>
       <c r="C61" s="11"/>
       <c r="D61" s="11"/>
       <c r="E61" s="11"/>
       <c r="F61" s="11"/>
       <c r="G61" s="11"/>
       <c r="H61" s="11"/>
-      <c r="I61" s="11"/>
-[...9 lines deleted...]
-    <row r="62" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="I61" s="89"/>
+      <c r="J61" s="94"/>
+      <c r="K61" s="91"/>
+      <c r="L61" s="90"/>
+      <c r="M61" s="92"/>
+      <c r="N61" s="93"/>
+      <c r="O61" s="11"/>
+    </row>
+    <row r="62" spans="1:15" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A62" s="54" t="s">
         <v>57</v>
       </c>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
       <c r="E62" s="10"/>
       <c r="F62" s="10"/>
       <c r="G62" s="10"/>
       <c r="H62" s="10"/>
-      <c r="I62" s="10"/>
-[...9 lines deleted...]
-    <row r="63" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="I62" s="55"/>
+      <c r="J62" s="82"/>
+      <c r="K62" s="11"/>
+      <c r="L62" s="55"/>
+      <c r="M62" s="10"/>
+      <c r="N62" s="56"/>
+      <c r="O62" s="56"/>
+    </row>
+    <row r="63" spans="1:15" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A63" s="57" t="s">
         <v>62</v>
       </c>
       <c r="B63" s="12"/>
       <c r="C63" s="12"/>
       <c r="D63" s="12"/>
       <c r="E63" s="12"/>
       <c r="F63" s="12"/>
       <c r="G63" s="12"/>
       <c r="H63" s="12"/>
-      <c r="I63" s="12"/>
-[...8 lines deleted...]
-    <row r="64" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="I63" s="60"/>
+      <c r="J63" s="83"/>
+      <c r="K63" s="13"/>
+      <c r="M63" s="12"/>
+      <c r="N63" s="59"/>
+      <c r="O63" s="59"/>
+    </row>
+    <row r="64" spans="1:15" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A64" s="61"/>
     </row>
-    <row r="73" spans="2:11" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B73" s="21"/>
       <c r="C73" s="21"/>
       <c r="D73" s="21"/>
       <c r="E73" s="21"/>
       <c r="F73" s="21"/>
       <c r="G73" s="21"/>
       <c r="H73" s="21"/>
-      <c r="I73" s="21"/>
-[...3 lines deleted...]
-    <row r="74" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="I73" s="66"/>
+    </row>
+    <row r="74" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B74" s="21"/>
       <c r="C74" s="21"/>
       <c r="D74" s="21"/>
       <c r="E74" s="21"/>
       <c r="F74" s="21"/>
       <c r="G74" s="21"/>
       <c r="H74" s="21"/>
-      <c r="I74" s="21"/>
-[...3 lines deleted...]
-    <row r="75" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="I74" s="66"/>
+    </row>
+    <row r="75" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B75" s="21"/>
       <c r="C75" s="21"/>
       <c r="D75" s="21"/>
       <c r="E75" s="21"/>
       <c r="F75" s="21"/>
       <c r="G75" s="21"/>
       <c r="H75" s="21"/>
-      <c r="I75" s="21"/>
-[...3 lines deleted...]
-    <row r="76" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="I75" s="66"/>
+    </row>
+    <row r="76" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B76" s="21"/>
       <c r="C76" s="21"/>
       <c r="D76" s="21"/>
       <c r="E76" s="21"/>
       <c r="F76" s="21"/>
       <c r="G76" s="21"/>
       <c r="H76" s="21"/>
-      <c r="I76" s="21"/>
-[...3 lines deleted...]
-    <row r="77" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="I76" s="66"/>
+    </row>
+    <row r="77" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B77" s="21"/>
       <c r="C77" s="21"/>
       <c r="D77" s="21"/>
       <c r="E77" s="21"/>
       <c r="F77" s="21"/>
       <c r="G77" s="21"/>
       <c r="H77" s="21"/>
-      <c r="I77" s="21"/>
-[...1 lines deleted...]
-      <c r="K77" s="67"/>
+      <c r="I77" s="66"/>
     </row>
   </sheetData>
-  <mergeCells count="22">
+  <mergeCells count="19">
     <mergeCell ref="A5:A6"/>
+    <mergeCell ref="I5:I6"/>
+    <mergeCell ref="D8:D9"/>
+    <mergeCell ref="E8:E9"/>
+    <mergeCell ref="F8:F9"/>
+    <mergeCell ref="B1:L2"/>
+    <mergeCell ref="B5:E5"/>
+    <mergeCell ref="L5:L6"/>
+    <mergeCell ref="K8:K9"/>
+    <mergeCell ref="L8:L9"/>
     <mergeCell ref="K5:K6"/>
-    <mergeCell ref="D8:D9"/>
+    <mergeCell ref="I8:I9"/>
+    <mergeCell ref="J5:J6"/>
+    <mergeCell ref="J8:J9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="G8:G9"/>
+    <mergeCell ref="F5:H5"/>
     <mergeCell ref="H8:H9"/>
-    <mergeCell ref="I8:I9"/>
-[...13 lines deleted...]
-    <mergeCell ref="J8:J9"/>
   </mergeCells>
   <phoneticPr fontId="11" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="L42" r:id="rId1" xr:uid="{EE21D4FF-4A2F-4419-9A8F-B0D06BB73A6F}"/>
-[...44 lines deleted...]
-    <hyperlink ref="L28" r:id="rId46" xr:uid="{7DF7A22A-1F6F-47B4-9370-A4AA031CD66B}"/>
+    <hyperlink ref="J49" r:id="rId1" xr:uid="{93FDC634-F53D-49B8-96C6-EFFE725DD6A0}"/>
+    <hyperlink ref="J36" r:id="rId2" xr:uid="{558EE8E1-7F55-4DDC-AB51-42316F1447C7}"/>
+    <hyperlink ref="J37" r:id="rId3" xr:uid="{98F81F13-C300-4C78-9B63-9E626D462B1F}"/>
+    <hyperlink ref="K37" r:id="rId4" display="https://www.ssb.no/en/nasjonalregnskap-og-konjunkturer/nasjonalregnskap/artikler/the-revision-of-the-national-accounts-has-been-postponed" xr:uid="{7981A789-D294-43F5-B695-894093663816}"/>
+    <hyperlink ref="J18" r:id="rId5" xr:uid="{00000000-0004-0000-0000-00003A000000}"/>
+    <hyperlink ref="J29" r:id="rId6" xr:uid="{872DE6F1-E883-4436-B534-4C8C0442A9BC}"/>
+    <hyperlink ref="J47" r:id="rId7" xr:uid="{326C611A-3BA3-460E-90E2-C5853812AC4E}"/>
+    <hyperlink ref="J10" r:id="rId8" xr:uid="{C1ADBD2F-690C-4E8D-A6E4-0D3800610031}"/>
+    <hyperlink ref="J50" r:id="rId9" xr:uid="{4F9D1CB1-D594-4C4B-9D9D-E9C7DE7D90E2}"/>
+    <hyperlink ref="J17" r:id="rId10" xr:uid="{F98764D3-A791-480C-84D2-76CFA4328717}"/>
+    <hyperlink ref="J52" r:id="rId11" xr:uid="{04AC346B-1FDD-406D-8C6B-7915694CD1F5}"/>
+    <hyperlink ref="J34" r:id="rId12" xr:uid="{135D7797-1538-4FAC-AE0E-68754D734C19}"/>
+    <hyperlink ref="K47" r:id="rId13" display="https://www.bea.gov/news/schedule" xr:uid="{15A2185C-C811-4F87-9C20-6EC6BD42B2A9}"/>
+    <hyperlink ref="J27" r:id="rId14" xr:uid="{81EE38D7-4F54-4E52-B6F4-52A55C3489F3}"/>
+    <hyperlink ref="J35" r:id="rId15" xr:uid="{3C9BDBA5-AD2A-4216-82CF-1D296463BF51}"/>
+    <hyperlink ref="J14" r:id="rId16" xr:uid="{85E15B4A-691C-4AE0-9DE3-6D18308580E1}"/>
+    <hyperlink ref="J15" r:id="rId17" xr:uid="{6395AB09-0DEF-451D-A33D-8D12F376997D}"/>
+    <hyperlink ref="J20" r:id="rId18" xr:uid="{058D8F4B-07C0-4D10-AD80-98448297D48C}"/>
+    <hyperlink ref="J21" r:id="rId19" xr:uid="{8CCF58F7-926B-4D48-A656-2ABE9A5653EC}"/>
+    <hyperlink ref="J39" r:id="rId20" xr:uid="{B4C3B358-B1A0-4DE5-83A7-5150FF69CE65}"/>
+    <hyperlink ref="J32" r:id="rId21" xr:uid="{7E3A5806-3384-4E7A-8CCD-383E26D4B3A5}"/>
+    <hyperlink ref="J45" r:id="rId22" xr:uid="{40C8CA59-0F4A-4649-80A3-E54C610F47B3}"/>
+    <hyperlink ref="J19" r:id="rId23" xr:uid="{1536A5E0-67A0-46BE-9BC0-B685EFCB58C5}"/>
+    <hyperlink ref="J13" r:id="rId24" xr:uid="{A9C11C53-568E-447E-A9D8-ED375F984BE7}"/>
+    <hyperlink ref="J38" r:id="rId25" xr:uid="{8B967BDF-87E4-4C29-9871-EDD6C20A2832}"/>
+    <hyperlink ref="J59" r:id="rId26" xr:uid="{DC3B6937-4236-4583-BE07-8A2F93E3F055}"/>
+    <hyperlink ref="J58" r:id="rId27" xr:uid="{3854686E-FC6F-4627-B2F8-43ADD9F56F4A}"/>
+    <hyperlink ref="J25" r:id="rId28" xr:uid="{37B25566-E9CE-448E-8187-81E59A40771F}"/>
+    <hyperlink ref="J30" r:id="rId29" xr:uid="{DC588A0D-A314-407C-8EFF-5E6BAFCCE437}"/>
+    <hyperlink ref="J54" r:id="rId30" xr:uid="{E7E6F3D5-4838-4BB8-A399-6EC227F7D6DF}"/>
+    <hyperlink ref="J8" r:id="rId31" xr:uid="{57AA36AB-8509-4526-B87B-FA37F489F9E4}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId47"/>
+  <pageSetup orientation="portrait" r:id="rId32"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K0000FF Restricted Use - À usage restreint</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QNA</vt:lpstr>
     </vt:vector>