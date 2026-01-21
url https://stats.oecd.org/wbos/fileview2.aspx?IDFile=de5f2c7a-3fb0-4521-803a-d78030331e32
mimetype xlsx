--- v1 (2025-12-07)
+++ v2 (2026-01-21)
@@ -7,82 +7,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\STDH\STDedata\QNA\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BA11B41A-9526-4DBA-B2C4-594F1E236E32}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1BFBFAB8-346C-4C2F-B5F1-3A318CA2F358}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" tabRatio="530" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="QNA" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A1" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="177">
   <si>
     <t>This calendar is updated on a ongoing basis and recent modifications are indicated in green.</t>
   </si>
   <si>
     <t>COUNTRY/ZONE</t>
   </si>
   <si>
     <t>News related to the last update</t>
   </si>
   <si>
     <t>Link to the last national news release</t>
   </si>
   <si>
     <t xml:space="preserve">Countries' official upcoming
 release dates * </t>
   </si>
   <si>
     <t>SNA Methodology used</t>
   </si>
   <si>
     <t>PPPs for GDP</t>
   </si>
   <si>
     <t>Euro area</t>
   </si>
@@ -384,595 +384,687 @@
       </rPr>
       <t>Note:</t>
     </r>
     <r>
       <rPr>
         <sz val="10.1"/>
         <rFont val="Candara"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> there may be a one-day lag between the updates dates provided above and the actual update dates in OECD Data Explorer, depending on the update time.</t>
     </r>
   </si>
   <si>
     <t>Q1 24</t>
   </si>
   <si>
     <t>Q2 24</t>
   </si>
   <si>
     <t>Q3 24</t>
   </si>
   <si>
     <t>Q4 24</t>
   </si>
   <si>
+    <t>Q1 25</t>
+  </si>
+  <si>
+    <t>Q2 25</t>
+  </si>
+  <si>
+    <t>https://csu.gov.cz/quarterly-gdp-estimates?pocet=10&amp;start=0&amp;podskupiny=051&amp;razeni=-datumVydani</t>
+  </si>
+  <si>
+    <t>Q3 25</t>
+  </si>
+  <si>
+    <t>Partial update</t>
+  </si>
+  <si>
+    <t>GDP and employment flash update</t>
+  </si>
+  <si>
+    <t>https://www.inegi.org.mx/contenidos/saladeprensa/boletines/2025/pibo/pib_eo2025_10.pdf</t>
+  </si>
+  <si>
+    <t>https://www.bps.go.id/en/pressrelease/2025/11/05/2478/indonesia-s-economic-growth-in-q3-2025-was-5-04-percent--y-on-y-.html</t>
+  </si>
+  <si>
+    <t>https://www.cbs.nl/en-gb/video/dc1e1dd572a045df9855e8d7743acd4a?16x9=true</t>
+  </si>
+  <si>
+    <t>https://www.bcentral.cl/documents/33528/7868360/Cuentas+Nacionales+Tercer+Trimestre+2025.pdf/ab6a2394-1aec-9263-8d5e-f4d51b674d7f?t=1763412614972</t>
+  </si>
+  <si>
+    <t>https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-trimestrales</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: F 30 Jan; 25 Feb; 
+Q1 26: F 30 Apr; 22 May; 
+Q2 26: F 30 Jul; 25 Aug; 
+Q3 26: F 30 Oct; 25 Nov;  </t>
+  </si>
+  <si>
+    <t>https://www.destatis.de/EN/Press/2025/11/PE25_418_811.html?nn=2112</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 27 Feb; </t>
+  </si>
+  <si>
+    <t>https://podaci.dzs.hr/2025/en/97196</t>
+  </si>
+  <si>
+    <t>GDP and employment update</t>
+  </si>
+  <si>
+    <t>Q4 25: 30 Jan; 23 Feb; 
+Q1 26: 30 Apr; 22 May; 
+Q2 26: 30 Jun;</t>
+  </si>
+  <si>
+    <t>https://www.istat.it/en/press-release/quarterly-national-accounts-q3-2025/</t>
+  </si>
+  <si>
+    <t>https://www.stat.si/StatWeb/en/News/Index/13989</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 16 Feb; 27 Feb; 
+Q1 26: 15 May; 29 May; 
+Q2 26: 14 Aug; 28 Aug; 23 Sep; 
+Q3 26: 16 Oct; 30 Oct; </t>
+  </si>
+  <si>
+    <t>Q4 25: F 30 Jan; 27 Feb;</t>
+  </si>
+  <si>
+    <t>https://www.insee.fr/fr/statistiques/8673212</t>
+  </si>
+  <si>
+    <t>Q4 25: F 29 Jan; 27 Feb; 
+Q1 26: F 29 Apr; 29 May; 
+Q2 26: F 29 Jul; 31 Aug; 
+Q3 26: F 29 Oct; 30 Nov</t>
+  </si>
+  <si>
+    <t>https://www.nbb.be/en/statistical-updates/press-release-nai-quarterly-aggregates-2025-iii</t>
+  </si>
+  <si>
+    <t>https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_destaques&amp;DESTAQUESdest_boui=706228074&amp;DESTAQUESmodo=2</t>
+  </si>
+  <si>
+    <t>Partially updated</t>
+  </si>
+  <si>
+    <t>https://data.tuik.gov.tr/Bulten/Index?p=Quarterly-Gross-Domestic-Product-Quarter-III:-July-September,-2025-54161&amp;dil=2</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Q3 25: 30 Dec;
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Q4 25: F 30 Jan; 02 Mar; 
+Q1 26: F 30 Apr; 29 May; 
+Q2 26: F 30 Jul; 14 Aug; 31 Aug; 
+Q3 26: F 30 Oct; 30 Nov; </t>
+    </r>
+  </si>
+  <si>
+    <t>https://www.stat.ee/en/news/economy-continued-grow-slightly-q3</t>
+  </si>
+  <si>
+    <t>https://www150.statcan.gc.ca/n1/daily-quotidien/251128/dq251128a-eng.htm?HPA=1&amp;indid=3278-1&amp;indgeo=0</t>
+  </si>
+  <si>
+    <t>https://stat.gov.pl/en/topics/national-accounts/quarterly-national-accounts/gross-domestic-product-in-the-3rd-quarter-of-2025-preliminary-estimate,2,92.html</t>
+  </si>
+  <si>
+    <t>https://www.statssa.gov.za/?p=19044</t>
+  </si>
+  <si>
+    <t>Q4 25: 27 Feb; 
+Q1 26: 29 May; 
+Q2 26: 31 Aug; 
+Q3 26: 30 Nov;</t>
+  </si>
+  <si>
+    <t>https://www.statice.is/publications/news-archive/national-accounts/national-accounts-3rd-quarter-2025/</t>
+  </si>
+  <si>
+    <t>https://www.abs.gov.au/media-centre/media-releases/australian-economy-grew-04-september-quarter</t>
+  </si>
+  <si>
+    <t>Q4 25: 04 Mar;</t>
+  </si>
+  <si>
+    <t>https://stat.gov.lv/en/statistics-themes/economy/gross-domestic-product-quarterly-data/press-releases/24722-gross-domestic?themeCode=IS</t>
+  </si>
+  <si>
+    <t>https://www.scb.se/en/finding-statistics/statistics-by-subject-area/national-accounts/national-accounts/national-accounts-quarterly-and-annual-estimates/pong/statistical-news/national-accounts-third-quarter-2025/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 29 Jan; 27 Feb; 
+Q1 26: 29 Apr; 29 May; 
+Q2 26: 29 Jul; 28 Aug; 
+Q3 26: 25 Sep; 29 Oct; 
+Q4 26: 27 Nov; </t>
+  </si>
+  <si>
+    <t>https://www.bok.or.kr/eng/bbs/E0000634/view.do?nttId=10094905&amp;menuNo=400423&amp;relate=Y&amp;depth=400423&amp;programType=newsDataEng</t>
+  </si>
+  <si>
+    <t>https://www.ksh.hu/en/first-releases/gdp/egdp2509.html</t>
+  </si>
+  <si>
+    <t>https://www.statistik.at/fileadmin/announcement/2025/12/20251204BIP2025Q3EN.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: F 30 Jan; 05 Mar; 
+Q1 26: F 30 Apr; 05 Jun; </t>
+  </si>
+  <si>
+    <t>https://www.cso.ie/en/csolatestnews/presspages/2025/quarterlynationalaccountsandinternationalaccountsquarter32025/</t>
+  </si>
+  <si>
+    <t>https://agenciadenoticias.ibge.gov.br/en/agencia-press-room/2185-news-agency/releases-en/45373-pib-varia-0-1-no-terceiro-trimestre-de-2026</t>
+  </si>
+  <si>
+    <t>https://new.mospi.gov.in/uploads/latestReleases/latest_release_1764326214920_fc47e094-3e61-42c3-a494-b4dc5f9dc5fd_GDP_Press_Note_on_Q2_2025-26N.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://ec.europa.eu/eurostat/en/web/products-euro-indicators/w/2-05122025-ap </t>
+  </si>
+  <si>
+    <t>https://statistiques.public.lu/fr/actualites/2025/stn41-25-comptes-trim.html</t>
+  </si>
+  <si>
+    <t>https://slovak.statistics.sk/wps/portal/ext/products/informationmessages/inf_sprava_detail/!ut/p/z1/tVLBUoMwEP0WDz1mdoEA4Zg6llIrI6VQycUJNG2xGtAyqH8v1I4XR7QH97I5vPfy3u6CgDsQWrblVjZlpeUjzEAI5z5yAzYeGxxxPLcwmF3H4fRyYvqJ3RGy8uH5WXAQRaUb9dbAXZUf5I4oTUq9IXLfjLB7VC9PnWirFTnUL7J9H2F7UM2-66ZpUKSbgijlrAmlhUmYxzZEMfSMXCFjOUIGmXB_NGK4EIMAURflGjKbUSXRcnoFSmhumMTL0SRUOW6xlrm9lhas2lK9QqJ7X48QK91HGc66OgLwh-J4nBWPoiiepyn6qTnBwDJ8DJOkU3NO_EufT6k7R2Rz38aAT5OFF1kWcutv_C-DLFxcYbDkt_5iRg2k9pn87wHFcLxP_sAHv9xK2q-o0E3d7CD7jyM58wJ6_ECgpXMCDG3st5lNEeqnFZE5ZTdVV3Vot1jebvnFxQfLiDSX/dz/d5/L2dBISEvZ0FBIS9nQSEh/</t>
+  </si>
+  <si>
+    <t>https://www.nsi.bg/en/press-release/gross-domestic-product-gdp-national-level-8882</t>
+  </si>
+  <si>
+    <t>Q4 25: 06 Mar; 
+Q1 26: 05 Jun; 
+Q2 26: 07 Sep; 
+Q3 26: 07 Dec;</t>
+  </si>
+  <si>
+    <t>National press release</t>
+  </si>
+  <si>
+    <t>https://www.esri.cao.go.jp/jp/sna/data/data_list/sokuhou/gaiyou/pdf/main_1.pdf</t>
+  </si>
+  <si>
+    <t>https://www.stats.gov.sa/documents/20117/2435267/GDP+Q3+2025+EN+%282%29.pdf/dc62f930-fe31-42cb-65e9-56f17bbe0607?t=1765177796335</t>
+  </si>
+  <si>
+    <t>Population and employment data updated</t>
+  </si>
+  <si>
+    <t>GDP by income updated</t>
+  </si>
+  <si>
+    <t>Q4 25: 27 Feb;
+Q1 26: 01 Jun; 
+Q2 26: 03 Sep; 
+Q3 26: 30 Nov;</t>
+  </si>
+  <si>
+    <t>https://www.cbs.gov.il/en/mediarelease/Pages/2025/National-Accounts-Second-Estimate-for-Third-Quarter-of-2025.aspx</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 22 Jan; 10 Mar; 
+Q1 26: 23 Apr; 09 Jun; 
+Q2 26: 23 Jul; 08 Sep; 
+Q3 26: 27 Oct; 09 Dec; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: F 13 Feb; 06 Mar;
+Q1 26: F 13 May; 05 Jun; 
+Q2 26: F 14 Aug; 07 Sep; 
+Q3 26: F 13 Nov; 04 Dec; </t>
+  </si>
+  <si>
+    <t>Q4 25: F 30 Jan; 03 Mar; 
+Q1 26: F 30 Apr; 29 May; 
+Q2 26: F 30 Jul; 28 Aug; 
+Q3 26: F 30 Oct; 01 Dec;</t>
+  </si>
+  <si>
+    <t>https://www.indec.gob.ar/uploads/informesdeprensa/pib_12_251FCC242DDE.pdf</t>
+  </si>
+  <si>
+    <t>https://www.stats.govt.nz/news/gdp-increases-1-1-percent-in-the-september-2025-quarter/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 19 Mar; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 27 Feb; 
+Q1 26: 29 May; 17 Jun; 
+Q2 26: 28 Aug; 18 Sep; 
+Q3 26: 27 Nov; 18 Dec; </t>
+  </si>
+  <si>
+    <t>https://stat.fi/en/publication/cm1arvtiq0irn07usxexzbvz0</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="10.1"/>
         <rFont val="Candara"/>
         <family val="2"/>
       </rPr>
       <t>“Benchmark revisions”</t>
     </r>
     <r>
       <rPr>
         <sz val="10.1"/>
         <rFont val="Candara"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> are exceptional revisions that incorporate new data sources and other methodological improvements. They usually happen every five years and cover longer time periods. Between June and December 2024, European Union countries have undertaken benchmark revisions of their national accounts estimates. Non-European countries also implement such revisions according to their own schedules. Luxembourg and the EFTA countries Norway, Switzerland and Iceland are planning to carry out the benchmark revision in 2025.</t>
+      <t xml:space="preserve"> are exceptional revisions that incorporate new data sources and other methodological improvements. They usually happen every five years and cover longer time periods. </t>
     </r>
   </si>
   <si>
-    <t>Q1 25</t>
-[...143 lines deleted...]
-      <t>Q4 25: 12 Feb; 31 Mar; 
+    <t xml:space="preserve">Q4 25: F 13 Feb; 06 Mar; </t>
+  </si>
+  <si>
+    <t>https://www.ons.gov.uk/economy/grossdomesticproductgdp/bulletins/quarterlynationalaccounts/latest</t>
+  </si>
+  <si>
+    <t>Q4 25: 12 Feb; 31 Mar; 
 Q1 26: 14 May; 30 Jun; 
 Q2 26: 13 Aug; 30 Sep; 
 Q3 26: 12 Nov; 22 Dec; 
 Q4 26: 12 Feb;</t>
-    </r>
-[...59 lines deleted...]
-Q4 25: 20 Feb; 31 Mar; 
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 30 Jan; 26 Mar;
+Q1 26: 30 Apr; 25 Jun;
+Q2 26: 30 Jul; 25 Sep;
+Q3 26: 30 Oct; 23 Dec; </t>
+  </si>
+  <si>
+    <t>https://ine.es/dyngs/Prensa/CNTR3T25.htm</t>
+  </si>
+  <si>
+    <t>Q4 25: 20 Feb; 31 Mar; 
 Q1 26: 20 May; 30 Jun; 
 Q2 26: 20 Aug; 30 Sep;</t>
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Q3 25: 23 Dec;</t>
+      <t>Q3 25: 22 Jan;</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color theme="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF00863D"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Q4 25: 29 Jan; 26 Feb; 27 Mar; 
+      <t xml:space="preserve">Q4 25: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>29 Jan</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">; 26 Feb; 27 Mar; 
 Q1 26: 30 Apr; 28 May; 25 Jun; 
 Q2 26: 30 Jul; 26 Aug; 30 Sep; 
 Q3 26: 29 Oct; 25 Nov; 23 Dec; </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Q4 25: F 30 Jan; 25 Feb; 
-[...14 lines deleted...]
-    <t>https://stat.fi/en/publication/cm1arstvq0j0i06w2rknf2qbk</t>
+    <t>https://www.bea.gov/news/2025/gross-domestic-product-3rd-quarter-2025-initial-estimate-and-corporate-profits</t>
+  </si>
+  <si>
+    <t>Q4 25: F 30 Jan; 26 Mar; 
+Q1 26: F 30 Apr; 24 Jun; 
+Q2 26: F 30 Jul; 23 Sep; 
+Q3 26: F 30 Oct; 24 Dec;</t>
+  </si>
+  <si>
+    <t>https://osp.stat.gov.lt/nacionalines-saskaitos</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Q3 25: 18 Dec;
+      <t xml:space="preserve">Q3 25: 30 Dec*;
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF00863D"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Q4 25: 27 Feb; 
-[...7 lines deleted...]
-      <t xml:space="preserve">Q4 25: F 30 Jan; </t>
+      <t xml:space="preserve">Q4 25: 31 Mar; 
+Q1 26: 30 Jun; </t>
     </r>
     <r>
       <rPr>
-        <b/>
         <sz val="10"/>
-        <color rgb="FF00863D"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">03 Mar; 
-[...58 lines deleted...]
-      <t xml:space="preserve">Q3 25: 30 Dec;
+      <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF00863D"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Q4 25: F 30 Jan; 02 Mar; 
+      <t xml:space="preserve">Q2 26: 30 Sep; 
+Q3 26: 31 Dec; </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 18 Mar; 
+Q1 26: 18 May; 
+Q2 26: 18 Aug; 
+Q3 26: 18 Nov; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 16 Feb; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: F 30 Jan; 04 Mar; 
 Q1 26: F 30 Apr; 29 May; 
-Q2 26: F 30 Jul; 14 Aug; 31 Aug; 
-[...42 lines deleted...]
-    <t>Q4 25: 27 Feb; 
+Q2 26: F 30 Jul; 01 Sep; 05 Oct;
+Q3 26: F 30 Oct; 01 Dec; </t>
+  </si>
+  <si>
+    <t>Q4 25: F 30 Jan; 02 Mar; 
+Q1 26: F 30 Apr; 01 Jun;
+Q2 26: F 30 Jul; 01 Sep; 
+Q3 26: F 30 Oct; 01 Dec;</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 02 Mar;
+Q1 26: 01 Jun; 
+Q2 26: 31 Aug; 
+Q3 26: 01 Dec; </t>
+  </si>
+  <si>
+    <t>Q4 25: 20 Mar; 
+Q1 26: 23 Jun; 
+Q2 26: 17 Sep;
+Q3 26: 16 Dec;</t>
+  </si>
+  <si>
+    <t>Q4 25: 03 Mar;
 Q1 26: 29 May; 
-Q2 26: 31 Aug; 
-[...16 lines deleted...]
-Q4 25: 27 Feb; 21 Apr; 
+Q2 26: 01 Sep; 
+Q3 26: 02 Dec;</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: F 30 Jan; 27 Feb;
+Q1 26: F 30 Apr; </t>
+  </si>
+  <si>
+    <t>Q4 25: 20 Jan; 
+Q1 26: 17 Apr; 
+Q2 26: 16 Jul;</t>
+  </si>
+  <si>
+    <t>Q4 25: 27 Feb;</t>
+  </si>
+  <si>
+    <t>Q4 25: 05 Feb; 
+Q1 26: 05 May; 
+Q2 26: 05 Aug; 
+Q3 26: 05 Nov;</t>
+  </si>
+  <si>
+    <t>Q4 25: F 01 Feb; 09 Mar;
+Q1 26: F 01 Apr; 09 Jun; 
+Q2 26: F 01 Jul; 08 Sep;
+Q3 26: F 01 Nov; 08 Dec;</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: F 30 Jan; 27 Feb;
+Q1 26: F 30 Apr; 29 May;
+Q2 26: F 31 Jul; 28 Aug; 
+Q3 26: F 30 Oct; 30 Nov; 
+Q4 26: 01 Mar </t>
+  </si>
+  <si>
+    <t>Q4 25: 27 Feb; 21 Apr; 
 Q1 26: 29 May; 22 Jun; 
 Q2 26: 31 Aug; 30 Sep;</t>
   </si>
   <si>
-    <t>https://stat.gov.lv/en/statistics-themes/economy/gross-domestic-product-quarterly-data/press-releases/24722-gross-domestic?themeCode=IS</t>
-[...12 lines deleted...]
-    <t>https://www.bok.or.kr/eng/bbs/E0000634/view.do?nttId=10094905&amp;menuNo=400423&amp;relate=Y&amp;depth=400423&amp;programType=newsDataEng</t>
+    <t>Following Bulgaria’s entry into the euro area on 01/01/2026, data are reported in euro instead of lev.</t>
+  </si>
+  <si>
+    <t>https://insse.ro/cms/en/content/gross-domestic-product-third-quarter-2025-provisional-data-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: F 13 Feb; 06 Mar; 09 Apr;
+Q1 26: F 15 May; </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Q3 25: </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF00863D"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> 22 Jan; 
+      <t>by end Jan;</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Q4 25: 16 Feb; 10 Mar;</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 08 Apr?</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
 </t>
     </r>
-  </si>
-[...45 lines deleted...]
-Q3 26: 07 Dec;</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>Q1 26: mid-May; 08 Jun; 08 Jul?</t>
+    </r>
+  </si>
+  <si>
+    <t>Q4 25: F 30 Jan; 03 Mar; 
+Q1 26: F 30 Apr; 02 May; 
+Q2 26: F 30 Jul; 01 Sep;
+Q3 26: F 30 Oct; 01 Dec;</t>
+  </si>
+  <si>
+    <t>Q4 25</t>
+  </si>
+  <si>
+    <t>GDP flash update</t>
+  </si>
+  <si>
+    <t>https://www.stats.gov.cn/english/PressRelease/202601/t20260119_1962328.html</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 16 Feb; 10 Mar; 16 Apr; 
+Q1 26: 17 May; 16 Jun; 16 Jul; 
+Q2 26: 16 Aug; 16 Sep; 18 Oct; 
+Q3 26: 16 Nov; </t>
+  </si>
+  <si>
+    <t>Benchmark revision and new reference year 2023</t>
+  </si>
+  <si>
+    <t>https://www.ssb.no/en/nasjonalregnskap-og-konjunkturer/nasjonalregnskap/artikler/benchmark-revision-of-the-national-accounts</t>
+  </si>
+  <si>
+    <t>Q4 25: F 30 Jan; F 13 Feb; 06 Mar; 20 Apr</t>
+  </si>
+  <si>
+    <t>Quarterly PPPs updated</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Partial update: new </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>benchmark revision</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>with new reference year 2020.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">GVA by activity revised following the adoption new </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>NAICS 2022</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="165" formatCode="d/m/yy\ ;@"/>
   </numFmts>
-  <fonts count="28" x14ac:knownFonts="1">
+  <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Candara"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
@@ -1073,112 +1165,128 @@
       <sz val="10"/>
       <color theme="10"/>
       <name val="Candara"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF00863D"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="3"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <u/>
-[...5 lines deleted...]
-    <font>
       <b/>
       <u/>
       <sz val="10"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Candara"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF00863D"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <strike/>
+      <sz val="10"/>
+      <color rgb="FF00863D"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="14">
+  <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
@@ -1282,510 +1390,487 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...7 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="145">
+  <cellXfs count="141">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="15" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="4" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="15" fontId="7" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="4" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="4" borderId="9" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="15" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="16" fillId="4" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="16" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="16" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="16" fillId="4" borderId="9" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="15" fontId="22" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="22" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="15" fontId="16" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="25" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="24" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="19" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="16" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="23" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="19" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="16" fillId="4" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="23" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="16" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="15" fontId="19" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="19" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FF0000FF"/>
       <color rgb="FF00863D"/>
-      <color rgb="FF0000FF"/>
       <color rgb="FF686BEA"/>
       <color rgb="FF0B28BB"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2018,2389 +2103,2433 @@
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/media-centre/media-releases/australian-economy-grew-04-september-quarter" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bea.gov/news/schedule" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.fi/en/publication/cm1arstvq0j0i06w2rknf2qbk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statssa.gov.za/?p=19044" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/nasjonalregnskap-og-konjunkturer/nasjonalregnskap/statistikk/nasjonalregnskap" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/informaciniai-pranesimai?eventId=363717" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bea.gov/news/2025/gross-domestic-product-2nd-quarter-2025-third-estimate-gdp-industry-corporate-profits" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/contenidos/saladeprensa/boletines/2025/pibo/pib_eo2025_10.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-trimestrales" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.pl/en/topics/national-accounts/quarterly-national-accounts/gross-domestic-product-in-the-3rd-quarter-of-2025-preliminary-estimate,2,92.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/news/gdp-decreases-0-9-percent-in-the-june-2025-quarter/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcentral.cl/documents/33528/7868360/Cuentas+Nacionales+Tercer+Trimestre+2025.pdf/ab6a2394-1aec-9263-8d5e-f4d51b674d7f?t=1763412614972" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_destaques&amp;DESTAQUESdest_boui=706228074&amp;DESTAQUESmodo=2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bok.or.kr/eng/bbs/E0000634/view.do?nttId=10094905&amp;menuNo=400423&amp;relate=Y&amp;depth=400423&amp;programType=newsDataEng" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.indec.gob.ar/uploads/informesdeprensa/pib_09_25081553D02E.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/jp/sna/data/data_list/sokuhou/gaiyou/pdf/main_1e.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.gov.cn/english/PressRelease/202510/t20251020_1961608.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/n1/daily-quotidien/251128/dq251128a-eng.htm?HPA=1&amp;indid=3278-1&amp;indgeo=0" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dst.dk/en/Statistik/emner/oekonomi/nationalregnskab/noegletal-for-nationalregnskabet-bnp" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.nl/en-gb/video/dc1e1dd572a045df9855e8d7743acd4a?16x9=true" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stat.ee/en/news/economy-continued-grow-slightly-q3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statice.is/publications/news-archive/national-accounts/national-accounts-3rd-quarter-2025/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csu.gov.cz/quarterly-gdp-estimates?pocet=10&amp;start=0&amp;podskupiny=051&amp;razeni=-datumVydani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insee.fr/fr/statistiques/8673212" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/en/web/products-euro-indicators/w/2-05122025-ap" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/nasjonalregnskap-og-konjunkturer/nasjonalregnskap/artikler/the-revision-of-the-national-accounts-has-been-postponed" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agenciadenoticias.ibge.gov.br/en/agencia-press-room/2185-news-agency/releases-en/45373-pib-varia-0-1-no-terceiro-trimestre-de-2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/en/mediarelease/Pages/2025/National-Accounts-First-Estimate-for-Third-Quarter-of-2025.aspx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=Quarterly-Gross-Domestic-Product-Quarter-III:-July-September,-2025-54161&amp;dil=2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.gov.sa/documents/20117/2435267/GDP+FQ3.2025+EN.pdf/679fc2d2-f6f8-f408-28a6-942be9c21c70?t=1761740093593" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://new.mospi.gov.in/uploads/latestReleases/latest_release_1764326214920_fc47e094-3e61-42c3-a494-b4dc5f9dc5fd_GDP_Press_Note_on_Q2_2025-26N.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.nl/en-gb/video/dc1e1dd572a045df9855e8d7743acd4a?16x9=true" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/nacionalines-saskaitos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statssa.gov.za/?p=19044" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.indec.gob.ar/uploads/informesdeprensa/pib_12_251FCC242DDE.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agenciadenoticias.ibge.gov.br/en/agencia-press-room/2185-news-agency/releases-en/45373-pib-varia-0-1-no-terceiro-trimestre-de-2026" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://new.mospi.gov.in/uploads/latestReleases/latest_release_1764326214920_fc47e094-3e61-42c3-a494-b4dc5f9dc5fd_GDP_Press_Note_on_Q2_2025-26N.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/en/mediarelease/Pages/2025/National-Accounts-Second-Estimate-for-Third-Quarter-of-2025.aspx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_destaques&amp;DESTAQUESdest_boui=706228074&amp;DESTAQUESmodo=2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.pl/en/topics/national-accounts/quarterly-national-accounts/gross-domestic-product-in-the-3rd-quarter-of-2025-preliminary-estimate,2,92.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/en/sna/data/sokuhou/files/2025/qe253_2/pdf/note_e.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/media-centre/media-releases/australian-economy-grew-04-september-quarter" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/n1/daily-quotidien/251128/dq251128a-eng.htm?HPA=1&amp;indid=3278-1&amp;indgeo=0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bok.or.kr/eng/bbs/E0000634/view.do?nttId=10094905&amp;menuNo=400423&amp;relate=Y&amp;depth=400423&amp;programType=newsDataEng" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statcan.gc.ca/en/subjects/standard/naics/2022/v1/index" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dst.dk/en/Statistik/emner/oekonomi/nationalregnskab/noegletal-for-nationalregnskabet-bnp" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bea.gov/news/schedule" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insee.fr/fr/statistiques/8673212" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/jp/sna/data/data_list/sokuhou/gaiyou/pdf/main_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/contenidos/saladeprensa/boletines/2025/pibo/pib_eo2025_10.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stat.ee/en/news/economy-continued-grow-slightly-q3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/en/statistics?p_p_id=documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN&amp;p_p_lifecycle=2&amp;p_p_state=normal&amp;p_p_mode=view&amp;p_p_cacheability=cacheLevelPage&amp;p_p_col_id=column-2&amp;p_p_col_count=4&amp;p_p_col_pos=1&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_javax.faces.resource=document&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_ln=downloadResources&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_documentID=577551&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_locale=en" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/en/statistics-themes/economy/gross-domestic-product-quarterly-data/press-releases/24722-gross-domestic?themeCode=IS" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-trimestrales" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statice.is/publications/news-archive/national-accounts/national-accounts-3rd-quarter-2025/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csu.gov.cz/quarterly-gdp-estimates?pocet=10&amp;start=0&amp;podskupiny=051&amp;razeni=-datumVydani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcentral.cl/documents/33528/7868360/Cuentas+Nacionales+Tercer+Trimestre+2025.pdf/ab6a2394-1aec-9263-8d5e-f4d51b674d7f?t=1763412614972" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=Quarterly-Gross-Domestic-Product-Quarter-III:-July-September,-2025-54161&amp;dil=2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/en/web/products-euro-indicators/w/2-05122025-ap" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.fi/en/publication/cm1arvtiq0irn07usxexzbvz0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nbb.be/en/statistical-updates/press-release-nai-quarterly-aggregates-2025-iii" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:O77"/>
+  <dimension ref="A1:P64"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="6" topLeftCell="G21" activePane="bottomRight" state="frozen"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <pane xSplit="1" ySplit="6" topLeftCell="E7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="K24" sqref="K24"/>
+      <selection pane="bottomRight" activeCell="H12" sqref="H12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.44140625" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="25.5546875" style="63" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="28" max="16384" width="9.44140625" style="7"/>
+    <col min="1" max="1" width="25.5546875" style="59" customWidth="1"/>
+    <col min="2" max="9" width="12.5546875" style="14" customWidth="1"/>
+    <col min="10" max="10" width="51.6640625" style="55" customWidth="1"/>
+    <col min="11" max="11" width="54.5546875" style="79" customWidth="1"/>
+    <col min="12" max="12" width="48.33203125" style="15" customWidth="1"/>
+    <col min="13" max="13" width="17.5546875" style="55" customWidth="1"/>
+    <col min="14" max="14" width="43.33203125" style="14" customWidth="1"/>
+    <col min="15" max="15" width="12.5546875" style="30" customWidth="1"/>
+    <col min="16" max="16" width="29" style="30" customWidth="1"/>
+    <col min="17" max="17" width="18" style="7" customWidth="1"/>
+    <col min="18" max="27" width="9.33203125" style="7"/>
+    <col min="28" max="28" width="42" style="7" customWidth="1"/>
+    <col min="29" max="16384" width="9.33203125" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="86">
+    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="81">
         <f ca="1">NOW()</f>
-        <v>45996.584398495368</v>
+        <v>46043.484792361109</v>
       </c>
       <c r="B1" s="122"/>
       <c r="C1" s="122"/>
       <c r="D1" s="122"/>
       <c r="E1" s="122"/>
       <c r="F1" s="122"/>
       <c r="G1" s="122"/>
       <c r="H1" s="122"/>
       <c r="I1" s="122"/>
       <c r="J1" s="122"/>
       <c r="K1" s="122"/>
       <c r="L1" s="122"/>
-      <c r="M1" s="1"/>
+      <c r="M1" s="122"/>
       <c r="N1" s="1"/>
-      <c r="O1" s="29"/>
-[...2 lines deleted...]
-      <c r="A2" s="86"/>
+      <c r="O1" s="1"/>
+      <c r="P1" s="28"/>
+    </row>
+    <row r="2" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="81"/>
       <c r="B2" s="122"/>
       <c r="C2" s="122"/>
       <c r="D2" s="122"/>
       <c r="E2" s="122"/>
       <c r="F2" s="122"/>
       <c r="G2" s="122"/>
       <c r="H2" s="122"/>
       <c r="I2" s="122"/>
       <c r="J2" s="122"/>
       <c r="K2" s="122"/>
       <c r="L2" s="122"/>
-      <c r="M2" s="1"/>
+      <c r="M2" s="122"/>
       <c r="N2" s="1"/>
-      <c r="O2" s="29"/>
-[...2 lines deleted...]
-      <c r="A3" s="24" t="s">
+      <c r="O2" s="1"/>
+      <c r="P2" s="28"/>
+    </row>
+    <row r="3" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A3" s="23" t="s">
         <v>59</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
-      <c r="I3" s="64"/>
-[...8 lines deleted...]
-      <c r="A4" s="25" t="s">
+      <c r="I3" s="2"/>
+      <c r="J3" s="60"/>
+      <c r="K3" s="71"/>
+      <c r="L3" s="4"/>
+      <c r="M3" s="29"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="23"/>
+    </row>
+    <row r="4" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A4" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="95"/>
+      <c r="B4" s="90"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
-      <c r="I4" s="65"/>
-[...8 lines deleted...]
-      <c r="A5" s="142" t="s">
+      <c r="I4" s="5"/>
+      <c r="J4" s="61"/>
+      <c r="K4" s="72"/>
+      <c r="L4" s="4"/>
+      <c r="M4" s="29"/>
+      <c r="N4" s="3"/>
+      <c r="O4" s="23"/>
+      <c r="P4" s="25"/>
+    </row>
+    <row r="5" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="139" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="123">
         <v>2024</v>
       </c>
       <c r="C5" s="124"/>
       <c r="D5" s="124"/>
       <c r="E5" s="125"/>
-      <c r="F5" s="137">
+      <c r="F5" s="123">
         <v>2025</v>
       </c>
-      <c r="G5" s="138"/>
-[...1 lines deleted...]
-      <c r="I5" s="126" t="s">
+      <c r="G5" s="124"/>
+      <c r="H5" s="124"/>
+      <c r="I5" s="125"/>
+      <c r="J5" s="126" t="s">
         <v>2</v>
       </c>
-      <c r="J5" s="126" t="s">
+      <c r="K5" s="126" t="s">
         <v>3</v>
       </c>
-      <c r="K5" s="126" t="s">
+      <c r="L5" s="126" t="s">
         <v>4</v>
       </c>
-      <c r="L5" s="126" t="s">
+      <c r="M5" s="126" t="s">
         <v>5</v>
       </c>
-      <c r="M5" s="32"/>
-[...5 lines deleted...]
-      <c r="B6" s="85" t="s">
+      <c r="N5" s="7"/>
+      <c r="O5" s="7"/>
+      <c r="P5" s="7"/>
+    </row>
+    <row r="6" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="140"/>
+      <c r="B6" s="80" t="s">
         <v>66</v>
       </c>
-      <c r="C6" s="85" t="s">
+      <c r="C6" s="80" t="s">
         <v>67</v>
       </c>
-      <c r="D6" s="85" t="s">
+      <c r="D6" s="80" t="s">
         <v>68</v>
       </c>
-      <c r="E6" s="85" t="s">
+      <c r="E6" s="80" t="s">
         <v>69</v>
       </c>
-      <c r="F6" s="85" t="s">
+      <c r="F6" s="119" t="s">
+        <v>70</v>
+      </c>
+      <c r="G6" s="119" t="s">
         <v>71</v>
       </c>
-      <c r="G6" s="85" t="s">
+      <c r="H6" s="119" t="s">
         <v>73</v>
       </c>
-      <c r="H6" s="85" t="s">
-[...2 lines deleted...]
-      <c r="I6" s="127"/>
+      <c r="I6" s="119" t="s">
+        <v>167</v>
+      </c>
       <c r="J6" s="127"/>
       <c r="K6" s="127"/>
       <c r="L6" s="127"/>
-      <c r="M6" s="32"/>
+      <c r="M6" s="127"/>
       <c r="N6" s="7"/>
       <c r="O6" s="7"/>
-    </row>
-    <row r="7" spans="1:15" s="34" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="P6" s="7"/>
+    </row>
+    <row r="7" spans="1:16" s="32" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="17" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="18">
         <v>45476</v>
       </c>
       <c r="C7" s="18">
         <v>45590</v>
       </c>
       <c r="D7" s="18">
         <v>45698</v>
       </c>
       <c r="E7" s="18">
         <v>45749</v>
       </c>
       <c r="F7" s="18">
         <v>45848</v>
       </c>
       <c r="G7" s="18">
         <v>45951</v>
       </c>
-      <c r="H7" s="18"/>
-[...8 lines deleted...]
-      <c r="A8" s="35" t="s">
+      <c r="H7" s="26">
+        <v>46042</v>
+      </c>
+      <c r="I7" s="26"/>
+      <c r="J7" s="40" t="s">
+        <v>174</v>
+      </c>
+      <c r="K7" s="63"/>
+      <c r="L7" s="21"/>
+      <c r="M7" s="31"/>
+    </row>
+    <row r="8" spans="1:16" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="33" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="136">
         <v>45492</v>
       </c>
       <c r="C8" s="136">
         <v>45583</v>
       </c>
       <c r="D8" s="136">
         <v>45678</v>
       </c>
       <c r="E8" s="136">
         <v>45763</v>
       </c>
       <c r="F8" s="136">
         <v>45859</v>
       </c>
       <c r="G8" s="136">
         <v>45950</v>
       </c>
-      <c r="H8" s="140">
-[...13 lines deleted...]
-      <c r="N8" s="32"/>
+      <c r="H8" s="137">
+        <v>46042</v>
+      </c>
+      <c r="I8" s="137"/>
+      <c r="J8" s="132"/>
+      <c r="K8" s="134" t="s">
+        <v>116</v>
+      </c>
+      <c r="L8" s="128" t="s">
+        <v>173</v>
+      </c>
+      <c r="M8" s="130" t="s">
+        <v>8</v>
+      </c>
+      <c r="N8" s="34"/>
       <c r="O8" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="37" t="s">
+      <c r="P8" s="7"/>
+    </row>
+    <row r="9" spans="1:16" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A9" s="35" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="131"/>
       <c r="C9" s="131"/>
       <c r="D9" s="131"/>
       <c r="E9" s="131"/>
       <c r="F9" s="131"/>
       <c r="G9" s="131"/>
-      <c r="H9" s="141"/>
-[...4 lines deleted...]
-      <c r="M9" s="7"/>
+      <c r="H9" s="138"/>
+      <c r="I9" s="138"/>
+      <c r="J9" s="133"/>
+      <c r="K9" s="135"/>
+      <c r="L9" s="129"/>
+      <c r="M9" s="131"/>
       <c r="N9" s="7"/>
       <c r="O9" s="7"/>
-    </row>
-    <row r="10" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="P9" s="7"/>
+    </row>
+    <row r="10" spans="1:16" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A10" s="17" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="18">
         <v>45463</v>
       </c>
       <c r="C10" s="18">
         <v>45561</v>
       </c>
       <c r="D10" s="18">
         <v>45645</v>
       </c>
       <c r="E10" s="18">
         <v>45743</v>
       </c>
       <c r="F10" s="18">
         <v>45812</v>
       </c>
       <c r="G10" s="18">
         <v>45925</v>
       </c>
-      <c r="H10" s="27">
-[...14 lines deleted...]
-      <c r="M10" s="7"/>
+      <c r="H10" s="18">
+        <v>46009</v>
+      </c>
+      <c r="I10" s="26"/>
+      <c r="J10" s="40" t="s">
+        <v>124</v>
+      </c>
+      <c r="K10" s="63" t="s">
+        <v>104</v>
+      </c>
+      <c r="L10" s="105" t="s">
+        <v>105</v>
+      </c>
+      <c r="M10" s="19" t="s">
+        <v>8</v>
+      </c>
       <c r="N10" s="7"/>
       <c r="O10" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="38" t="s">
+      <c r="P10" s="7"/>
+    </row>
+    <row r="11" spans="1:16" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A11" s="36" t="s">
         <v>11</v>
       </c>
-      <c r="B11" s="28">
+      <c r="B11" s="27">
         <v>45446</v>
       </c>
-      <c r="C11" s="52">
+      <c r="C11" s="49">
         <v>45594</v>
       </c>
-      <c r="D11" s="52">
+      <c r="D11" s="49">
         <v>45630</v>
       </c>
-      <c r="E11" s="52">
+      <c r="E11" s="49">
         <v>45362</v>
       </c>
-      <c r="F11" s="28">
+      <c r="F11" s="27">
         <v>45814</v>
       </c>
-      <c r="G11" s="28">
+      <c r="G11" s="27">
         <v>45931</v>
       </c>
-      <c r="H11" s="112">
+      <c r="H11" s="27">
         <v>45995</v>
       </c>
-      <c r="I11" s="40"/>
-[...8 lines deleted...]
-      <c r="N11" s="7"/>
+      <c r="I11" s="104"/>
+      <c r="J11" s="38"/>
+      <c r="K11" s="95" t="s">
+        <v>111</v>
+      </c>
+      <c r="L11" s="101" t="s">
+        <v>112</v>
+      </c>
+      <c r="M11" s="6"/>
+      <c r="N11" s="39"/>
       <c r="O11" s="7"/>
-    </row>
-    <row r="12" spans="1:15" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="P11" s="7"/>
+    </row>
+    <row r="12" spans="1:16" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="17" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="18">
         <v>45474</v>
       </c>
       <c r="C12" s="18">
         <v>45534</v>
       </c>
       <c r="D12" s="18">
         <v>45629</v>
       </c>
       <c r="E12" s="18">
         <v>45763</v>
       </c>
       <c r="F12" s="18">
         <v>45839</v>
       </c>
       <c r="G12" s="18">
         <v>45947</v>
       </c>
-      <c r="H12" s="27">
-[...12 lines deleted...]
-      <c r="M12" s="7"/>
+      <c r="H12" s="18">
+        <v>46043</v>
+      </c>
+      <c r="I12" s="26"/>
+      <c r="J12" s="40"/>
+      <c r="K12" s="63" t="s">
+        <v>93</v>
+      </c>
+      <c r="L12" s="40" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" s="19" t="s">
+        <v>8</v>
+      </c>
       <c r="N12" s="7"/>
       <c r="O12" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="35" t="s">
+      <c r="P12" s="7"/>
+    </row>
+    <row r="13" spans="1:16" ht="66" x14ac:dyDescent="0.25">
+      <c r="A13" s="33" t="s">
         <v>13</v>
       </c>
-      <c r="B13" s="28">
+      <c r="B13" s="27">
         <v>45448</v>
       </c>
-      <c r="C13" s="28">
+      <c r="C13" s="27">
         <v>45541</v>
       </c>
-      <c r="D13" s="28">
+      <c r="D13" s="27">
         <v>45636</v>
       </c>
-      <c r="E13" s="28">
+      <c r="E13" s="27">
         <v>45722</v>
       </c>
-      <c r="F13" s="28">
+      <c r="F13" s="27">
         <v>45812</v>
       </c>
-      <c r="G13" s="28">
+      <c r="G13" s="27">
         <v>45903</v>
       </c>
-      <c r="H13" s="112">
-[...15 lines deleted...]
-      <c r="N13" s="7"/>
+      <c r="H13" s="104">
+        <v>46043</v>
+      </c>
+      <c r="I13" s="120"/>
+      <c r="J13" s="37" t="s">
+        <v>176</v>
+      </c>
+      <c r="K13" s="65" t="s">
+        <v>99</v>
+      </c>
+      <c r="L13" s="111" t="s">
+        <v>160</v>
+      </c>
+      <c r="M13" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="N13" s="39"/>
       <c r="O13" s="7"/>
-    </row>
-    <row r="14" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="P13" s="7"/>
+    </row>
+    <row r="14" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A14" s="17" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="18">
         <v>45435</v>
       </c>
       <c r="C14" s="18">
         <v>45523</v>
       </c>
       <c r="D14" s="18">
         <v>45639</v>
       </c>
       <c r="E14" s="18">
         <v>45734</v>
       </c>
       <c r="F14" s="18">
         <v>45796</v>
       </c>
       <c r="G14" s="18">
         <v>45887</v>
       </c>
       <c r="H14" s="18">
         <v>45982</v>
       </c>
-      <c r="I14" s="22"/>
-[...7 lines deleted...]
-      <c r="M14" s="7"/>
+      <c r="I14" s="18"/>
+      <c r="J14" s="21" t="s">
+        <v>95</v>
+      </c>
+      <c r="K14" s="109" t="s">
+        <v>79</v>
+      </c>
+      <c r="L14" s="40" t="s">
+        <v>148</v>
+      </c>
+      <c r="M14" s="19" t="s">
+        <v>8</v>
+      </c>
       <c r="N14" s="7"/>
       <c r="O14" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="35" t="s">
+      <c r="P14" s="7"/>
+    </row>
+    <row r="15" spans="1:16" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A15" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="B15" s="28">
+      <c r="B15" s="27">
         <v>45446</v>
       </c>
-      <c r="C15" s="28">
+      <c r="C15" s="27">
         <v>45581</v>
       </c>
-      <c r="D15" s="28">
+      <c r="D15" s="27">
         <v>45679</v>
       </c>
-      <c r="E15" s="28">
+      <c r="E15" s="27">
         <v>45755</v>
       </c>
-      <c r="F15" s="28">
+      <c r="F15" s="27">
         <v>45810</v>
       </c>
-      <c r="G15" s="28">
+      <c r="G15" s="27">
         <v>45888</v>
       </c>
-      <c r="H15" s="28">
+      <c r="H15" s="27">
         <v>45985</v>
       </c>
-      <c r="I15" s="40"/>
-[...7 lines deleted...]
-      <c r="M15" s="7"/>
+      <c r="I15" s="27"/>
+      <c r="J15" s="38"/>
+      <c r="K15" s="112" t="s">
+        <v>80</v>
+      </c>
+      <c r="L15" s="117" t="s">
+        <v>149</v>
+      </c>
+      <c r="M15" s="22" t="s">
+        <v>8</v>
+      </c>
       <c r="N15" s="7"/>
       <c r="O15" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="43" t="s">
+      <c r="P15" s="7"/>
+    </row>
+    <row r="16" spans="1:16" ht="66" x14ac:dyDescent="0.25">
+      <c r="A16" s="41" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="18">
         <v>45474</v>
       </c>
       <c r="C16" s="18">
         <v>45566</v>
       </c>
       <c r="D16" s="18">
         <v>45659</v>
       </c>
       <c r="E16" s="18">
         <v>45748</v>
       </c>
       <c r="F16" s="18">
         <v>45839</v>
       </c>
       <c r="G16" s="18">
         <v>45931</v>
       </c>
       <c r="H16" s="18">
         <v>45968</v>
       </c>
-      <c r="I16" s="22" t="s">
-[...9 lines deleted...]
-      <c r="M16" s="7"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="21" t="s">
+        <v>75</v>
+      </c>
+      <c r="K16" s="63"/>
+      <c r="L16" s="21" t="s">
+        <v>147</v>
+      </c>
+      <c r="M16" s="18" t="s">
+        <v>8</v>
+      </c>
       <c r="N16" s="7"/>
       <c r="O16" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" s="44" t="s">
+      <c r="P16" s="7"/>
+    </row>
+    <row r="17" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A17" s="42" t="s">
         <v>64</v>
       </c>
-      <c r="B17" s="28">
+      <c r="B17" s="27">
         <v>45481</v>
       </c>
-      <c r="C17" s="28">
+      <c r="C17" s="27">
         <v>45534</v>
       </c>
-      <c r="D17" s="28">
+      <c r="D17" s="27">
         <v>45663</v>
       </c>
-      <c r="E17" s="28">
+      <c r="E17" s="27">
         <v>45748</v>
       </c>
-      <c r="F17" s="111">
+      <c r="F17" s="103">
         <v>45847</v>
       </c>
-      <c r="G17" s="28">
+      <c r="G17" s="27">
         <v>45930</v>
       </c>
-      <c r="H17" s="112">
-[...14 lines deleted...]
-      <c r="M17" s="7"/>
+      <c r="H17" s="104">
+        <v>46362</v>
+      </c>
+      <c r="I17" s="104"/>
+      <c r="J17" s="37"/>
+      <c r="K17" s="65" t="s">
+        <v>72</v>
+      </c>
+      <c r="L17" s="114" t="s">
+        <v>130</v>
+      </c>
+      <c r="M17" s="6" t="s">
+        <v>8</v>
+      </c>
       <c r="N17" s="7"/>
       <c r="O17" s="7"/>
-    </row>
-    <row r="18" spans="1:15" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="P17" s="7"/>
+    </row>
+    <row r="18" spans="1:16" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="18">
         <v>45481</v>
       </c>
       <c r="C18" s="18">
         <v>45580</v>
       </c>
       <c r="D18" s="18">
         <v>45646</v>
       </c>
       <c r="E18" s="18">
         <v>45748</v>
       </c>
       <c r="F18" s="18">
         <v>45842</v>
       </c>
       <c r="G18" s="18">
         <v>45933</v>
       </c>
       <c r="H18" s="18">
         <v>45985</v>
       </c>
-      <c r="I18" s="22"/>
-      <c r="J18" s="68" t="s">
+      <c r="I18" s="18"/>
+      <c r="J18" s="21"/>
+      <c r="K18" s="63" t="s">
         <v>63</v>
       </c>
-      <c r="K18" s="22" t="s">
-[...5 lines deleted...]
-      <c r="M18" s="7"/>
+      <c r="L18" s="40" t="s">
+        <v>142</v>
+      </c>
+      <c r="M18" s="19" t="s">
+        <v>8</v>
+      </c>
       <c r="N18" s="7"/>
       <c r="O18" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" s="44" t="s">
+      <c r="P18" s="7"/>
+    </row>
+    <row r="19" spans="1:16" ht="66.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="42" t="s">
         <v>18</v>
       </c>
-      <c r="B19" s="28">
+      <c r="B19" s="27">
         <v>45443</v>
       </c>
-      <c r="C19" s="28">
+      <c r="C19" s="27">
         <v>45572</v>
       </c>
-      <c r="D19" s="28">
+      <c r="D19" s="27">
         <v>45629</v>
       </c>
-      <c r="E19" s="28">
+      <c r="E19" s="27">
         <v>45721</v>
       </c>
-      <c r="F19" s="28">
+      <c r="F19" s="27">
         <v>45810</v>
       </c>
-      <c r="G19" s="28">
+      <c r="G19" s="27">
         <v>45902</v>
       </c>
-      <c r="H19" s="112">
+      <c r="H19" s="104">
         <v>45992</v>
       </c>
-      <c r="I19" s="40"/>
-[...9 lines deleted...]
-      <c r="M19" s="7"/>
+      <c r="I19" s="104"/>
+      <c r="J19" s="38"/>
+      <c r="K19" s="83" t="s">
+        <v>98</v>
+      </c>
+      <c r="L19" s="98" t="s">
+        <v>97</v>
+      </c>
+      <c r="M19" s="6" t="s">
+        <v>8</v>
+      </c>
       <c r="N19" s="7"/>
       <c r="O19" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="43" t="s">
+      <c r="P19" s="7"/>
+    </row>
+    <row r="20" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A20" s="41" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="18">
         <v>45463</v>
       </c>
       <c r="C20" s="18">
         <v>45559</v>
       </c>
-      <c r="D20" s="100">
+      <c r="D20" s="94">
         <v>45646</v>
       </c>
-      <c r="E20" s="100">
+      <c r="E20" s="94">
         <v>45734</v>
       </c>
-      <c r="F20" s="100">
+      <c r="F20" s="94">
         <v>45827</v>
       </c>
       <c r="G20" s="18">
         <v>45919</v>
       </c>
-      <c r="H20" s="27">
-[...12 lines deleted...]
-      <c r="M20" s="7"/>
+      <c r="H20" s="26">
+        <v>46010</v>
+      </c>
+      <c r="I20" s="26"/>
+      <c r="J20" s="40"/>
+      <c r="K20" s="82" t="s">
+        <v>135</v>
+      </c>
+      <c r="L20" s="40" t="s">
+        <v>134</v>
+      </c>
+      <c r="M20" s="19" t="s">
+        <v>8</v>
+      </c>
       <c r="N20" s="7"/>
       <c r="O20" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" s="45" t="s">
+      <c r="P20" s="7"/>
+    </row>
+    <row r="21" spans="1:16" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A21" s="43" t="s">
         <v>20</v>
       </c>
-      <c r="B21" s="28">
+      <c r="B21" s="27">
         <v>45449</v>
       </c>
-      <c r="C21" s="28">
+      <c r="C21" s="27">
         <v>45534</v>
       </c>
-      <c r="D21" s="28">
+      <c r="D21" s="27">
         <v>45625</v>
       </c>
-      <c r="E21" s="28">
+      <c r="E21" s="27">
         <v>45716</v>
       </c>
-      <c r="F21" s="28">
+      <c r="F21" s="27">
         <v>45806</v>
       </c>
-      <c r="G21" s="28">
+      <c r="G21" s="27">
         <v>45898</v>
       </c>
-      <c r="H21" s="112">
+      <c r="H21" s="104">
         <v>45989</v>
       </c>
-      <c r="I21" s="39"/>
-[...9 lines deleted...]
-      <c r="M21" s="7"/>
+      <c r="I21" s="104"/>
+      <c r="J21" s="37"/>
+      <c r="K21" s="75" t="s">
+        <v>91</v>
+      </c>
+      <c r="L21" s="108" t="s">
+        <v>155</v>
+      </c>
+      <c r="M21" s="6" t="s">
+        <v>8</v>
+      </c>
       <c r="N21" s="7"/>
       <c r="O21" s="7"/>
-    </row>
-    <row r="22" spans="1:15" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="P21" s="7"/>
+    </row>
+    <row r="22" spans="1:16" ht="54" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="18">
         <v>45436</v>
       </c>
       <c r="C22" s="18">
         <v>45541</v>
       </c>
       <c r="D22" s="18">
         <v>45618</v>
       </c>
       <c r="E22" s="18">
         <v>45713</v>
       </c>
       <c r="F22" s="18">
         <v>45800</v>
       </c>
       <c r="G22" s="18">
         <v>45891</v>
       </c>
       <c r="H22" s="18">
         <v>45986</v>
       </c>
-      <c r="I22" s="22"/>
-[...10 lines deleted...]
-      <c r="N22" s="7"/>
+      <c r="I22" s="18"/>
+      <c r="J22" s="21"/>
+      <c r="K22" s="67" t="s">
+        <v>82</v>
+      </c>
+      <c r="L22" s="110" t="s">
+        <v>81</v>
+      </c>
+      <c r="M22" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="N22" s="44"/>
       <c r="O22" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="44" t="s">
+      <c r="P22" s="7"/>
+    </row>
+    <row r="23" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A23" s="42" t="s">
         <v>22</v>
       </c>
-      <c r="B23" s="28">
+      <c r="B23" s="27">
         <v>45450</v>
       </c>
-      <c r="C23" s="28">
+      <c r="C23" s="27">
         <v>45541</v>
       </c>
-      <c r="D23" s="103">
+      <c r="D23" s="96">
         <v>45635</v>
       </c>
-      <c r="E23" s="104">
+      <c r="E23" s="97">
         <v>45723</v>
       </c>
-      <c r="F23" s="104">
+      <c r="F23" s="97">
         <v>45814</v>
       </c>
-      <c r="G23" s="104">
+      <c r="G23" s="97">
         <v>45905</v>
       </c>
-      <c r="H23" s="144">
+      <c r="H23" s="97">
         <v>45996</v>
       </c>
-      <c r="I23" s="108"/>
-[...10 lines deleted...]
-      <c r="N23" s="7"/>
+      <c r="I23" s="113"/>
+      <c r="J23" s="100"/>
+      <c r="K23" s="69" t="s">
+        <v>121</v>
+      </c>
+      <c r="L23" s="107" t="s">
+        <v>120</v>
+      </c>
+      <c r="M23" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="N23" s="39"/>
       <c r="O23" s="7"/>
-    </row>
-    <row r="24" spans="1:15" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="P23" s="7"/>
+    </row>
+    <row r="24" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A24" s="17" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="18">
         <v>45447</v>
       </c>
       <c r="C24" s="18">
         <v>45538</v>
       </c>
       <c r="D24" s="18">
         <v>45629</v>
       </c>
       <c r="E24" s="18">
         <v>45750</v>
       </c>
       <c r="F24" s="18">
         <v>45811</v>
       </c>
       <c r="G24" s="18">
         <v>45931</v>
       </c>
-      <c r="H24" s="27">
+      <c r="H24" s="18">
         <v>45995</v>
       </c>
-      <c r="I24" s="22"/>
-[...9 lines deleted...]
-      <c r="M24" s="7"/>
+      <c r="I24" s="26"/>
+      <c r="J24" s="21"/>
+      <c r="K24" s="67" t="s">
+        <v>110</v>
+      </c>
+      <c r="L24" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="M24" s="19" t="s">
+        <v>8</v>
+      </c>
       <c r="N24" s="7"/>
       <c r="O24" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="47" t="s">
+      <c r="P24" s="7"/>
+    </row>
+    <row r="25" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A25" s="45" t="s">
         <v>24</v>
       </c>
-      <c r="B25" s="28">
+      <c r="B25" s="27">
         <v>45448</v>
       </c>
-      <c r="C25" s="28">
+      <c r="C25" s="27">
         <v>45538</v>
       </c>
-      <c r="D25" s="28">
+      <c r="D25" s="27">
         <v>45663</v>
       </c>
-      <c r="E25" s="28">
+      <c r="E25" s="27">
         <v>45737</v>
       </c>
-      <c r="F25" s="28">
+      <c r="F25" s="27">
         <v>45813</v>
       </c>
-      <c r="G25" s="28">
+      <c r="G25" s="27">
         <v>45904</v>
       </c>
-      <c r="H25" s="112">
+      <c r="H25" s="27">
         <v>45993</v>
       </c>
-      <c r="I25" s="40"/>
-[...9 lines deleted...]
-      <c r="M25" s="7"/>
+      <c r="I25" s="104"/>
+      <c r="J25" s="38"/>
+      <c r="K25" s="65" t="s">
+        <v>103</v>
+      </c>
+      <c r="L25" s="37" t="s">
+        <v>102</v>
+      </c>
+      <c r="M25" s="6" t="s">
+        <v>8</v>
+      </c>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
-    </row>
-    <row r="26" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="P25" s="7"/>
+    </row>
+    <row r="26" spans="1:16" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A26" s="17" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="18">
         <v>45488</v>
       </c>
       <c r="C26" s="18">
         <v>45540</v>
       </c>
       <c r="D26" s="18">
         <v>45631</v>
       </c>
       <c r="E26" s="18">
         <v>45722</v>
       </c>
       <c r="F26" s="18">
         <v>45847</v>
       </c>
       <c r="G26" s="18">
         <v>45905</v>
       </c>
-      <c r="H26" s="27">
+      <c r="H26" s="18">
         <v>45995</v>
       </c>
-      <c r="I26" s="22"/>
-[...8 lines deleted...]
-      <c r="N26" s="7"/>
+      <c r="I26" s="26"/>
+      <c r="J26" s="21"/>
+      <c r="K26" s="66" t="s">
+        <v>113</v>
+      </c>
+      <c r="L26" s="40"/>
+      <c r="M26" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="N26" s="39"/>
       <c r="O26" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A27" s="44" t="s">
+      <c r="P26" s="7"/>
+    </row>
+    <row r="27" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A27" s="42" t="s">
         <v>26</v>
       </c>
-      <c r="B27" s="28">
+      <c r="B27" s="27">
         <v>45491</v>
       </c>
-      <c r="C27" s="28">
+      <c r="C27" s="27">
         <v>45594</v>
       </c>
-      <c r="D27" s="28">
+      <c r="D27" s="27">
         <v>45677</v>
       </c>
-      <c r="E27" s="28">
+      <c r="E27" s="27">
         <v>45775</v>
       </c>
-      <c r="F27" s="28">
+      <c r="F27" s="27">
         <v>45855</v>
       </c>
-      <c r="G27" s="28">
+      <c r="G27" s="27">
         <v>45946</v>
       </c>
-      <c r="H27" s="28">
-[...15 lines deleted...]
-      <c r="N27" s="7"/>
+      <c r="H27" s="104">
+        <v>46041</v>
+      </c>
+      <c r="I27" s="104"/>
+      <c r="J27" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="K27" s="73" t="s">
+        <v>127</v>
+      </c>
+      <c r="L27" s="37" t="s">
+        <v>170</v>
+      </c>
+      <c r="M27" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="N27" s="39"/>
       <c r="O27" s="7"/>
-    </row>
-    <row r="28" spans="1:15" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="P27" s="7"/>
+    </row>
+    <row r="28" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A28" s="17" t="s">
         <v>27</v>
       </c>
       <c r="B28" s="18">
         <v>45443</v>
       </c>
       <c r="C28" s="18">
         <v>45575</v>
       </c>
       <c r="D28" s="18">
         <v>45628</v>
       </c>
       <c r="E28" s="18">
         <v>45748</v>
       </c>
       <c r="F28" s="18">
         <v>45810</v>
       </c>
       <c r="G28" s="18">
         <v>45936</v>
       </c>
-      <c r="H28" s="27">
+      <c r="H28" s="18">
         <v>45989</v>
       </c>
-      <c r="I28" s="42"/>
-[...10 lines deleted...]
-      <c r="N28" s="7"/>
+      <c r="I28" s="26"/>
+      <c r="J28" s="40"/>
+      <c r="K28" s="67" t="s">
+        <v>87</v>
+      </c>
+      <c r="L28" s="40" t="s">
+        <v>150</v>
+      </c>
+      <c r="M28" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="N28" s="39"/>
       <c r="O28" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A29" s="48" t="s">
+      <c r="P28" s="7"/>
+    </row>
+    <row r="29" spans="1:16" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A29" s="46" t="s">
         <v>28</v>
       </c>
-      <c r="B29" s="28">
+      <c r="B29" s="27">
         <v>45453</v>
       </c>
-      <c r="C29" s="28">
+      <c r="C29" s="27">
         <v>45574</v>
       </c>
-      <c r="D29" s="28">
+      <c r="D29" s="27">
         <v>45687</v>
       </c>
-      <c r="E29" s="28">
+      <c r="E29" s="27">
         <v>45772</v>
       </c>
-      <c r="F29" s="28">
+      <c r="F29" s="27">
         <v>45863</v>
       </c>
-      <c r="G29" s="28">
+      <c r="G29" s="27">
         <v>45908</v>
       </c>
-      <c r="H29" s="28">
-[...14 lines deleted...]
-      <c r="M29" s="7"/>
+      <c r="H29" s="27">
+        <v>45999</v>
+      </c>
+      <c r="I29" s="104"/>
+      <c r="J29" s="37" t="s">
+        <v>175</v>
+      </c>
+      <c r="K29" s="64" t="s">
+        <v>122</v>
+      </c>
+      <c r="L29" s="93" t="s">
+        <v>165</v>
+      </c>
+      <c r="M29" s="6" t="s">
+        <v>8</v>
+      </c>
       <c r="N29" s="7"/>
       <c r="O29" s="7"/>
-    </row>
-    <row r="30" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="P29" s="7"/>
+    </row>
+    <row r="30" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A30" s="17" t="s">
         <v>29</v>
       </c>
       <c r="B30" s="18">
         <v>45463</v>
       </c>
       <c r="C30" s="18">
         <v>45541</v>
       </c>
       <c r="D30" s="18">
         <v>45635</v>
       </c>
       <c r="E30" s="18">
         <v>45721</v>
       </c>
       <c r="F30" s="18">
         <v>45824</v>
       </c>
       <c r="G30" s="18">
         <v>45903</v>
       </c>
-      <c r="H30" s="27">
-[...11 lines deleted...]
-      <c r="N30" s="7"/>
+      <c r="H30" s="18">
+        <v>46001</v>
+      </c>
+      <c r="I30" s="26"/>
+      <c r="J30" s="21" t="s">
+        <v>125</v>
+      </c>
+      <c r="K30" s="76" t="s">
+        <v>109</v>
+      </c>
+      <c r="L30" s="40" t="s">
+        <v>128</v>
+      </c>
+      <c r="M30" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="N30" s="39"/>
       <c r="O30" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="48" t="s">
+      <c r="P30" s="7"/>
+    </row>
+    <row r="31" spans="1:16" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A31" s="46" t="s">
         <v>30</v>
       </c>
-      <c r="B31" s="28">
+      <c r="B31" s="27">
         <v>45467</v>
       </c>
-      <c r="C31" s="28">
+      <c r="C31" s="27">
         <v>45534</v>
       </c>
-      <c r="D31" s="28">
+      <c r="D31" s="27">
         <v>45663</v>
       </c>
-      <c r="E31" s="28">
+      <c r="E31" s="27">
         <v>45769</v>
       </c>
-      <c r="F31" s="28">
+      <c r="F31" s="27">
         <v>46197</v>
       </c>
-      <c r="G31" s="28">
+      <c r="G31" s="27">
         <v>45950</v>
       </c>
-      <c r="H31" s="112">
-[...12 lines deleted...]
-      <c r="M31" s="7"/>
+      <c r="H31" s="104">
+        <v>46028</v>
+      </c>
+      <c r="I31" s="104"/>
+      <c r="J31" s="38"/>
+      <c r="K31" s="64" t="s">
+        <v>106</v>
+      </c>
+      <c r="L31" s="101" t="s">
+        <v>161</v>
+      </c>
+      <c r="M31" s="6" t="s">
+        <v>8</v>
+      </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A32" s="43" t="s">
+      <c r="P31" s="7"/>
+    </row>
+    <row r="32" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A32" s="41" t="s">
         <v>31</v>
       </c>
       <c r="B32" s="18">
         <v>45475</v>
       </c>
       <c r="C32" s="18">
         <v>45574</v>
       </c>
       <c r="D32" s="18">
         <v>45660</v>
       </c>
       <c r="E32" s="18">
         <v>45716</v>
       </c>
       <c r="F32" s="18">
         <v>45839</v>
       </c>
       <c r="G32" s="18">
         <v>45933</v>
       </c>
-      <c r="H32" s="18">
-[...10 lines deleted...]
-      <c r="M32" s="7"/>
+      <c r="H32" s="26">
+        <v>46027</v>
+      </c>
+      <c r="I32" s="26"/>
+      <c r="J32" s="21"/>
+      <c r="K32" s="76" t="s">
+        <v>146</v>
+      </c>
+      <c r="L32" s="40" t="s">
+        <v>151</v>
+      </c>
+      <c r="M32" s="20" t="s">
+        <v>8</v>
+      </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" s="44" t="s">
+      <c r="P32" s="7"/>
+    </row>
+    <row r="33" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A33" s="42" t="s">
         <v>32</v>
       </c>
-      <c r="B33" s="28">
+      <c r="B33" s="27">
         <v>45450</v>
       </c>
-      <c r="C33" s="28">
+      <c r="C33" s="27">
         <v>45541</v>
       </c>
-      <c r="D33" s="28">
+      <c r="D33" s="27">
         <v>45635</v>
       </c>
-      <c r="E33" s="28">
+      <c r="E33" s="27">
         <v>45742</v>
       </c>
-      <c r="F33" s="28">
+      <c r="F33" s="27">
         <v>45814</v>
       </c>
-      <c r="G33" s="28">
+      <c r="G33" s="27">
         <v>45905</v>
       </c>
-      <c r="H33" s="112">
+      <c r="H33" s="104">
         <v>45996</v>
       </c>
-      <c r="I33" s="40"/>
-[...8 lines deleted...]
-      <c r="N33" s="7"/>
+      <c r="I33" s="104"/>
+      <c r="J33" s="38"/>
+      <c r="K33" s="65" t="s">
+        <v>117</v>
+      </c>
+      <c r="L33" s="37" t="s">
+        <v>120</v>
+      </c>
+      <c r="M33" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="N33" s="39"/>
       <c r="O33" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A34" s="43" t="s">
+      <c r="P33" s="7"/>
+    </row>
+    <row r="34" spans="1:16" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A34" s="41" t="s">
         <v>33</v>
       </c>
       <c r="B34" s="18">
         <v>45463</v>
       </c>
       <c r="C34" s="18">
         <v>45562</v>
       </c>
       <c r="D34" s="18">
         <v>45722</v>
       </c>
       <c r="E34" s="18">
         <v>45748</v>
       </c>
       <c r="F34" s="18">
         <v>45834</v>
       </c>
       <c r="G34" s="18">
         <v>45923</v>
       </c>
-      <c r="H34" s="27">
-[...14 lines deleted...]
-      <c r="M34" s="7"/>
+      <c r="H34" s="18">
+        <v>46013</v>
+      </c>
+      <c r="I34" s="26"/>
+      <c r="J34" s="40"/>
+      <c r="K34" s="66" t="s">
+        <v>76</v>
+      </c>
+      <c r="L34" s="40" t="s">
+        <v>86</v>
+      </c>
+      <c r="M34" s="16" t="s">
+        <v>8</v>
+      </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="44" t="s">
+      <c r="P34" s="7"/>
+    </row>
+    <row r="35" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A35" s="42" t="s">
         <v>34</v>
       </c>
-      <c r="B35" s="28">
+      <c r="B35" s="27">
         <v>45489</v>
       </c>
-      <c r="C35" s="28">
+      <c r="C35" s="27">
         <v>45558</v>
       </c>
-      <c r="D35" s="28">
+      <c r="D35" s="27">
         <v>45670</v>
       </c>
-      <c r="E35" s="28">
+      <c r="E35" s="27">
         <v>45743</v>
       </c>
-      <c r="F35" s="28">
+      <c r="F35" s="27">
         <v>45834</v>
       </c>
-      <c r="G35" s="28">
+      <c r="G35" s="27">
         <v>45924</v>
       </c>
-      <c r="H35" s="28">
-[...15 lines deleted...]
-      <c r="N35" s="7"/>
+      <c r="H35" s="104">
+        <v>46031</v>
+      </c>
+      <c r="I35" s="104"/>
+      <c r="J35" s="116"/>
+      <c r="K35" s="65" t="s">
+        <v>78</v>
+      </c>
+      <c r="L35" s="37" t="s">
+        <v>145</v>
+      </c>
+      <c r="M35" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="N35" s="39"/>
       <c r="O35" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A36" s="43" t="s">
+      <c r="P35" s="7"/>
+    </row>
+    <row r="36" spans="1:16" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A36" s="41" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="18">
         <v>45463</v>
       </c>
       <c r="C36" s="18">
         <v>45554</v>
       </c>
       <c r="D36" s="18">
         <v>45645</v>
       </c>
       <c r="E36" s="18">
         <v>45736</v>
       </c>
       <c r="F36" s="18">
         <v>45827</v>
       </c>
       <c r="G36" s="18">
         <v>45926</v>
       </c>
-      <c r="H36" s="18"/>
-[...13 lines deleted...]
-      <c r="N36" s="7"/>
+      <c r="H36" s="18">
+        <v>46009</v>
+      </c>
+      <c r="I36" s="26"/>
+      <c r="J36" s="21"/>
+      <c r="K36" s="63" t="s">
+        <v>132</v>
+      </c>
+      <c r="L36" s="40" t="s">
+        <v>133</v>
+      </c>
+      <c r="M36" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="N36" s="39"/>
       <c r="O36" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A37" s="44" t="s">
+      <c r="P36" s="7"/>
+    </row>
+    <row r="37" spans="1:16" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A37" s="42" t="s">
         <v>36</v>
       </c>
-      <c r="B37" s="28">
+      <c r="B37" s="27">
         <v>45446</v>
       </c>
-      <c r="C37" s="28">
+      <c r="C37" s="27">
         <v>45532</v>
       </c>
-      <c r="D37" s="28">
+      <c r="D37" s="27">
         <v>45618</v>
       </c>
-      <c r="E37" s="28">
+      <c r="E37" s="27">
         <v>45722</v>
       </c>
-      <c r="F37" s="28">
+      <c r="F37" s="27">
         <v>45799</v>
       </c>
-      <c r="G37" s="28">
+      <c r="G37" s="27">
         <v>45902</v>
       </c>
-      <c r="H37" s="28"/>
-[...11 lines deleted...]
-      <c r="N37" s="7"/>
+      <c r="H37" s="104">
+        <v>46041</v>
+      </c>
+      <c r="I37" s="27"/>
+      <c r="J37" s="37" t="s">
+        <v>171</v>
+      </c>
+      <c r="K37" s="65" t="s">
+        <v>172</v>
+      </c>
+      <c r="L37" s="38"/>
+      <c r="M37" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="N37" s="39"/>
       <c r="O37" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A38" s="43" t="s">
+      <c r="P37" s="7"/>
+    </row>
+    <row r="38" spans="1:16" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A38" s="41" t="s">
         <v>37</v>
       </c>
       <c r="B38" s="18">
         <v>45446</v>
       </c>
       <c r="C38" s="18">
         <v>45538</v>
       </c>
       <c r="D38" s="18">
         <v>45630</v>
       </c>
       <c r="E38" s="18">
         <v>45772</v>
       </c>
       <c r="F38" s="18">
         <v>45811</v>
       </c>
       <c r="G38" s="18">
         <v>45951</v>
       </c>
-      <c r="H38" s="27">
+      <c r="H38" s="18">
         <v>45993</v>
       </c>
-      <c r="I38" s="42" t="s">
-[...10 lines deleted...]
-      <c r="N38" s="7"/>
+      <c r="I38" s="26"/>
+      <c r="J38" s="21" t="s">
+        <v>85</v>
+      </c>
+      <c r="K38" s="63" t="s">
+        <v>100</v>
+      </c>
+      <c r="L38" s="21"/>
+      <c r="M38" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="N38" s="39"/>
       <c r="O38" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A39" s="44" t="s">
+      <c r="P38" s="7"/>
+    </row>
+    <row r="39" spans="1:16" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A39" s="42" t="s">
         <v>38</v>
       </c>
-      <c r="B39" s="28">
+      <c r="B39" s="27">
         <v>45470</v>
       </c>
-      <c r="C39" s="28">
+      <c r="C39" s="27">
         <v>45569</v>
       </c>
-      <c r="D39" s="28">
+      <c r="D39" s="27">
         <v>45664</v>
       </c>
-      <c r="E39" s="28">
+      <c r="E39" s="27">
         <v>45743</v>
       </c>
-      <c r="F39" s="28">
+      <c r="F39" s="27">
         <v>45810</v>
       </c>
-      <c r="G39" s="28">
+      <c r="G39" s="27">
         <v>45930</v>
       </c>
-      <c r="H39" s="112">
-[...12 lines deleted...]
-      <c r="M39" s="7"/>
+      <c r="H39" s="104">
+        <v>46027</v>
+      </c>
+      <c r="I39" s="104"/>
+      <c r="J39" s="37"/>
+      <c r="K39" s="74" t="s">
+        <v>94</v>
+      </c>
+      <c r="L39" s="111" t="s">
+        <v>90</v>
+      </c>
+      <c r="M39" s="22" t="s">
+        <v>8</v>
+      </c>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A40" s="43" t="s">
+      <c r="P39" s="7"/>
+    </row>
+    <row r="40" spans="1:16" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A40" s="41" t="s">
         <v>39</v>
       </c>
       <c r="B40" s="18">
         <v>45449</v>
       </c>
       <c r="C40" s="18">
         <v>45583</v>
       </c>
       <c r="D40" s="18">
         <v>45631</v>
       </c>
       <c r="E40" s="18">
         <v>45782</v>
       </c>
       <c r="F40" s="18">
         <v>45814</v>
       </c>
       <c r="G40" s="18">
         <v>45950</v>
       </c>
-      <c r="H40" s="27">
+      <c r="H40" s="18">
         <v>45996</v>
       </c>
-      <c r="I40" s="22"/>
-[...7 lines deleted...]
-      <c r="M40" s="49"/>
+      <c r="I40" s="26"/>
+      <c r="J40" s="21"/>
+      <c r="K40" s="67" t="s">
+        <v>118</v>
+      </c>
+      <c r="L40" s="40" t="s">
+        <v>137</v>
+      </c>
+      <c r="M40" s="18" t="s">
+        <v>8</v>
+      </c>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A41" s="44" t="s">
+      <c r="P40" s="7"/>
+    </row>
+    <row r="41" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A41" s="42" t="s">
         <v>40</v>
       </c>
-      <c r="B41" s="28">
+      <c r="B41" s="27">
         <v>45443</v>
       </c>
-      <c r="C41" s="28">
+      <c r="C41" s="27">
         <v>45572</v>
       </c>
-      <c r="D41" s="28">
+      <c r="D41" s="27">
         <v>45625</v>
       </c>
-      <c r="E41" s="28">
+      <c r="E41" s="27">
         <v>45716</v>
       </c>
-      <c r="F41" s="28">
+      <c r="F41" s="27">
         <v>45810</v>
       </c>
-      <c r="G41" s="28">
+      <c r="G41" s="27">
         <v>45930</v>
       </c>
-      <c r="H41" s="112">
+      <c r="H41" s="27">
         <v>45989</v>
       </c>
-      <c r="I41" s="40"/>
-[...9 lines deleted...]
-      <c r="M41" s="49"/>
+      <c r="I41" s="104"/>
+      <c r="J41" s="38"/>
+      <c r="K41" s="73" t="s">
+        <v>88</v>
+      </c>
+      <c r="L41" s="37" t="s">
+        <v>89</v>
+      </c>
+      <c r="M41" s="22" t="s">
+        <v>8</v>
+      </c>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A42" s="43" t="s">
+      <c r="P41" s="7"/>
+    </row>
+    <row r="42" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A42" s="41" t="s">
         <v>41</v>
       </c>
       <c r="B42" s="18">
         <v>45470</v>
       </c>
       <c r="C42" s="18">
         <v>45565</v>
       </c>
       <c r="D42" s="18">
         <v>45666</v>
       </c>
       <c r="E42" s="18">
         <v>45742</v>
       </c>
       <c r="F42" s="18">
         <v>45833</v>
       </c>
       <c r="G42" s="18">
         <v>45929</v>
       </c>
       <c r="H42" s="18">
-        <v>45959</v>
-[...12 lines deleted...]
-      <c r="N42" s="7"/>
+        <v>46014</v>
+      </c>
+      <c r="I42" s="26"/>
+      <c r="J42" s="21"/>
+      <c r="K42" s="63" t="s">
+        <v>141</v>
+      </c>
+      <c r="L42" s="21" t="s">
+        <v>140</v>
+      </c>
+      <c r="M42" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="N42" s="39"/>
       <c r="O42" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="44" t="s">
+      <c r="P42" s="7"/>
+    </row>
+    <row r="43" spans="1:16" ht="66" x14ac:dyDescent="0.25">
+      <c r="A43" s="42" t="s">
         <v>42</v>
       </c>
-      <c r="B43" s="28">
+      <c r="B43" s="27">
         <v>45461</v>
       </c>
-      <c r="C43" s="28">
+      <c r="C43" s="27">
         <v>45538</v>
       </c>
-      <c r="D43" s="28">
+      <c r="D43" s="27">
         <v>45631</v>
       </c>
-      <c r="E43" s="28">
+      <c r="E43" s="27">
         <v>45721</v>
       </c>
-      <c r="F43" s="28">
+      <c r="F43" s="27">
         <v>45812</v>
       </c>
-      <c r="G43" s="28">
+      <c r="G43" s="27">
         <v>45901</v>
       </c>
-      <c r="H43" s="112">
+      <c r="H43" s="27">
         <v>45994</v>
       </c>
-      <c r="I43" s="40"/>
-[...10 lines deleted...]
-      <c r="N43" s="7"/>
+      <c r="I43" s="104"/>
+      <c r="J43" s="38"/>
+      <c r="K43" s="74" t="s">
+        <v>107</v>
+      </c>
+      <c r="L43" s="37" t="s">
+        <v>108</v>
+      </c>
+      <c r="M43" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="N43" s="39"/>
       <c r="O43" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" s="43" t="s">
+      <c r="P43" s="7"/>
+    </row>
+    <row r="44" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A44" s="41" t="s">
         <v>43</v>
       </c>
       <c r="B44" s="18">
         <v>45442</v>
       </c>
       <c r="C44" s="18">
         <v>45562</v>
       </c>
       <c r="D44" s="18">
         <v>45625</v>
       </c>
       <c r="E44" s="18">
         <v>45750</v>
       </c>
       <c r="F44" s="18">
         <v>45811</v>
       </c>
       <c r="G44" s="18">
         <v>45930</v>
       </c>
-      <c r="H44" s="27">
+      <c r="H44" s="18">
         <v>45993</v>
       </c>
-      <c r="I44" s="42"/>
-[...5 lines deleted...]
-      <c r="M44" s="7"/>
+      <c r="I44" s="26"/>
+      <c r="J44" s="40"/>
+      <c r="K44" s="67"/>
+      <c r="L44" s="40" t="s">
+        <v>126</v>
+      </c>
+      <c r="M44" s="18" t="s">
+        <v>8</v>
+      </c>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A45" s="44" t="s">
+      <c r="P44" s="7"/>
+    </row>
+    <row r="45" spans="1:16" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="42" t="s">
         <v>60</v>
       </c>
-      <c r="B45" s="28">
+      <c r="B45" s="27">
         <v>45481</v>
       </c>
-      <c r="C45" s="28">
+      <c r="C45" s="27">
         <v>45569</v>
       </c>
-      <c r="D45" s="28">
+      <c r="D45" s="27">
         <v>45660</v>
       </c>
-      <c r="E45" s="28">
+      <c r="E45" s="27">
         <v>45728</v>
       </c>
-      <c r="F45" s="28">
+      <c r="F45" s="27">
         <v>45810</v>
       </c>
-      <c r="G45" s="28">
+      <c r="G45" s="27">
         <v>45982</v>
       </c>
-      <c r="H45" s="112">
-[...15 lines deleted...]
-      <c r="N45" s="32"/>
+      <c r="H45" s="27">
+        <v>46003</v>
+      </c>
+      <c r="I45" s="104"/>
+      <c r="J45" s="37"/>
+      <c r="K45" s="65" t="s">
+        <v>96</v>
+      </c>
+      <c r="L45" s="101" t="s">
+        <v>152</v>
+      </c>
+      <c r="M45" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="N45" s="47"/>
       <c r="O45" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A46" s="43" t="s">
+      <c r="P45" s="7"/>
+    </row>
+    <row r="46" spans="1:16" ht="66.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="41" t="s">
         <v>44</v>
       </c>
       <c r="B46" s="18">
         <v>45504</v>
       </c>
       <c r="C46" s="18">
         <v>45587</v>
       </c>
       <c r="D46" s="18">
         <v>45649</v>
       </c>
       <c r="E46" s="18">
         <v>45744</v>
       </c>
       <c r="F46" s="18">
         <v>45838</v>
       </c>
       <c r="G46" s="18">
         <v>45964</v>
       </c>
       <c r="H46" s="18">
-        <v>45979</v>
-[...13 lines deleted...]
-      <c r="M46" s="7"/>
+        <v>46014</v>
+      </c>
+      <c r="I46" s="26"/>
+      <c r="J46" s="40"/>
+      <c r="K46" s="67" t="s">
+        <v>138</v>
+      </c>
+      <c r="L46" s="40" t="s">
+        <v>139</v>
+      </c>
+      <c r="M46" s="18" t="s">
+        <v>8</v>
+      </c>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A47" s="44" t="s">
+      <c r="P46" s="7"/>
+    </row>
+    <row r="47" spans="1:16" ht="66" x14ac:dyDescent="0.25">
+      <c r="A47" s="42" t="s">
         <v>45</v>
       </c>
-      <c r="B47" s="28">
+      <c r="B47" s="27">
         <v>45470</v>
       </c>
-      <c r="C47" s="28">
+      <c r="C47" s="27">
         <v>45561</v>
       </c>
-      <c r="D47" s="28">
+      <c r="D47" s="27">
         <v>45645</v>
       </c>
-      <c r="E47" s="28">
+      <c r="E47" s="27">
         <v>45743</v>
       </c>
-      <c r="F47" s="28">
+      <c r="F47" s="27">
         <v>45834</v>
       </c>
-      <c r="G47" s="28">
+      <c r="G47" s="27">
         <v>45925</v>
       </c>
-      <c r="H47" s="28"/>
-[...12 lines deleted...]
-      <c r="M47" s="7"/>
+      <c r="H47" s="27">
+        <v>46014</v>
+      </c>
+      <c r="I47" s="104"/>
+      <c r="J47" s="38"/>
+      <c r="K47" s="65" t="s">
+        <v>144</v>
+      </c>
+      <c r="L47" s="106" t="s">
+        <v>143</v>
+      </c>
+      <c r="M47" s="22" t="s">
+        <v>8</v>
+      </c>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A48" s="107" t="s">
+      <c r="P47" s="7"/>
+    </row>
+    <row r="48" spans="1:16" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A48" s="99" t="s">
         <v>46</v>
       </c>
       <c r="B48" s="8"/>
       <c r="C48" s="8"/>
       <c r="D48" s="8"/>
       <c r="E48" s="8"/>
       <c r="F48" s="8"/>
       <c r="G48" s="8"/>
       <c r="H48" s="8"/>
-      <c r="I48" s="9" t="s">
+      <c r="I48" s="8"/>
+      <c r="J48" s="9" t="s">
         <v>58</v>
       </c>
-      <c r="J48" s="73"/>
-[...2 lines deleted...]
-      <c r="M48" s="7"/>
+      <c r="K48" s="68"/>
+      <c r="L48" s="9"/>
+      <c r="M48" s="8"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A49" s="35" t="s">
+      <c r="P48" s="7"/>
+    </row>
+    <row r="49" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A49" s="33" t="s">
         <v>47</v>
       </c>
-      <c r="B49" s="28">
+      <c r="B49" s="27">
         <v>45474</v>
       </c>
-      <c r="C49" s="28">
+      <c r="C49" s="27">
         <v>45554</v>
       </c>
-      <c r="D49" s="28">
+      <c r="D49" s="27">
         <v>45643</v>
       </c>
-      <c r="E49" s="28">
+      <c r="E49" s="27">
         <v>45736</v>
       </c>
-      <c r="F49" s="28">
+      <c r="F49" s="27">
         <v>45832</v>
       </c>
-      <c r="G49" s="28">
+      <c r="G49" s="27">
         <v>45918</v>
       </c>
-      <c r="H49" s="28"/>
-[...10 lines deleted...]
-      <c r="M49" s="7"/>
+      <c r="H49" s="27">
+        <v>46008</v>
+      </c>
+      <c r="I49" s="104"/>
+      <c r="J49" s="38"/>
+      <c r="K49" s="115" t="s">
+        <v>131</v>
+      </c>
+      <c r="L49" s="118" t="s">
+        <v>153</v>
+      </c>
+      <c r="M49" s="48" t="s">
+        <v>8</v>
+      </c>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
-    </row>
-    <row r="50" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="P49" s="7"/>
+    </row>
+    <row r="50" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A50" s="17" t="s">
         <v>48</v>
       </c>
       <c r="B50" s="18">
         <v>45449</v>
       </c>
       <c r="C50" s="18">
         <v>45538</v>
       </c>
       <c r="D50" s="18">
         <v>45630</v>
       </c>
       <c r="E50" s="18">
         <v>45727</v>
       </c>
       <c r="F50" s="18">
         <v>45813</v>
       </c>
       <c r="G50" s="18">
         <v>45904</v>
       </c>
-      <c r="H50" s="27">
-[...14 lines deleted...]
-      <c r="M50" s="7"/>
+      <c r="H50" s="18">
+        <v>46009</v>
+      </c>
+      <c r="I50" s="26"/>
+      <c r="J50" s="40"/>
+      <c r="K50" s="63" t="s">
+        <v>114</v>
+      </c>
+      <c r="L50" s="40" t="s">
+        <v>154</v>
+      </c>
+      <c r="M50" s="16" t="s">
+        <v>8</v>
+      </c>
       <c r="N50" s="7"/>
       <c r="O50" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A51" s="35" t="s">
+      <c r="P50" s="7"/>
+    </row>
+    <row r="51" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A51" s="33" t="s">
         <v>49</v>
       </c>
-      <c r="B51" s="28">
+      <c r="B51" s="27">
         <v>45450</v>
       </c>
-      <c r="C51" s="28">
+      <c r="C51" s="27">
         <v>45583</v>
       </c>
-      <c r="D51" s="28">
+      <c r="D51" s="27">
         <v>45635</v>
       </c>
-      <c r="E51" s="28">
+      <c r="E51" s="27">
         <v>45723</v>
       </c>
-      <c r="F51" s="28">
+      <c r="F51" s="27">
         <v>45814</v>
       </c>
-      <c r="G51" s="28">
+      <c r="G51" s="27">
         <v>45950</v>
       </c>
-      <c r="H51" s="112">
-[...10 lines deleted...]
-      <c r="M51" s="7"/>
+      <c r="H51" s="104">
+        <v>46031</v>
+      </c>
+      <c r="I51" s="104"/>
+      <c r="J51" s="37" t="s">
+        <v>162</v>
+      </c>
+      <c r="K51" s="92" t="s">
+        <v>119</v>
+      </c>
+      <c r="L51" s="107" t="s">
+        <v>129</v>
+      </c>
+      <c r="M51" s="49" t="s">
+        <v>8</v>
+      </c>
       <c r="N51" s="7"/>
       <c r="O51" s="7"/>
-    </row>
-    <row r="52" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="P51" s="7"/>
+    </row>
+    <row r="52" spans="1:16" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A52" s="17" t="s">
         <v>50</v>
       </c>
       <c r="B52" s="18">
         <v>45400</v>
       </c>
       <c r="C52" s="18">
         <v>45491</v>
       </c>
       <c r="D52" s="18">
         <v>45587</v>
       </c>
       <c r="E52" s="18">
         <v>45684</v>
       </c>
       <c r="F52" s="18">
         <v>45769</v>
       </c>
       <c r="G52" s="18">
         <v>45974</v>
       </c>
-      <c r="H52" s="18"/>
-[...10 lines deleted...]
-      <c r="M52" s="7"/>
+      <c r="H52" s="18">
+        <v>45947</v>
+      </c>
+      <c r="I52" s="26">
+        <v>46041</v>
+      </c>
+      <c r="J52" s="40" t="s">
+        <v>168</v>
+      </c>
+      <c r="K52" s="121" t="s">
+        <v>169</v>
+      </c>
+      <c r="L52" s="40" t="s">
+        <v>156</v>
+      </c>
+      <c r="M52" s="16" t="s">
+        <v>8</v>
+      </c>
       <c r="N52" s="7"/>
       <c r="O52" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A53" s="35" t="s">
+      <c r="P52" s="7"/>
+    </row>
+    <row r="53" spans="1:16" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A53" s="33" t="s">
         <v>61</v>
       </c>
-      <c r="B53" s="28">
+      <c r="B53" s="27">
         <v>45441</v>
       </c>
-      <c r="C53" s="28">
+      <c r="C53" s="27">
         <v>45586</v>
       </c>
-      <c r="D53" s="28">
+      <c r="D53" s="27">
         <v>45629</v>
       </c>
-      <c r="E53" s="28">
+      <c r="E53" s="27">
         <v>45769</v>
       </c>
-      <c r="F53" s="28">
+      <c r="F53" s="27">
         <v>45805</v>
       </c>
-      <c r="G53" s="28">
+      <c r="G53" s="27">
         <v>45947</v>
       </c>
-      <c r="H53" s="112">
+      <c r="H53" s="27">
         <v>45988</v>
       </c>
-      <c r="I53" s="39"/>
-[...9 lines deleted...]
-      <c r="M53" s="7"/>
+      <c r="I53" s="104"/>
+      <c r="J53" s="37"/>
+      <c r="K53" s="74" t="s">
+        <v>84</v>
+      </c>
+      <c r="L53" s="62" t="s">
+        <v>83</v>
+      </c>
+      <c r="M53" s="22" t="s">
+        <v>8</v>
+      </c>
       <c r="N53" s="7"/>
       <c r="O53" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A54" s="43" t="s">
+      <c r="P53" s="7"/>
+    </row>
+    <row r="54" spans="1:16" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A54" s="41" t="s">
         <v>51</v>
       </c>
       <c r="B54" s="18">
         <v>45446</v>
       </c>
       <c r="C54" s="18">
         <v>45537</v>
       </c>
       <c r="D54" s="18">
         <v>45625</v>
       </c>
       <c r="E54" s="18">
         <v>45719</v>
       </c>
       <c r="F54" s="18">
         <v>45812</v>
       </c>
       <c r="G54" s="18">
         <v>45898</v>
       </c>
-      <c r="H54" s="27">
+      <c r="H54" s="18">
         <v>45996</v>
       </c>
-      <c r="I54" s="22"/>
-      <c r="J54" s="71" t="s">
+      <c r="I54" s="26"/>
+      <c r="J54" s="21"/>
+      <c r="K54" s="66" t="s">
+        <v>115</v>
+      </c>
+      <c r="L54" s="40" t="s">
         <v>157</v>
       </c>
-      <c r="K54" s="42"/>
-[...3 lines deleted...]
-      <c r="M54" s="7"/>
+      <c r="M54" s="16" t="s">
+        <v>8</v>
+      </c>
       <c r="N54" s="7"/>
       <c r="O54" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A55" s="48" t="s">
+      <c r="P54" s="7"/>
+    </row>
+    <row r="55" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A55" s="46" t="s">
         <v>52</v>
       </c>
-      <c r="B55" s="28">
+      <c r="B55" s="27">
         <v>45418</v>
       </c>
-      <c r="C55" s="28">
+      <c r="C55" s="27">
         <v>45510</v>
       </c>
-      <c r="D55" s="28">
+      <c r="D55" s="27">
         <v>45601</v>
       </c>
-      <c r="E55" s="28">
+      <c r="E55" s="27">
         <v>45695</v>
       </c>
-      <c r="F55" s="28">
+      <c r="F55" s="27">
         <v>45784</v>
       </c>
-      <c r="G55" s="28">
+      <c r="G55" s="27">
         <v>45887</v>
       </c>
-      <c r="H55" s="28"/>
-[...8 lines deleted...]
-      <c r="M55" s="7"/>
+      <c r="H55" s="27">
+        <v>45967</v>
+      </c>
+      <c r="I55" s="27"/>
+      <c r="J55" s="38"/>
+      <c r="K55" s="69" t="s">
+        <v>77</v>
+      </c>
+      <c r="L55" s="101" t="s">
+        <v>158</v>
+      </c>
+      <c r="M55" s="27" t="s">
+        <v>8</v>
+      </c>
       <c r="N55" s="7"/>
       <c r="O55" s="7"/>
-    </row>
-    <row r="56" spans="1:15" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="P55" s="7"/>
+    </row>
+    <row r="56" spans="1:16" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A56" s="17" t="s">
         <v>53</v>
       </c>
       <c r="B56" s="18">
         <v>45481</v>
       </c>
       <c r="C56" s="18">
         <v>45581</v>
       </c>
       <c r="D56" s="18">
         <v>45667</v>
       </c>
       <c r="E56" s="18">
         <v>45757</v>
       </c>
       <c r="F56" s="18">
         <v>45849</v>
       </c>
       <c r="G56" s="18">
         <v>45940</v>
       </c>
-      <c r="H56" s="27">
-[...10 lines deleted...]
-      <c r="M56" s="7"/>
+      <c r="H56" s="26">
+        <v>46034</v>
+      </c>
+      <c r="I56" s="26"/>
+      <c r="J56" s="21"/>
+      <c r="K56" s="63" t="s">
+        <v>163</v>
+      </c>
+      <c r="L56" s="40" t="s">
+        <v>164</v>
+      </c>
+      <c r="M56" s="16" t="s">
+        <v>8</v>
+      </c>
       <c r="N56" s="7"/>
       <c r="O56" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A57" s="48" t="s">
+      <c r="P56" s="7"/>
+    </row>
+    <row r="57" spans="1:16" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A57" s="46" t="s">
         <v>54</v>
       </c>
-      <c r="B57" s="28"/>
-[...12 lines deleted...]
-      <c r="M57" s="7"/>
+      <c r="B57" s="27"/>
+      <c r="C57" s="27"/>
+      <c r="D57" s="27"/>
+      <c r="E57" s="27"/>
+      <c r="F57" s="27"/>
+      <c r="G57" s="27"/>
+      <c r="H57" s="27"/>
+      <c r="I57" s="27"/>
+      <c r="J57" s="38"/>
+      <c r="K57" s="70"/>
+      <c r="L57" s="93"/>
+      <c r="M57" s="27" t="s">
+        <v>8</v>
+      </c>
       <c r="N57" s="7"/>
       <c r="O57" s="7"/>
-    </row>
-    <row r="58" spans="1:15" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="P57" s="7"/>
+    </row>
+    <row r="58" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A58" s="17" t="s">
         <v>55</v>
       </c>
       <c r="B58" s="18">
         <v>45452</v>
       </c>
       <c r="C58" s="18">
         <v>45544</v>
       </c>
       <c r="D58" s="18">
         <v>45635</v>
       </c>
       <c r="E58" s="18">
         <v>45725</v>
       </c>
       <c r="F58" s="18">
         <v>45817</v>
       </c>
       <c r="G58" s="18">
         <v>45908</v>
       </c>
-      <c r="H58" s="27">
-[...12 lines deleted...]
-      <c r="M58" s="7"/>
+      <c r="H58" s="18">
+        <v>45999</v>
+      </c>
+      <c r="I58" s="26"/>
+      <c r="J58" s="21"/>
+      <c r="K58" s="66" t="s">
+        <v>123</v>
+      </c>
+      <c r="L58" s="40" t="s">
+        <v>159</v>
+      </c>
+      <c r="M58" s="50" t="s">
+        <v>8</v>
+      </c>
       <c r="N58" s="7"/>
       <c r="O58" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A59" s="48" t="s">
+      <c r="P58" s="7"/>
+    </row>
+    <row r="59" spans="1:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="46" t="s">
         <v>56</v>
       </c>
-      <c r="B59" s="28">
+      <c r="B59" s="27">
         <v>45453</v>
       </c>
-      <c r="C59" s="28">
+      <c r="C59" s="27">
         <v>45538</v>
       </c>
-      <c r="D59" s="28">
+      <c r="D59" s="27">
         <v>45630</v>
       </c>
-      <c r="E59" s="28">
+      <c r="E59" s="27">
         <v>45721</v>
       </c>
-      <c r="F59" s="28">
+      <c r="F59" s="27">
         <v>45812</v>
       </c>
-      <c r="G59" s="28">
+      <c r="G59" s="27">
         <v>45910</v>
       </c>
-      <c r="H59" s="112">
+      <c r="H59" s="27">
         <v>45993</v>
       </c>
-      <c r="I59" s="40"/>
-[...7 lines deleted...]
-      <c r="M59" s="7"/>
+      <c r="I59" s="104"/>
+      <c r="J59" s="38"/>
+      <c r="K59" s="91" t="s">
+        <v>101</v>
+      </c>
+      <c r="L59" s="102"/>
+      <c r="M59" s="27" t="s">
+        <v>8</v>
+      </c>
       <c r="N59" s="7"/>
       <c r="O59" s="7"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A60" s="54" t="s">
+      <c r="P59" s="7"/>
+    </row>
+    <row r="60" spans="1:16" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A60" s="51" t="s">
         <v>65</v>
       </c>
       <c r="B60" s="11"/>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11"/>
       <c r="F60" s="11"/>
       <c r="G60" s="11"/>
       <c r="H60" s="11"/>
-      <c r="I60" s="89"/>
-[...9 lines deleted...]
-        <v>70</v>
+      <c r="I60" s="11"/>
+      <c r="J60" s="84"/>
+      <c r="K60" s="85"/>
+      <c r="L60" s="86"/>
+      <c r="M60" s="85"/>
+      <c r="N60" s="87"/>
+      <c r="O60" s="88"/>
+      <c r="P60" s="11"/>
+    </row>
+    <row r="61" spans="1:16" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A61" s="51" t="s">
+        <v>136</v>
       </c>
       <c r="B61" s="11"/>
       <c r="C61" s="11"/>
       <c r="D61" s="11"/>
       <c r="E61" s="11"/>
       <c r="F61" s="11"/>
       <c r="G61" s="11"/>
       <c r="H61" s="11"/>
-      <c r="I61" s="89"/>
-[...8 lines deleted...]
-      <c r="A62" s="54" t="s">
+      <c r="I61" s="11"/>
+      <c r="J61" s="84"/>
+      <c r="K61" s="89"/>
+      <c r="L61" s="86"/>
+      <c r="M61" s="85"/>
+      <c r="N61" s="87"/>
+      <c r="O61" s="88"/>
+      <c r="P61" s="11"/>
+    </row>
+    <row r="62" spans="1:16" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A62" s="51" t="s">
         <v>57</v>
       </c>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
       <c r="E62" s="10"/>
       <c r="F62" s="10"/>
       <c r="G62" s="10"/>
       <c r="H62" s="10"/>
-      <c r="I62" s="55"/>
-[...8 lines deleted...]
-      <c r="A63" s="57" t="s">
+      <c r="I62" s="10"/>
+      <c r="J62" s="52"/>
+      <c r="K62" s="77"/>
+      <c r="L62" s="11"/>
+      <c r="M62" s="52"/>
+      <c r="N62" s="10"/>
+      <c r="O62" s="53"/>
+      <c r="P62" s="53"/>
+    </row>
+    <row r="63" spans="1:16" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A63" s="54" t="s">
         <v>62</v>
       </c>
       <c r="B63" s="12"/>
       <c r="C63" s="12"/>
       <c r="D63" s="12"/>
       <c r="E63" s="12"/>
       <c r="F63" s="12"/>
       <c r="G63" s="12"/>
       <c r="H63" s="12"/>
-      <c r="I63" s="60"/>
-[...57 lines deleted...]
-      <c r="I77" s="66"/>
+      <c r="I63" s="12"/>
+      <c r="J63" s="57"/>
+      <c r="K63" s="78"/>
+      <c r="L63" s="13"/>
+      <c r="N63" s="12"/>
+      <c r="O63" s="56"/>
+      <c r="P63" s="56"/>
+    </row>
+    <row r="64" spans="1:16" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A64" s="58"/>
     </row>
   </sheetData>
-  <mergeCells count="19">
+  <mergeCells count="20">
     <mergeCell ref="A5:A6"/>
-    <mergeCell ref="I5:I6"/>
+    <mergeCell ref="J5:J6"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="E8:E9"/>
     <mergeCell ref="F8:F9"/>
-    <mergeCell ref="B1:L2"/>
+    <mergeCell ref="I8:I9"/>
+    <mergeCell ref="B1:M2"/>
     <mergeCell ref="B5:E5"/>
+    <mergeCell ref="M5:M6"/>
+    <mergeCell ref="L8:L9"/>
+    <mergeCell ref="M8:M9"/>
     <mergeCell ref="L5:L6"/>
+    <mergeCell ref="J8:J9"/>
+    <mergeCell ref="K5:K6"/>
     <mergeCell ref="K8:K9"/>
-    <mergeCell ref="L8:L9"/>
-[...3 lines deleted...]
-    <mergeCell ref="J8:J9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="G8:G9"/>
-    <mergeCell ref="F5:H5"/>
     <mergeCell ref="H8:H9"/>
+    <mergeCell ref="F5:I5"/>
   </mergeCells>
   <phoneticPr fontId="11" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="J49" r:id="rId1" xr:uid="{93FDC634-F53D-49B8-96C6-EFFE725DD6A0}"/>
-[...29 lines deleted...]
-    <hyperlink ref="J8" r:id="rId31" xr:uid="{57AA36AB-8509-4526-B87B-FA37F489F9E4}"/>
+    <hyperlink ref="K18" r:id="rId1" xr:uid="{00000000-0004-0000-0000-00003A000000}"/>
+    <hyperlink ref="K10" r:id="rId2" xr:uid="{C1ADBD2F-690C-4E8D-A6E4-0D3800610031}"/>
+    <hyperlink ref="K50" r:id="rId3" xr:uid="{4F9D1CB1-D594-4C4B-9D9D-E9C7DE7D90E2}"/>
+    <hyperlink ref="K17" r:id="rId4" xr:uid="{F98764D3-A791-480C-84D2-76CFA4328717}"/>
+    <hyperlink ref="K34" r:id="rId5" xr:uid="{135D7797-1538-4FAC-AE0E-68754D734C19}"/>
+    <hyperlink ref="L47" r:id="rId6" display="https://www.bea.gov/news/schedule" xr:uid="{15A2185C-C811-4F87-9C20-6EC6BD42B2A9}"/>
+    <hyperlink ref="K27" r:id="rId7" xr:uid="{81EE38D7-4F54-4E52-B6F4-52A55C3489F3}"/>
+    <hyperlink ref="K35" r:id="rId8" xr:uid="{3C9BDBA5-AD2A-4216-82CF-1D296463BF51}"/>
+    <hyperlink ref="K14" r:id="rId9" xr:uid="{85E15B4A-691C-4AE0-9DE3-6D18308580E1}"/>
+    <hyperlink ref="K15" r:id="rId10" xr:uid="{6395AB09-0DEF-451D-A33D-8D12F376997D}"/>
+    <hyperlink ref="K21" r:id="rId11" xr:uid="{8CCF58F7-926B-4D48-A656-2ABE9A5653EC}"/>
+    <hyperlink ref="K39" r:id="rId12" xr:uid="{B4C3B358-B1A0-4DE5-83A7-5150FF69CE65}"/>
+    <hyperlink ref="K32" r:id="rId13" xr:uid="{7E3A5806-3384-4E7A-8CCD-383E26D4B3A5}"/>
+    <hyperlink ref="K45" r:id="rId14" xr:uid="{40C8CA59-0F4A-4649-80A3-E54C610F47B3}"/>
+    <hyperlink ref="K19" r:id="rId15" xr:uid="{1536A5E0-67A0-46BE-9BC0-B685EFCB58C5}"/>
+    <hyperlink ref="K13" r:id="rId16" xr:uid="{A9C11C53-568E-447E-A9D8-ED375F984BE7}"/>
+    <hyperlink ref="K38" r:id="rId17" xr:uid="{8B967BDF-87E4-4C29-9871-EDD6C20A2832}"/>
+    <hyperlink ref="K59" r:id="rId18" xr:uid="{DC3B6937-4236-4583-BE07-8A2F93E3F055}"/>
+    <hyperlink ref="K25" r:id="rId19" xr:uid="{37B25566-E9CE-448E-8187-81E59A40771F}"/>
+    <hyperlink ref="K30" r:id="rId20" xr:uid="{DC588A0D-A314-407C-8EFF-5E6BAFCCE437}"/>
+    <hyperlink ref="K54" r:id="rId21" xr:uid="{E7E6F3D5-4838-4BB8-A399-6EC227F7D6DF}"/>
+    <hyperlink ref="K8" r:id="rId22" xr:uid="{57AA36AB-8509-4526-B87B-FA37F489F9E4}"/>
+    <hyperlink ref="K23" r:id="rId23" display="https://www.statistics.gr/en/statistics?p_p_id=documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN&amp;p_p_lifecycle=2&amp;p_p_state=normal&amp;p_p_mode=view&amp;p_p_cacheability=cacheLevelPage&amp;p_p_col_id=column-2&amp;p_p_col_count=4&amp;p_p_col_pos=1&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_javax.faces.resource=document&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_ln=downloadResources&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_documentID=577551&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_locale=en" xr:uid="{339469F2-31C5-423E-BF2E-7753102A637F}"/>
+    <hyperlink ref="K29" r:id="rId24" xr:uid="{9DF32774-7E43-4F5F-95D4-576033C29E52}"/>
+    <hyperlink ref="J29" r:id="rId25" xr:uid="{051839D4-B8B8-44C6-BF43-B0746CA61971}"/>
+    <hyperlink ref="K49" r:id="rId26" xr:uid="{EC09D3B4-20DF-4B2C-B13D-E190BBD0C160}"/>
+    <hyperlink ref="K20" r:id="rId27" xr:uid="{0A4863CC-1CC7-47B9-947A-6E8D88C34062}"/>
+    <hyperlink ref="K31" r:id="rId28" xr:uid="{57E42B91-2583-40C8-AC65-1B06F98F834A}"/>
+    <hyperlink ref="J13" r:id="rId29" xr:uid="{F57AD40F-7FE2-4E52-9CBF-C2366B16A081}"/>
+    <hyperlink ref="K12" r:id="rId30" xr:uid="{62A058DF-01C4-4FE9-AAB2-1F4D6178D18A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId32"/>
+  <pageSetup orientation="portrait" r:id="rId31"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K0000FF Restricted Use - À usage restreint</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QNA</vt:lpstr>
     </vt:vector>