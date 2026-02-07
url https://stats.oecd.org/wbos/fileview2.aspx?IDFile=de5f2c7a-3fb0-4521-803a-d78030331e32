--- v2 (2026-01-21)
+++ v3 (2026-02-07)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\STDH\STDedata\QNA\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1BFBFAB8-346C-4C2F-B5F1-3A318CA2F358}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B1DBC58A-D976-4DE2-BF84-1F8C32CD62C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" tabRatio="530" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" tabRatio="530" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="QNA" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A1" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="179">
   <si>
     <t>This calendar is updated on a ongoing basis and recent modifications are indicated in green.</t>
   </si>
   <si>
     <t>COUNTRY/ZONE</t>
   </si>
   <si>
     <t>News related to the last update</t>
   </si>
   <si>
     <t>Link to the last national news release</t>
   </si>
   <si>
     <t xml:space="preserve">Countries' official upcoming
 release dates * </t>
   </si>
   <si>
     <t>SNA Methodology used</t>
   </si>
   <si>
     <t>PPPs for GDP</t>
   </si>
   <si>
     <t>Euro area</t>
   </si>
@@ -390,681 +390,625 @@
         <rFont val="Candara"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> there may be a one-day lag between the updates dates provided above and the actual update dates in OECD Data Explorer, depending on the update time.</t>
     </r>
   </si>
   <si>
     <t>Q1 24</t>
   </si>
   <si>
     <t>Q2 24</t>
   </si>
   <si>
     <t>Q3 24</t>
   </si>
   <si>
     <t>Q4 24</t>
   </si>
   <si>
     <t>Q1 25</t>
   </si>
   <si>
     <t>Q2 25</t>
   </si>
   <si>
-    <t>https://csu.gov.cz/quarterly-gdp-estimates?pocet=10&amp;start=0&amp;podskupiny=051&amp;razeni=-datumVydani</t>
-[...1 lines deleted...]
-  <si>
     <t>Q3 25</t>
   </si>
   <si>
     <t>Partial update</t>
   </si>
   <si>
     <t>GDP and employment flash update</t>
   </si>
   <si>
-    <t>https://www.inegi.org.mx/contenidos/saladeprensa/boletines/2025/pibo/pib_eo2025_10.pdf</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.bcentral.cl/documents/33528/7868360/Cuentas+Nacionales+Tercer+Trimestre+2025.pdf/ab6a2394-1aec-9263-8d5e-f4d51b674d7f?t=1763412614972</t>
   </si>
   <si>
     <t>https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-trimestrales</t>
   </si>
   <si>
-    <t xml:space="preserve">Q4 25: F 30 Jan; 25 Feb; 
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Q4 25: 27 Feb; </t>
   </si>
   <si>
     <t>https://podaci.dzs.hr/2025/en/97196</t>
   </si>
   <si>
     <t>GDP and employment update</t>
-  </si>
-[...6 lines deleted...]
-    <t>https://www.istat.it/en/press-release/quarterly-national-accounts-q3-2025/</t>
   </si>
   <si>
     <t>https://www.stat.si/StatWeb/en/News/Index/13989</t>
   </si>
   <si>
     <t xml:space="preserve">Q4 25: 16 Feb; 27 Feb; 
 Q1 26: 15 May; 29 May; 
 Q2 26: 14 Aug; 28 Aug; 23 Sep; 
 Q3 26: 16 Oct; 30 Oct; </t>
   </si>
   <si>
-    <t>Q4 25: F 30 Jan; 27 Feb;</t>
-[...16 lines deleted...]
-  <si>
     <t>Partially updated</t>
   </si>
   <si>
     <t>https://data.tuik.gov.tr/Bulten/Index?p=Quarterly-Gross-Domestic-Product-Quarter-III:-July-September,-2025-54161&amp;dil=2</t>
-  </si>
-[...23 lines deleted...]
-    <t>https://www150.statcan.gc.ca/n1/daily-quotidien/251128/dq251128a-eng.htm?HPA=1&amp;indid=3278-1&amp;indgeo=0</t>
   </si>
   <si>
     <t>https://stat.gov.pl/en/topics/national-accounts/quarterly-national-accounts/gross-domestic-product-in-the-3rd-quarter-of-2025-preliminary-estimate,2,92.html</t>
   </si>
   <si>
     <t>https://www.statssa.gov.za/?p=19044</t>
   </si>
   <si>
     <t>Q4 25: 27 Feb; 
 Q1 26: 29 May; 
 Q2 26: 31 Aug; 
 Q3 26: 30 Nov;</t>
   </si>
   <si>
     <t>https://www.statice.is/publications/news-archive/national-accounts/national-accounts-3rd-quarter-2025/</t>
   </si>
   <si>
     <t>https://www.abs.gov.au/media-centre/media-releases/australian-economy-grew-04-september-quarter</t>
   </si>
   <si>
     <t>Q4 25: 04 Mar;</t>
   </si>
   <si>
     <t>https://stat.gov.lv/en/statistics-themes/economy/gross-domestic-product-quarterly-data/press-releases/24722-gross-domestic?themeCode=IS</t>
   </si>
   <si>
-    <t>https://www.scb.se/en/finding-statistics/statistics-by-subject-area/national-accounts/national-accounts/national-accounts-quarterly-and-annual-estimates/pong/statistical-news/national-accounts-third-quarter-2025/</t>
-[...24 lines deleted...]
-  <si>
     <t>https://agenciadenoticias.ibge.gov.br/en/agencia-press-room/2185-news-agency/releases-en/45373-pib-varia-0-1-no-terceiro-trimestre-de-2026</t>
   </si>
   <si>
     <t>https://new.mospi.gov.in/uploads/latestReleases/latest_release_1764326214920_fc47e094-3e61-42c3-a494-b4dc5f9dc5fd_GDP_Press_Note_on_Q2_2025-26N.pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">https://ec.europa.eu/eurostat/en/web/products-euro-indicators/w/2-05122025-ap </t>
   </si>
   <si>
     <t>https://statistiques.public.lu/fr/actualites/2025/stn41-25-comptes-trim.html</t>
   </si>
   <si>
     <t>https://slovak.statistics.sk/wps/portal/ext/products/informationmessages/inf_sprava_detail/!ut/p/z1/tVLBUoMwEP0WDz1mdoEA4Zg6llIrI6VQycUJNG2xGtAyqH8v1I4XR7QH97I5vPfy3u6CgDsQWrblVjZlpeUjzEAI5z5yAzYeGxxxPLcwmF3H4fRyYvqJ3RGy8uH5WXAQRaUb9dbAXZUf5I4oTUq9IXLfjLB7VC9PnWirFTnUL7J9H2F7UM2-66ZpUKSbgijlrAmlhUmYxzZEMfSMXCFjOUIGmXB_NGK4EIMAURflGjKbUSXRcnoFSmhumMTL0SRUOW6xlrm9lhas2lK9QqJ7X48QK91HGc66OgLwh-J4nBWPoiiepyn6qTnBwDJ8DJOkU3NO_EufT6k7R2Rz38aAT5OFF1kWcutv_C-DLFxcYbDkt_5iRg2k9pn87wHFcLxP_sAHv9xK2q-o0E3d7CD7jyM58wJ6_ECgpXMCDG3st5lNEeqnFZE5ZTdVV3Vot1jebvnFxQfLiDSX/dz/d5/L2dBISEvZ0FBIS9nQSEh/</t>
   </si>
   <si>
     <t>https://www.nsi.bg/en/press-release/gross-domestic-product-gdp-national-level-8882</t>
   </si>
   <si>
     <t>Q4 25: 06 Mar; 
 Q1 26: 05 Jun; 
 Q2 26: 07 Sep; 
 Q3 26: 07 Dec;</t>
   </si>
   <si>
     <t>National press release</t>
   </si>
   <si>
     <t>https://www.esri.cao.go.jp/jp/sna/data/data_list/sokuhou/gaiyou/pdf/main_1.pdf</t>
   </si>
   <si>
-    <t>https://www.stats.gov.sa/documents/20117/2435267/GDP+Q3+2025+EN+%282%29.pdf/dc62f930-fe31-42cb-65e9-56f17bbe0607?t=1765177796335</t>
-[...1 lines deleted...]
-  <si>
     <t>Population and employment data updated</t>
-  </si>
-[...1 lines deleted...]
-    <t>GDP by income updated</t>
   </si>
   <si>
     <t>Q4 25: 27 Feb;
 Q1 26: 01 Jun; 
 Q2 26: 03 Sep; 
 Q3 26: 30 Nov;</t>
   </si>
   <si>
     <t>https://www.cbs.gov.il/en/mediarelease/Pages/2025/National-Accounts-Second-Estimate-for-Third-Quarter-of-2025.aspx</t>
   </si>
   <si>
-    <t xml:space="preserve">Q4 25: 22 Jan; 10 Mar; 
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Q4 25: F 13 Feb; 06 Mar;
 Q1 26: F 13 May; 05 Jun; 
 Q2 26: F 14 Aug; 07 Sep; 
 Q3 26: F 13 Nov; 04 Dec; </t>
   </si>
   <si>
-    <t>Q4 25: F 30 Jan; 03 Mar; 
-[...4 lines deleted...]
-  <si>
     <t>https://www.indec.gob.ar/uploads/informesdeprensa/pib_12_251FCC242DDE.pdf</t>
   </si>
   <si>
     <t>https://www.stats.govt.nz/news/gdp-increases-1-1-percent-in-the-september-2025-quarter/</t>
   </si>
   <si>
     <t xml:space="preserve">Q4 25: 19 Mar; </t>
   </si>
   <si>
     <t xml:space="preserve">Q4 25: 27 Feb; 
 Q1 26: 29 May; 17 Jun; 
 Q2 26: 28 Aug; 18 Sep; 
 Q3 26: 27 Nov; 18 Dec; </t>
-  </si>
-[...1 lines deleted...]
-    <t>https://stat.fi/en/publication/cm1arvtiq0irn07usxexzbvz0</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10.1"/>
         <rFont val="Candara"/>
         <family val="2"/>
       </rPr>
       <t>“Benchmark revisions”</t>
     </r>
     <r>
       <rPr>
         <sz val="10.1"/>
         <rFont val="Candara"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> are exceptional revisions that incorporate new data sources and other methodological improvements. They usually happen every five years and cover longer time periods. </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Q4 25: F 13 Feb; 06 Mar; </t>
   </si>
   <si>
     <t>https://www.ons.gov.uk/economy/grossdomesticproductgdp/bulletins/quarterlynationalaccounts/latest</t>
   </si>
   <si>
     <t>Q4 25: 12 Feb; 31 Mar; 
 Q1 26: 14 May; 30 Jun; 
 Q2 26: 13 Aug; 30 Sep; 
 Q3 26: 12 Nov; 22 Dec; 
 Q4 26: 12 Feb;</t>
   </si>
   <si>
-    <t xml:space="preserve">Q4 25: 30 Jan; 26 Mar;
-[...7 lines deleted...]
-  <si>
     <t>Q4 25: 20 Feb; 31 Mar; 
 Q1 26: 20 May; 30 Jun; 
 Q2 26: 20 Aug; 30 Sep;</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 18 Mar; 
+Q1 26: 18 May; 
+Q2 26: 18 Aug; 
+Q3 26: 18 Nov; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 16 Feb; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 02 Mar;
+Q1 26: 01 Jun; 
+Q2 26: 31 Aug; 
+Q3 26: 01 Dec; </t>
+  </si>
+  <si>
+    <t>Q4 25: 20 Mar; 
+Q1 26: 23 Jun; 
+Q2 26: 17 Sep;
+Q3 26: 16 Dec;</t>
+  </si>
+  <si>
+    <t>Q4 25: 03 Mar;
+Q1 26: 29 May; 
+Q2 26: 01 Sep; 
+Q3 26: 02 Dec;</t>
+  </si>
+  <si>
+    <t>Q4 25: 27 Feb;</t>
+  </si>
+  <si>
+    <t>Q4 25: 27 Feb; 21 Apr; 
+Q1 26: 29 May; 22 Jun; 
+Q2 26: 31 Aug; 30 Sep;</t>
+  </si>
+  <si>
+    <t>Following Bulgaria’s entry into the euro area on 01/01/2026, data are reported in euro instead of lev.</t>
+  </si>
+  <si>
+    <t>https://insse.ro/cms/en/content/gross-domestic-product-third-quarter-2025-provisional-data-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: F 13 Feb; 06 Mar; 09 Apr;
+Q1 26: F 15 May; </t>
+  </si>
+  <si>
+    <t>Q4 25</t>
+  </si>
+  <si>
+    <t>GDP flash update</t>
+  </si>
+  <si>
+    <t>https://www.stats.gov.cn/english/PressRelease/202601/t20260119_1962328.html</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 16 Feb; 10 Mar; 16 Apr; 
+Q1 26: 17 May; 16 Jun; 16 Jul; 
+Q2 26: 16 Aug; 16 Sep; 18 Oct; 
+Q3 26: 16 Nov; </t>
+  </si>
+  <si>
+    <t>Benchmark revision and new reference year 2023</t>
+  </si>
+  <si>
+    <t>https://www.ssb.no/en/nasjonalregnskap-og-konjunkturer/nasjonalregnskap/artikler/benchmark-revision-of-the-national-accounts</t>
+  </si>
+  <si>
+    <t>Quarterly PPPs updated</t>
+  </si>
+  <si>
+    <t>https://www.bok.or.kr/eng/bbs/E0000634/view.do?nttId=10095989&amp;menuNo=400423&amp;relate=Y&amp;depth=400423&amp;programType=newsDataEng</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 10 Mar; 
+Q1 26: 23 Apr; 09 Jun; 
+Q2 26: 23 Jul; 08 Sep; 
+Q3 26: 27 Oct; 09 Dec; </t>
+  </si>
+  <si>
+    <t>https://www.bea.gov/news/2026/gross-domestic-product-3rd-quarter-2025-updated-estimate-gdp-industry-and-corporate</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color rgb="FFFF0000"/>
-        <rFont val="Arial"/>
+        <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t>Q3 25: 22 Jan;</t>
+      <t xml:space="preserve">New </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>benchmark revision</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>with new reference year 2020.</t>
+    </r>
+  </si>
+  <si>
+    <t>Population data updated</t>
+  </si>
+  <si>
+    <t>Employment flash update</t>
+  </si>
+  <si>
+    <t>https://www.cso.ie/en/releasesandpublications/fp/fp-pgdp/preliminarygdpestimatequarter42025/</t>
+  </si>
+  <si>
+    <t>https://stat.fi/en/publication/cmfnu1hv5dkg807ulcbi1zdq1</t>
+  </si>
+  <si>
+    <t>https://www.stat.ee/en/news/gdp-flash-estimate-economy-grew-1-q4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 02 Mar; 
+Q1 26: F 30 Apr; 29 May; 
+Q2 26: F 30 Jul; 14 Aug; 31 Aug; 
+Q3 26: F 30 Oct; 30 Nov; </t>
+  </si>
+  <si>
+    <t>https://csu.gov.cz/rychle-informace/gdp-preliminary-estimate-4-quarter-of-2025</t>
+  </si>
+  <si>
+    <t>Q4 25: 03 Mar; 
+Q1 26: F 30 Apr; 29 May; 
+Q2 26: F 30 Jul; 28 Aug; 
+Q3 26: F 30 Oct; 01 Dec;</t>
+  </si>
+  <si>
+    <t>GDP and employment  flash update</t>
+  </si>
+  <si>
+    <t>https://www.scb.se/en/finding-statistics/statistics-by-subject-area/national-accounts/ovrigt/national-accounts-other/pong/statistical-news/national-accounts-monthly-gdp-indicator-december-2025/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 27 Feb; 
+Q1 26: 29 Apr; 29 May; 
+Q2 26: 29 Jul; 28 Aug; 
+Q3 26: 25 Sep; 29 Oct; 
+Q4 26: 27 Nov; </t>
+  </si>
+  <si>
+    <t>https://www.nbb.be/en/statistical-updates/press-release-nai-flash-estimate-2025-iv</t>
+  </si>
+  <si>
+    <t>Q4 25: 27 Feb; 
+Q1 26: F 29 Apr; 29 May; 
+Q2 26: F 29 Jul; 31 Aug; 
+Q3 26: F 29 Oct; 30 Nov</t>
+  </si>
+  <si>
+    <t>https://ine.es/en/prensa/pib_prensa_en.htm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 26 Mar;
+Q1 26: 30 Apr; 25 Jun;
+Q2 26: 30 Jul; 25 Sep;
+Q3 26: 30 Oct; 23 Dec; </t>
+  </si>
+  <si>
+    <t>https://osp.stat.gov.lt/informaciniai-pranesimai?articleId=14408419</t>
+  </si>
+  <si>
+    <t>Q4 25: 02 Mar; 
+Q1 26: F 30 Apr; 01 Jun;
+Q2 26: F 30 Jul; 01 Sep; 
+Q3 26: F 30 Oct; 01 Dec;</t>
+  </si>
+  <si>
+    <t>Q4 25: 03 Mar; 
+Q1 26: F 30 Apr; 02 May; 
+Q2 26: F 30 Jul; 01 Sep;
+Q3 26: F 30 Oct; 01 Dec;</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q3 25: 30 Dec*;
+Q4 25: 31 Mar; 
+Q1 26: 30 Jun; 
+Q2 26: 30 Sep; 
+Q3 26: 31 Dec; </t>
+  </si>
+  <si>
+    <t>Q4 25: 16 Feb; 10 Mar; 08 Apr?
+Q1 26: mid-May; 08 Jun; 08 Jul?</t>
+  </si>
+  <si>
+    <t>https://www.ksh.hu/en/first-releases/gde/egde2512.html</t>
+  </si>
+  <si>
+    <t>Q4 25: F 13 Feb; 06 Mar; 20 Apr</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 27 Feb;
+Q1 26: F 30 Apr; </t>
+  </si>
+  <si>
+    <t>https://www.insee.fr/fr/statistiques/8732913</t>
+  </si>
+  <si>
+    <t>https://www.destatis.de/EN/Press/2026/01/PE26_035_811.html</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 25 Feb; 
+Q1 26: F 30 Apr; 22 May; 
+Q2 26: F 30 Jul; 25 Aug; 
+Q3 26: F 30 Oct; 25 Nov;  </t>
+  </si>
+  <si>
+    <t>https://www.istat.it/en/press-release/preliminary-estimate-of-gdp-q4-2025/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 04 Mar; 
+Q1 26: F 30 Apr; 29 May; 
+Q2 26: F 30 Jul; 01 Sep; 05 Oct;
+Q3 26: F 30 Oct; 01 Dec; </t>
+  </si>
+  <si>
+    <t>Q4 25: 26 Mar; 
+Q1 26: F 30 Apr; 24 Jun; 
+Q2 26: F 30 Jul; 23 Sep; 
+Q3 26: F 30 Oct; 24 Dec;</t>
+  </si>
+  <si>
+    <t>https://www.cbs.nl/en-gb/news/2026/05/dutch-economy-grows-by-0-5-percent-in-q4-2025</t>
+  </si>
+  <si>
+    <t>https://www.wifo.ac.at/en/news/economic-momentum-was-slightly-positive-in-the-fourth-quarter-of-2025/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 05 Mar; 
+Q1 26: F 30 Apr; 05 Jun; </t>
+  </si>
+  <si>
+    <t>https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_destaques&amp;DESTAQUESdest_boui=746377678&amp;DESTAQUESmodo=2</t>
+  </si>
+  <si>
+    <t>Q1 26: 17 Apr; 
+Q2 26: 16 Jul;</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/eurostat/en/web/products-euro-indicators/w/2-30012026-ap</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">GDP flash update
+GVA by activity revised following the adoption new </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
-        <color theme="10"/>
-        <rFont val="Arial"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">
-</t>
+      <t>NAICS 2022</t>
     </r>
+  </si>
+  <si>
+    <t>https://www150.statcan.gc.ca/n1/daily-quotidien/260130/dq260130a-eng.htm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 27 Feb;
+Q1 26: F 30 Apr; 29 May;
+Q2 26: F 31 Jul; 28 Aug; 
+Q3 26: F 30 Oct; 30 Nov; 
+Q4 26: 01 Mar </t>
+  </si>
+  <si>
+    <t>https://www.inegi.org.mx/app/saladeprensa/noticia/10595</t>
+  </si>
+  <si>
+    <t>Q4 25: 23 Feb; 
+Q1 26: 30 Apr; 22 May; 
+Q2 26: 30 Jun;</t>
+  </si>
+  <si>
+    <t>Q4 25: 09 Mar;
+Q1 26: F 01 Apr; 09 Jun; 
+Q2 26: F 01 Jul; 08 Sep;
+Q3 26: F 01 Nov; 08 Dec;</t>
+  </si>
+  <si>
+    <t>https://www.stats.gov.sa/documents/20117/2435267/GDP+Q4.2025+EN.pdf/7f36e714-ead7-e257-3024-4474e9920bf7?t=1769924765800</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF00863D"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Q4 25: </t>
     </r>
     <r>
       <rPr>
         <b/>
         <strike/>
         <sz val="10"/>
         <color rgb="FF00863D"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>29 Jan</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF00863D"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">; 26 Feb; 27 Mar; 
-[...2 lines deleted...]
-Q3 26: 29 Oct; 25 Nov; 23 Dec; </t>
+      <t xml:space="preserve"> 20 Feb; </t>
     </r>
-  </si>
-[...12 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Q3 25: 30 Dec*;
-</t>
+      <rPr>
+        <b/>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>26 Feb</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF00863D"/>
-        <rFont val="Tahoma"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Q4 25: 31 Mar; 
-Q1 26: 30 Jun; </t>
+      <t xml:space="preserve"> 13 Mar; </t>
     </r>
     <r>
       <rPr>
+        <b/>
+        <strike/>
         <sz val="10"/>
-        <rFont val="Tahoma"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">
-</t>
+      <t>27 Mar</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF00863D"/>
-        <rFont val="Tahoma"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Q2 26: 30 Sep; 
-[...100 lines deleted...]
-      <t>by end Jan;</t>
+      <t xml:space="preserve"> 9 Apr; </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
-        <rFont val="Tahoma"/>
+        <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
-Q4 25: 16 Feb; 10 Mar;</t>
+Q1 26: 30 Apr; 28 May; 25 Jun; 
+Q2 26: 30 Jul; 26 Aug; 30 Sep; 
+Q3 26: 29 Oct; 25 Nov; 23 Dec; </t>
     </r>
-    <r>
-[...114 lines deleted...]
-    </r>
+  </si>
+  <si>
+    <t>Q1 26: 05 May; 
+Q2 26: 05 Aug; 
+Q3 26: 05 Nov;</t>
+  </si>
+  <si>
+    <t>https://www.bps.go.id/en/pressrelease/2026/02/05/2546/indonesia-s-economic-growth-in-2025-was-5-11-percent.html</t>
+  </si>
+  <si>
+    <t>2025: end Mar;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="165" formatCode="d/m/yy\ ;@"/>
   </numFmts>
-  <fonts count="30" x14ac:knownFonts="1">
+  <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Candara"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
@@ -1174,83 +1118,76 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF00863D"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="3"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="10"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Candara"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
+      <u/>
       <sz val="10"/>
-      <color rgb="FF00863D"/>
-      <name val="Arial"/>
+      <color rgb="FF0000FF"/>
+      <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-      <b/>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <strike/>
       <sz val="10"/>
       <color rgb="FF00863D"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <u/>
+      <b/>
+      <strike/>
       <sz val="10"/>
-      <color rgb="FF0000FF"/>
-      <name val="Tahoma"/>
+      <color rgb="FF00863D"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
@@ -1398,51 +1335,51 @@
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="141">
+  <cellXfs count="139">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1689,188 +1626,182 @@
     <xf numFmtId="15" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="16" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="24" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="19" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="15" fontId="16" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="19" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="19" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="16" fillId="4" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="165" fontId="23" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="16" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FF00863D"/>
       <color rgb="FF0000FF"/>
-      <color rgb="FF00863D"/>
       <color rgb="FF686BEA"/>
       <color rgb="FF0B28BB"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2103,2433 +2034,2512 @@
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.nl/en-gb/video/dc1e1dd572a045df9855e8d7743acd4a?16x9=true" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/nacionalines-saskaitos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statssa.gov.za/?p=19044" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.indec.gob.ar/uploads/informesdeprensa/pib_12_251FCC242DDE.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agenciadenoticias.ibge.gov.br/en/agencia-press-room/2185-news-agency/releases-en/45373-pib-varia-0-1-no-terceiro-trimestre-de-2026" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://new.mospi.gov.in/uploads/latestReleases/latest_release_1764326214920_fc47e094-3e61-42c3-a494-b4dc5f9dc5fd_GDP_Press_Note_on_Q2_2025-26N.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/en/mediarelease/Pages/2025/National-Accounts-Second-Estimate-for-Third-Quarter-of-2025.aspx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_destaques&amp;DESTAQUESdest_boui=706228074&amp;DESTAQUESmodo=2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.pl/en/topics/national-accounts/quarterly-national-accounts/gross-domestic-product-in-the-3rd-quarter-of-2025-preliminary-estimate,2,92.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/en/sna/data/sokuhou/files/2025/qe253_2/pdf/note_e.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/media-centre/media-releases/australian-economy-grew-04-september-quarter" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/n1/daily-quotidien/251128/dq251128a-eng.htm?HPA=1&amp;indid=3278-1&amp;indgeo=0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bok.or.kr/eng/bbs/E0000634/view.do?nttId=10094905&amp;menuNo=400423&amp;relate=Y&amp;depth=400423&amp;programType=newsDataEng" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statcan.gc.ca/en/subjects/standard/naics/2022/v1/index" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dst.dk/en/Statistik/emner/oekonomi/nationalregnskab/noegletal-for-nationalregnskabet-bnp" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bea.gov/news/schedule" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insee.fr/fr/statistiques/8673212" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/jp/sna/data/data_list/sokuhou/gaiyou/pdf/main_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/contenidos/saladeprensa/boletines/2025/pibo/pib_eo2025_10.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stat.ee/en/news/economy-continued-grow-slightly-q3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/en/statistics?p_p_id=documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN&amp;p_p_lifecycle=2&amp;p_p_state=normal&amp;p_p_mode=view&amp;p_p_cacheability=cacheLevelPage&amp;p_p_col_id=column-2&amp;p_p_col_count=4&amp;p_p_col_pos=1&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_javax.faces.resource=document&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_ln=downloadResources&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_documentID=577551&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_locale=en" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/en/statistics-themes/economy/gross-domestic-product-quarterly-data/press-releases/24722-gross-domestic?themeCode=IS" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-trimestrales" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statice.is/publications/news-archive/national-accounts/national-accounts-3rd-quarter-2025/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csu.gov.cz/quarterly-gdp-estimates?pocet=10&amp;start=0&amp;podskupiny=051&amp;razeni=-datumVydani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcentral.cl/documents/33528/7868360/Cuentas+Nacionales+Tercer+Trimestre+2025.pdf/ab6a2394-1aec-9263-8d5e-f4d51b674d7f?t=1763412614972" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=Quarterly-Gross-Domestic-Product-Quarter-III:-July-September,-2025-54161&amp;dil=2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/en/web/products-euro-indicators/w/2-05122025-ap" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.fi/en/publication/cm1arvtiq0irn07usxexzbvz0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nbb.be/en/statistical-updates/press-release-nai-quarterly-aggregates-2025-iii" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-trimestrales" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statssa.gov.za/?p=19044" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/en/sna/data/sokuhou/files/2025/qe253_2/pdf/note_e.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.destatis.de/EN/Press/2026/01/PE26_035_811.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agenciadenoticias.ibge.gov.br/en/agencia-press-room/2185-news-agency/releases-en/45373-pib-varia-0-1-no-terceiro-trimestre-de-2026" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/en/statistics-themes/economy/gross-domestic-product-quarterly-data/press-releases/24722-gross-domestic?themeCode=IS" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcentral.cl/documents/33528/7868360/Cuentas+Nacionales+Tercer+Trimestre+2025.pdf/ab6a2394-1aec-9263-8d5e-f4d51b674d7f?t=1763412614972" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.pl/en/topics/national-accounts/quarterly-national-accounts/gross-domestic-product-in-the-3rd-quarter-of-2025-preliminary-estimate,2,92.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/jp/sna/data/data_list/sokuhou/gaiyou/pdf/main_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/en/first-releases/gde/egde2512.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/media-centre/media-releases/australian-economy-grew-04-september-quarter" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/en/statistics?p_p_id=documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN&amp;p_p_lifecycle=2&amp;p_p_state=normal&amp;p_p_mode=view&amp;p_p_cacheability=cacheLevelPage&amp;p_p_col_id=column-2&amp;p_p_col_count=4&amp;p_p_col_pos=1&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_javax.faces.resource=document&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_ln=downloadResources&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_documentID=577551&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_locale=en" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.fi/en/publication/cmfnu1hv5dkg807ulcbi1zdq1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/en/web/products-euro-indicators/w/2-30012026-ap" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dst.dk/en/Statistik/emner/oekonomi/nationalregnskab/noegletal-for-nationalregnskabet-bnp" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/en/mediarelease/Pages/2025/National-Accounts-Second-Estimate-for-Third-Quarter-of-2025.aspx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stat.ee/en/news/gdp-flash-estimate-economy-grew-1-q4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ine.es/en/prensa/pib_prensa_en.htm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bea.gov/news/schedule" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://new.mospi.gov.in/uploads/latestReleases/latest_release_1764326214920_fc47e094-3e61-42c3-a494-b4dc5f9dc5fd_GDP_Press_Note_on_Q2_2025-26N.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/en/releasesandpublications/fp/fp-pgdp/preliminarygdpestimatequarter42025/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_destaques&amp;DESTAQUESdest_boui=746377678&amp;DESTAQUESmodo=2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=Quarterly-Gross-Domestic-Product-Quarter-III:-July-September,-2025-54161&amp;dil=2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.indec.gob.ar/uploads/informesdeprensa/pib_12_251FCC242DDE.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bps.go.id/en/pressrelease/2026/02/05/2546/indonesia-s-economic-growth-in-2025-was-5-11-percent.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csu.gov.cz/rychle-informace/gdp-preliminary-estimate-4-quarter-of-2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/informaciniai-pranesimai?articleId=14408419" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statice.is/publications/news-archive/national-accounts/national-accounts-3rd-quarter-2025/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statcan.gc.ca/en/subjects/standard/naics/2022/v1/index" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wifo.ac.at/en/news/economic-momentum-was-slightly-positive-in-the-fourth-quarter-of-2025/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/n1/daily-quotidien/260130/dq260130a-eng.htm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:P64"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <pane xSplit="1" ySplit="6" topLeftCell="E7" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="6" topLeftCell="B7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="H12" sqref="H12"/>
+      <selection pane="bottomRight" activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="25.5546875" style="59" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="15" max="15" width="12.5546875" style="30" customWidth="1"/>
+    <col min="1" max="1" width="25.5703125" style="59" customWidth="1"/>
+    <col min="2" max="9" width="12.5703125" style="14" customWidth="1"/>
+    <col min="10" max="10" width="51.5703125" style="55" customWidth="1"/>
+    <col min="11" max="11" width="54.5703125" style="79" customWidth="1"/>
+    <col min="12" max="12" width="48.42578125" style="15" customWidth="1"/>
+    <col min="13" max="13" width="17.5703125" style="55" customWidth="1"/>
+    <col min="14" max="14" width="43.42578125" style="14" customWidth="1"/>
+    <col min="15" max="15" width="12.5703125" style="30" customWidth="1"/>
     <col min="16" max="16" width="29" style="30" customWidth="1"/>
     <col min="17" max="17" width="18" style="7" customWidth="1"/>
-    <col min="18" max="27" width="9.33203125" style="7"/>
+    <col min="18" max="27" width="9.42578125" style="7"/>
     <col min="28" max="28" width="42" style="7" customWidth="1"/>
-    <col min="29" max="16384" width="9.33203125" style="7"/>
+    <col min="29" max="16384" width="9.42578125" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="81">
         <f ca="1">NOW()</f>
-        <v>46043.484792361109</v>
-[...12 lines deleted...]
-      <c r="M1" s="122"/>
+        <v>46058.765713194443</v>
+      </c>
+      <c r="B1" s="128"/>
+      <c r="C1" s="128"/>
+      <c r="D1" s="128"/>
+      <c r="E1" s="128"/>
+      <c r="F1" s="128"/>
+      <c r="G1" s="128"/>
+      <c r="H1" s="128"/>
+      <c r="I1" s="128"/>
+      <c r="J1" s="128"/>
+      <c r="K1" s="128"/>
+      <c r="L1" s="128"/>
+      <c r="M1" s="128"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="28"/>
     </row>
-    <row r="2" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="81"/>
-      <c r="B2" s="122"/>
-[...10 lines deleted...]
-      <c r="M2" s="122"/>
+      <c r="B2" s="128"/>
+      <c r="C2" s="128"/>
+      <c r="D2" s="128"/>
+      <c r="E2" s="128"/>
+      <c r="F2" s="128"/>
+      <c r="G2" s="128"/>
+      <c r="H2" s="128"/>
+      <c r="I2" s="128"/>
+      <c r="J2" s="128"/>
+      <c r="K2" s="128"/>
+      <c r="L2" s="128"/>
+      <c r="M2" s="128"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="28"/>
     </row>
-    <row r="3" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A3" s="23" t="s">
         <v>59</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="60"/>
       <c r="K3" s="71"/>
       <c r="L3" s="4"/>
       <c r="M3" s="29"/>
       <c r="N3" s="3"/>
       <c r="O3" s="23"/>
     </row>
-    <row r="4" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A4" s="24" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="90"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="61"/>
       <c r="K4" s="72"/>
       <c r="L4" s="4"/>
       <c r="M4" s="29"/>
       <c r="N4" s="3"/>
       <c r="O4" s="23"/>
       <c r="P4" s="25"/>
     </row>
-    <row r="5" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="139" t="s">
+    <row r="5" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="120" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="123">
+      <c r="B5" s="129">
         <v>2024</v>
       </c>
-      <c r="C5" s="124"/>
-[...2 lines deleted...]
-      <c r="F5" s="123">
+      <c r="C5" s="130"/>
+      <c r="D5" s="130"/>
+      <c r="E5" s="131"/>
+      <c r="F5" s="129">
         <v>2025</v>
       </c>
-      <c r="G5" s="124"/>
-[...2 lines deleted...]
-      <c r="J5" s="126" t="s">
+      <c r="G5" s="130"/>
+      <c r="H5" s="130"/>
+      <c r="I5" s="131"/>
+      <c r="J5" s="122" t="s">
         <v>2</v>
       </c>
-      <c r="K5" s="126" t="s">
+      <c r="K5" s="122" t="s">
         <v>3</v>
       </c>
-      <c r="L5" s="126" t="s">
+      <c r="L5" s="122" t="s">
         <v>4</v>
       </c>
-      <c r="M5" s="126" t="s">
+      <c r="M5" s="122" t="s">
         <v>5</v>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="7"/>
       <c r="P5" s="7"/>
     </row>
-    <row r="6" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="140"/>
+    <row r="6" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="121"/>
       <c r="B6" s="80" t="s">
         <v>66</v>
       </c>
       <c r="C6" s="80" t="s">
         <v>67</v>
       </c>
       <c r="D6" s="80" t="s">
         <v>68</v>
       </c>
       <c r="E6" s="80" t="s">
         <v>69</v>
       </c>
-      <c r="F6" s="119" t="s">
+      <c r="F6" s="108" t="s">
         <v>70</v>
       </c>
-      <c r="G6" s="119" t="s">
+      <c r="G6" s="108" t="s">
         <v>71</v>
       </c>
-      <c r="H6" s="119" t="s">
-[...8 lines deleted...]
-      <c r="M6" s="127"/>
+      <c r="H6" s="108" t="s">
+        <v>72</v>
+      </c>
+      <c r="I6" s="108" t="s">
+        <v>122</v>
+      </c>
+      <c r="J6" s="123"/>
+      <c r="K6" s="123"/>
+      <c r="L6" s="123"/>
+      <c r="M6" s="123"/>
       <c r="N6" s="7"/>
       <c r="O6" s="7"/>
       <c r="P6" s="7"/>
     </row>
-    <row r="7" spans="1:16" s="32" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:16" s="32" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="17" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="18">
         <v>45476</v>
       </c>
       <c r="C7" s="18">
         <v>45590</v>
       </c>
       <c r="D7" s="18">
         <v>45698</v>
       </c>
       <c r="E7" s="18">
         <v>45749</v>
       </c>
       <c r="F7" s="18">
         <v>45848</v>
       </c>
       <c r="G7" s="18">
         <v>45951</v>
       </c>
       <c r="H7" s="26">
         <v>46042</v>
       </c>
       <c r="I7" s="26"/>
       <c r="J7" s="40" t="s">
-        <v>174</v>
+        <v>128</v>
       </c>
       <c r="K7" s="63"/>
-      <c r="L7" s="21"/>
+      <c r="L7" s="40" t="s">
+        <v>178</v>
+      </c>
       <c r="M7" s="31"/>
     </row>
-    <row r="8" spans="1:16" ht="14.55" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:16" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="33" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="136">
+      <c r="B8" s="124">
         <v>45492</v>
       </c>
-      <c r="C8" s="136">
+      <c r="C8" s="124">
         <v>45583</v>
       </c>
-      <c r="D8" s="136">
+      <c r="D8" s="124">
         <v>45678</v>
       </c>
-      <c r="E8" s="136">
+      <c r="E8" s="124">
         <v>45763</v>
       </c>
-      <c r="F8" s="136">
+      <c r="F8" s="124">
         <v>45859</v>
       </c>
-      <c r="G8" s="136">
+      <c r="G8" s="124">
         <v>45950</v>
       </c>
-      <c r="H8" s="137">
+      <c r="H8" s="126">
         <v>46042</v>
       </c>
-      <c r="I8" s="137"/>
-[...7 lines deleted...]
-      <c r="M8" s="130" t="s">
+      <c r="I8" s="126">
+        <v>46052</v>
+      </c>
+      <c r="J8" s="135" t="s">
+        <v>123</v>
+      </c>
+      <c r="K8" s="137" t="s">
+        <v>167</v>
+      </c>
+      <c r="L8" s="132" t="s">
+        <v>154</v>
+      </c>
+      <c r="M8" s="134" t="s">
         <v>8</v>
       </c>
       <c r="N8" s="34"/>
       <c r="O8" s="7"/>
       <c r="P8" s="7"/>
     </row>
-    <row r="9" spans="1:16" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A9" s="35" t="s">
         <v>9</v>
       </c>
-      <c r="B9" s="131"/>
-[...10 lines deleted...]
-      <c r="M9" s="131"/>
+      <c r="B9" s="125"/>
+      <c r="C9" s="125"/>
+      <c r="D9" s="125"/>
+      <c r="E9" s="125"/>
+      <c r="F9" s="125"/>
+      <c r="G9" s="125"/>
+      <c r="H9" s="127"/>
+      <c r="I9" s="127"/>
+      <c r="J9" s="136"/>
+      <c r="K9" s="138"/>
+      <c r="L9" s="133"/>
+      <c r="M9" s="125"/>
       <c r="N9" s="7"/>
       <c r="O9" s="7"/>
       <c r="P9" s="7"/>
     </row>
-    <row r="10" spans="1:16" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A10" s="17" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="18">
         <v>45463</v>
       </c>
       <c r="C10" s="18">
         <v>45561</v>
       </c>
       <c r="D10" s="18">
         <v>45645</v>
       </c>
       <c r="E10" s="18">
         <v>45743</v>
       </c>
       <c r="F10" s="18">
         <v>45812</v>
       </c>
       <c r="G10" s="18">
         <v>45925</v>
       </c>
       <c r="H10" s="18">
         <v>46009</v>
       </c>
       <c r="I10" s="26"/>
       <c r="J10" s="40" t="s">
-        <v>124</v>
+        <v>99</v>
       </c>
       <c r="K10" s="63" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>88</v>
+      </c>
+      <c r="L10" s="112" t="s">
+        <v>89</v>
       </c>
       <c r="M10" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="7"/>
       <c r="P10" s="7"/>
     </row>
-    <row r="11" spans="1:16" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A11" s="36" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="27">
         <v>45446</v>
       </c>
       <c r="C11" s="49">
         <v>45594</v>
       </c>
       <c r="D11" s="49">
         <v>45630</v>
       </c>
       <c r="E11" s="49">
         <v>45362</v>
       </c>
       <c r="F11" s="27">
         <v>45814</v>
       </c>
       <c r="G11" s="27">
         <v>45931</v>
       </c>
       <c r="H11" s="27">
         <v>45995</v>
       </c>
-      <c r="I11" s="104"/>
-      <c r="J11" s="38"/>
+      <c r="I11" s="102">
+        <v>46052</v>
+      </c>
+      <c r="J11" s="37" t="s">
+        <v>73</v>
+      </c>
       <c r="K11" s="95" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>163</v>
+      </c>
+      <c r="L11" s="113" t="s">
+        <v>164</v>
       </c>
       <c r="M11" s="6"/>
       <c r="N11" s="39"/>
       <c r="O11" s="7"/>
       <c r="P11" s="7"/>
     </row>
-    <row r="12" spans="1:16" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:16" ht="60.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="17" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="18">
         <v>45474</v>
       </c>
       <c r="C12" s="18">
         <v>45534</v>
       </c>
       <c r="D12" s="18">
         <v>45629</v>
       </c>
       <c r="E12" s="18">
         <v>45763</v>
       </c>
       <c r="F12" s="18">
         <v>45839</v>
       </c>
       <c r="G12" s="18">
         <v>45947</v>
       </c>
       <c r="H12" s="18">
         <v>46043</v>
       </c>
-      <c r="I12" s="26"/>
-      <c r="J12" s="40"/>
+      <c r="I12" s="26">
+        <v>46052</v>
+      </c>
+      <c r="J12" s="40" t="s">
+        <v>123</v>
+      </c>
       <c r="K12" s="63" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>144</v>
+      </c>
+      <c r="L12" s="21" t="s">
+        <v>145</v>
       </c>
       <c r="M12" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="7"/>
       <c r="P12" s="7"/>
     </row>
-    <row r="13" spans="1:16" ht="66" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:16" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A13" s="33" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="27">
         <v>45448</v>
       </c>
       <c r="C13" s="27">
         <v>45541</v>
       </c>
       <c r="D13" s="27">
         <v>45636</v>
       </c>
       <c r="E13" s="27">
         <v>45722</v>
       </c>
       <c r="F13" s="27">
         <v>45812</v>
       </c>
       <c r="G13" s="27">
         <v>45903</v>
       </c>
-      <c r="H13" s="104">
+      <c r="H13" s="102">
         <v>46043</v>
       </c>
-      <c r="I13" s="120"/>
+      <c r="I13" s="109">
+        <v>46052</v>
+      </c>
       <c r="J13" s="37" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="K13" s="65" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>169</v>
+      </c>
+      <c r="L13" s="114" t="s">
+        <v>170</v>
       </c>
       <c r="M13" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N13" s="39"/>
       <c r="O13" s="7"/>
       <c r="P13" s="7"/>
     </row>
-    <row r="14" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A14" s="17" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="18">
         <v>45435</v>
       </c>
       <c r="C14" s="18">
         <v>45523</v>
       </c>
       <c r="D14" s="18">
         <v>45639</v>
       </c>
       <c r="E14" s="18">
         <v>45734</v>
       </c>
       <c r="F14" s="18">
         <v>45796</v>
       </c>
       <c r="G14" s="18">
         <v>45887</v>
       </c>
       <c r="H14" s="18">
         <v>45982</v>
       </c>
       <c r="I14" s="18"/>
       <c r="J14" s="21" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>148</v>
+        <v>82</v>
+      </c>
+      <c r="K14" s="103" t="s">
+        <v>75</v>
+      </c>
+      <c r="L14" s="21" t="s">
+        <v>112</v>
       </c>
       <c r="M14" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="7"/>
       <c r="P14" s="7"/>
     </row>
-    <row r="15" spans="1:16" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A15" s="33" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="27">
         <v>45446</v>
       </c>
       <c r="C15" s="27">
         <v>45581</v>
       </c>
       <c r="D15" s="27">
         <v>45679</v>
       </c>
       <c r="E15" s="27">
         <v>45755</v>
       </c>
       <c r="F15" s="27">
         <v>45810</v>
       </c>
       <c r="G15" s="27">
         <v>45888</v>
       </c>
-      <c r="H15" s="27">
-        <v>45985</v>
+      <c r="H15" s="102">
+        <v>46050</v>
       </c>
       <c r="I15" s="27"/>
-      <c r="J15" s="38"/>
-[...4 lines deleted...]
-        <v>149</v>
+      <c r="J15" s="37" t="s">
+        <v>133</v>
+      </c>
+      <c r="K15" s="104" t="s">
+        <v>76</v>
+      </c>
+      <c r="L15" s="115" t="s">
+        <v>113</v>
       </c>
       <c r="M15" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="7"/>
       <c r="P15" s="7"/>
     </row>
-    <row r="16" spans="1:16" ht="66" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:16" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A16" s="41" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="18">
         <v>45474</v>
       </c>
       <c r="C16" s="18">
         <v>45566</v>
       </c>
       <c r="D16" s="18">
         <v>45659</v>
       </c>
       <c r="E16" s="18">
         <v>45748</v>
       </c>
       <c r="F16" s="18">
         <v>45839</v>
       </c>
       <c r="G16" s="18">
         <v>45931</v>
       </c>
       <c r="H16" s="18">
         <v>45968</v>
       </c>
       <c r="I16" s="18"/>
       <c r="J16" s="21" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K16" s="63"/>
       <c r="L16" s="21" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="M16" s="18" t="s">
         <v>8</v>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="7"/>
       <c r="P16" s="7"/>
     </row>
-    <row r="17" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A17" s="42" t="s">
         <v>64</v>
       </c>
       <c r="B17" s="27">
         <v>45481</v>
       </c>
       <c r="C17" s="27">
         <v>45534</v>
       </c>
       <c r="D17" s="27">
         <v>45663</v>
       </c>
       <c r="E17" s="27">
         <v>45748</v>
       </c>
-      <c r="F17" s="103">
+      <c r="F17" s="101">
         <v>45847</v>
       </c>
       <c r="G17" s="27">
         <v>45930</v>
       </c>
-      <c r="H17" s="104">
+      <c r="H17" s="27">
         <v>46362</v>
       </c>
-      <c r="I17" s="104"/>
-      <c r="J17" s="37"/>
+      <c r="I17" s="102">
+        <v>46052</v>
+      </c>
+      <c r="J17" s="107" t="s">
+        <v>141</v>
+      </c>
       <c r="K17" s="65" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>139</v>
+      </c>
+      <c r="L17" s="111" t="s">
+        <v>140</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="7"/>
       <c r="P17" s="7"/>
     </row>
-    <row r="18" spans="1:16" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:16" ht="42" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="18">
         <v>45481</v>
       </c>
       <c r="C18" s="18">
         <v>45580</v>
       </c>
       <c r="D18" s="18">
         <v>45646</v>
       </c>
       <c r="E18" s="18">
         <v>45748</v>
       </c>
       <c r="F18" s="18">
         <v>45842</v>
       </c>
       <c r="G18" s="18">
         <v>45933</v>
       </c>
       <c r="H18" s="18">
         <v>45985</v>
       </c>
       <c r="I18" s="18"/>
       <c r="J18" s="21"/>
       <c r="K18" s="63" t="s">
         <v>63</v>
       </c>
-      <c r="L18" s="40" t="s">
-        <v>142</v>
+      <c r="L18" s="21" t="s">
+        <v>111</v>
       </c>
       <c r="M18" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="7"/>
       <c r="P18" s="7"/>
     </row>
-    <row r="19" spans="1:16" ht="66.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:16" ht="66.599999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="42" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="27">
         <v>45443</v>
       </c>
       <c r="C19" s="27">
         <v>45572</v>
       </c>
       <c r="D19" s="27">
         <v>45629</v>
       </c>
       <c r="E19" s="27">
         <v>45721</v>
       </c>
       <c r="F19" s="27">
         <v>45810</v>
       </c>
       <c r="G19" s="27">
         <v>45902</v>
       </c>
-      <c r="H19" s="104">
+      <c r="H19" s="27">
         <v>45992</v>
       </c>
-      <c r="I19" s="104"/>
-      <c r="J19" s="38"/>
+      <c r="I19" s="102">
+        <v>46052</v>
+      </c>
+      <c r="J19" s="37" t="s">
+        <v>74</v>
+      </c>
       <c r="K19" s="83" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>137</v>
+      </c>
+      <c r="L19" s="119" t="s">
+        <v>138</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="7"/>
       <c r="P19" s="7"/>
     </row>
-    <row r="20" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A20" s="41" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="18">
         <v>45463</v>
       </c>
       <c r="C20" s="18">
         <v>45559</v>
       </c>
       <c r="D20" s="94">
         <v>45646</v>
       </c>
       <c r="E20" s="94">
         <v>45734</v>
       </c>
       <c r="F20" s="94">
         <v>45827</v>
       </c>
       <c r="G20" s="18">
         <v>45919</v>
       </c>
-      <c r="H20" s="26">
+      <c r="H20" s="18">
         <v>46010</v>
       </c>
-      <c r="I20" s="26"/>
-      <c r="J20" s="40"/>
+      <c r="I20" s="26">
+        <v>46052</v>
+      </c>
+      <c r="J20" s="40" t="s">
+        <v>74</v>
+      </c>
       <c r="K20" s="82" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>136</v>
+      </c>
+      <c r="L20" s="21" t="s">
+        <v>106</v>
       </c>
       <c r="M20" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="7"/>
       <c r="P20" s="7"/>
     </row>
-    <row r="21" spans="1:16" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A21" s="43" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="27">
         <v>45449</v>
       </c>
       <c r="C21" s="27">
         <v>45534</v>
       </c>
       <c r="D21" s="27">
         <v>45625</v>
       </c>
       <c r="E21" s="27">
         <v>45716</v>
       </c>
       <c r="F21" s="27">
         <v>45806</v>
       </c>
       <c r="G21" s="27">
         <v>45898</v>
       </c>
-      <c r="H21" s="104">
+      <c r="H21" s="27">
         <v>45989</v>
       </c>
-      <c r="I21" s="104"/>
+      <c r="I21" s="102">
+        <v>46052</v>
+      </c>
       <c r="J21" s="37"/>
       <c r="K21" s="75" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="L21" s="108" t="s">
+        <v>156</v>
+      </c>
+      <c r="L21" s="116" t="s">
         <v>155</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="7"/>
       <c r="P21" s="7"/>
     </row>
-    <row r="22" spans="1:16" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:16" ht="54" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="18">
         <v>45436</v>
       </c>
       <c r="C22" s="18">
         <v>45541</v>
       </c>
       <c r="D22" s="18">
         <v>45618</v>
       </c>
       <c r="E22" s="18">
         <v>45713</v>
       </c>
       <c r="F22" s="18">
         <v>45800</v>
       </c>
       <c r="G22" s="18">
         <v>45891</v>
       </c>
       <c r="H22" s="18">
         <v>45986</v>
       </c>
-      <c r="I22" s="18"/>
-      <c r="J22" s="21"/>
+      <c r="I22" s="26">
+        <v>46052</v>
+      </c>
+      <c r="J22" s="40" t="s">
+        <v>74</v>
+      </c>
       <c r="K22" s="67" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>157</v>
+      </c>
+      <c r="L22" s="117" t="s">
+        <v>158</v>
       </c>
       <c r="M22" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N22" s="44"/>
       <c r="O22" s="7"/>
       <c r="P22" s="7"/>
     </row>
-    <row r="23" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A23" s="42" t="s">
         <v>22</v>
       </c>
       <c r="B23" s="27">
         <v>45450</v>
       </c>
       <c r="C23" s="27">
         <v>45541</v>
       </c>
       <c r="D23" s="96">
         <v>45635</v>
       </c>
       <c r="E23" s="97">
         <v>45723</v>
       </c>
       <c r="F23" s="97">
         <v>45814</v>
       </c>
       <c r="G23" s="97">
         <v>45905</v>
       </c>
       <c r="H23" s="97">
         <v>45996</v>
       </c>
-      <c r="I23" s="113"/>
-      <c r="J23" s="100"/>
+      <c r="I23" s="105"/>
+      <c r="J23" s="99"/>
       <c r="K23" s="69" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>97</v>
+      </c>
+      <c r="L23" s="93" t="s">
+        <v>96</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N23" s="39"/>
       <c r="O23" s="7"/>
       <c r="P23" s="7"/>
     </row>
-    <row r="24" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A24" s="17" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="18">
         <v>45447</v>
       </c>
       <c r="C24" s="18">
         <v>45538</v>
       </c>
       <c r="D24" s="18">
         <v>45629</v>
       </c>
       <c r="E24" s="18">
         <v>45750</v>
       </c>
       <c r="F24" s="18">
         <v>45811</v>
       </c>
       <c r="G24" s="18">
         <v>45931</v>
       </c>
       <c r="H24" s="18">
         <v>45995</v>
       </c>
-      <c r="I24" s="26"/>
-      <c r="J24" s="21"/>
+      <c r="I24" s="26">
+        <v>46052</v>
+      </c>
+      <c r="J24" s="40" t="s">
+        <v>123</v>
+      </c>
       <c r="K24" s="67" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>153</v>
+      </c>
+      <c r="L24" s="21" t="s">
+        <v>150</v>
       </c>
       <c r="M24" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="7"/>
       <c r="P24" s="7"/>
     </row>
-    <row r="25" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A25" s="45" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="27">
         <v>45448</v>
       </c>
       <c r="C25" s="27">
         <v>45538</v>
       </c>
       <c r="D25" s="27">
         <v>45663</v>
       </c>
       <c r="E25" s="27">
         <v>45737</v>
       </c>
       <c r="F25" s="27">
         <v>45813</v>
       </c>
       <c r="G25" s="27">
         <v>45904</v>
       </c>
       <c r="H25" s="27">
         <v>45993</v>
       </c>
-      <c r="I25" s="104"/>
+      <c r="I25" s="102"/>
       <c r="J25" s="38"/>
       <c r="K25" s="65" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>87</v>
+      </c>
+      <c r="L25" s="38" t="s">
+        <v>86</v>
       </c>
       <c r="M25" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
     </row>
-    <row r="26" spans="1:16" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="18">
         <v>45488</v>
       </c>
       <c r="C26" s="18">
         <v>45540</v>
       </c>
       <c r="D26" s="18">
         <v>45631</v>
       </c>
       <c r="E26" s="18">
         <v>45722</v>
       </c>
       <c r="F26" s="18">
         <v>45847</v>
       </c>
       <c r="G26" s="18">
         <v>45905</v>
       </c>
       <c r="H26" s="18">
         <v>45995</v>
       </c>
-      <c r="I26" s="26"/>
-      <c r="J26" s="21"/>
+      <c r="I26" s="26">
+        <v>46052</v>
+      </c>
+      <c r="J26" s="40" t="s">
+        <v>123</v>
+      </c>
       <c r="K26" s="66" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="L26" s="40"/>
+        <v>135</v>
+      </c>
+      <c r="L26" s="21"/>
       <c r="M26" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N26" s="39"/>
       <c r="O26" s="7"/>
       <c r="P26" s="7"/>
     </row>
-    <row r="27" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A27" s="42" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="27">
         <v>45491</v>
       </c>
       <c r="C27" s="27">
         <v>45594</v>
       </c>
       <c r="D27" s="27">
         <v>45677</v>
       </c>
       <c r="E27" s="27">
         <v>45775</v>
       </c>
       <c r="F27" s="27">
         <v>45855</v>
       </c>
       <c r="G27" s="27">
         <v>45946</v>
       </c>
-      <c r="H27" s="104">
+      <c r="H27" s="102">
         <v>46041</v>
       </c>
-      <c r="I27" s="104"/>
+      <c r="I27" s="102"/>
       <c r="J27" s="37" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="K27" s="73" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>101</v>
+      </c>
+      <c r="L27" s="38" t="s">
+        <v>125</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N27" s="39"/>
       <c r="O27" s="7"/>
       <c r="P27" s="7"/>
     </row>
-    <row r="28" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A28" s="17" t="s">
         <v>27</v>
       </c>
       <c r="B28" s="18">
         <v>45443</v>
       </c>
       <c r="C28" s="18">
         <v>45575</v>
       </c>
       <c r="D28" s="18">
         <v>45628</v>
       </c>
       <c r="E28" s="18">
         <v>45748</v>
       </c>
       <c r="F28" s="18">
         <v>45810</v>
       </c>
       <c r="G28" s="18">
         <v>45936</v>
       </c>
       <c r="H28" s="18">
         <v>45989</v>
       </c>
-      <c r="I28" s="26"/>
-      <c r="J28" s="40"/>
+      <c r="I28" s="26">
+        <v>46052</v>
+      </c>
+      <c r="J28" s="40" t="s">
+        <v>74</v>
+      </c>
       <c r="K28" s="67" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>159</v>
+      </c>
+      <c r="L28" s="21" t="s">
+        <v>160</v>
       </c>
       <c r="M28" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N28" s="39"/>
       <c r="O28" s="7"/>
       <c r="P28" s="7"/>
     </row>
-    <row r="29" spans="1:16" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A29" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B29" s="27">
         <v>45453</v>
       </c>
       <c r="C29" s="27">
         <v>45574</v>
       </c>
       <c r="D29" s="27">
         <v>45687</v>
       </c>
       <c r="E29" s="27">
         <v>45772</v>
       </c>
       <c r="F29" s="27">
         <v>45863</v>
       </c>
       <c r="G29" s="27">
         <v>45908</v>
       </c>
-      <c r="H29" s="27">
-[...2 lines deleted...]
-      <c r="I29" s="104"/>
+      <c r="H29" s="102">
+        <v>46045</v>
+      </c>
+      <c r="I29" s="102"/>
       <c r="J29" s="37" t="s">
-        <v>175</v>
+        <v>132</v>
       </c>
       <c r="K29" s="64" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="L29" s="93" t="s">
-        <v>165</v>
+        <v>152</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="7"/>
       <c r="P29" s="7"/>
     </row>
-    <row r="30" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A30" s="17" t="s">
         <v>29</v>
       </c>
       <c r="B30" s="18">
         <v>45463</v>
       </c>
       <c r="C30" s="18">
         <v>45541</v>
       </c>
       <c r="D30" s="18">
         <v>45635</v>
       </c>
       <c r="E30" s="18">
         <v>45721</v>
       </c>
       <c r="F30" s="18">
         <v>45824</v>
       </c>
       <c r="G30" s="18">
         <v>45903</v>
       </c>
       <c r="H30" s="18">
         <v>46001</v>
       </c>
-      <c r="I30" s="26"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I30" s="26">
+        <v>46048</v>
+      </c>
+      <c r="J30" s="40"/>
       <c r="K30" s="76" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>129</v>
+      </c>
+      <c r="L30" s="21" t="s">
+        <v>130</v>
       </c>
       <c r="M30" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N30" s="39"/>
       <c r="O30" s="7"/>
       <c r="P30" s="7"/>
     </row>
-    <row r="31" spans="1:16" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:16" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A31" s="46" t="s">
         <v>30</v>
       </c>
       <c r="B31" s="27">
         <v>45467</v>
       </c>
       <c r="C31" s="27">
         <v>45534</v>
       </c>
       <c r="D31" s="27">
         <v>45663</v>
       </c>
       <c r="E31" s="27">
         <v>45769</v>
       </c>
       <c r="F31" s="27">
         <v>46197</v>
       </c>
       <c r="G31" s="27">
         <v>45950</v>
       </c>
-      <c r="H31" s="104">
+      <c r="H31" s="27">
         <v>46028</v>
       </c>
-      <c r="I31" s="104"/>
+      <c r="I31" s="102"/>
       <c r="J31" s="38"/>
       <c r="K31" s="64" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>90</v>
+      </c>
+      <c r="L31" s="113" t="s">
+        <v>118</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
     </row>
-    <row r="32" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A32" s="41" t="s">
         <v>31</v>
       </c>
       <c r="B32" s="18">
         <v>45475</v>
       </c>
       <c r="C32" s="18">
         <v>45574</v>
       </c>
       <c r="D32" s="18">
         <v>45660</v>
       </c>
       <c r="E32" s="18">
         <v>45716</v>
       </c>
       <c r="F32" s="18">
         <v>45839</v>
       </c>
       <c r="G32" s="18">
         <v>45933</v>
       </c>
-      <c r="H32" s="26">
+      <c r="H32" s="18">
         <v>46027</v>
       </c>
-      <c r="I32" s="26"/>
-      <c r="J32" s="21"/>
+      <c r="I32" s="26">
+        <v>46052</v>
+      </c>
+      <c r="J32" s="40" t="s">
+        <v>123</v>
+      </c>
       <c r="K32" s="76" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>148</v>
+      </c>
+      <c r="L32" s="21" t="s">
+        <v>149</v>
       </c>
       <c r="M32" s="20" t="s">
         <v>8</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
     </row>
-    <row r="33" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A33" s="42" t="s">
         <v>32</v>
       </c>
       <c r="B33" s="27">
         <v>45450</v>
       </c>
       <c r="C33" s="27">
         <v>45541</v>
       </c>
       <c r="D33" s="27">
         <v>45635</v>
       </c>
       <c r="E33" s="27">
         <v>45742</v>
       </c>
       <c r="F33" s="27">
         <v>45814</v>
       </c>
       <c r="G33" s="27">
         <v>45905</v>
       </c>
-      <c r="H33" s="104">
+      <c r="H33" s="27">
         <v>45996</v>
       </c>
-      <c r="I33" s="104"/>
-      <c r="J33" s="38"/>
+      <c r="I33" s="102">
+        <v>46051</v>
+      </c>
+      <c r="J33" s="38" t="s">
+        <v>134</v>
+      </c>
       <c r="K33" s="65" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>93</v>
+      </c>
+      <c r="L33" s="38" t="s">
+        <v>96</v>
       </c>
       <c r="M33" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N33" s="39"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
     </row>
-    <row r="34" spans="1:16" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:16" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A34" s="41" t="s">
         <v>33</v>
       </c>
       <c r="B34" s="18">
         <v>45463</v>
       </c>
       <c r="C34" s="18">
         <v>45562</v>
       </c>
       <c r="D34" s="18">
         <v>45722</v>
       </c>
       <c r="E34" s="18">
         <v>45748</v>
       </c>
       <c r="F34" s="18">
         <v>45834</v>
       </c>
       <c r="G34" s="18">
         <v>45923</v>
       </c>
       <c r="H34" s="18">
         <v>46013</v>
       </c>
-      <c r="I34" s="26"/>
-      <c r="J34" s="40"/>
+      <c r="I34" s="26">
+        <v>46055</v>
+      </c>
+      <c r="J34" s="40" t="s">
+        <v>123</v>
+      </c>
       <c r="K34" s="66" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>171</v>
+      </c>
+      <c r="L34" s="21" t="s">
+        <v>172</v>
       </c>
       <c r="M34" s="16" t="s">
         <v>8</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
     </row>
-    <row r="35" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A35" s="42" t="s">
         <v>34</v>
       </c>
       <c r="B35" s="27">
         <v>45489</v>
       </c>
       <c r="C35" s="27">
         <v>45558</v>
       </c>
       <c r="D35" s="27">
         <v>45670</v>
       </c>
       <c r="E35" s="27">
         <v>45743</v>
       </c>
       <c r="F35" s="27">
         <v>45834</v>
       </c>
       <c r="G35" s="27">
         <v>45924</v>
       </c>
-      <c r="H35" s="104">
+      <c r="H35" s="27">
         <v>46031</v>
       </c>
-      <c r="I35" s="104"/>
-      <c r="J35" s="116"/>
+      <c r="I35" s="102">
+        <v>46052</v>
+      </c>
+      <c r="J35" s="107" t="s">
+        <v>74</v>
+      </c>
       <c r="K35" s="65" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>162</v>
+      </c>
+      <c r="L35" s="38" t="s">
+        <v>161</v>
       </c>
       <c r="M35" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N35" s="39"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
     </row>
-    <row r="36" spans="1:16" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A36" s="41" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="18">
         <v>45463</v>
       </c>
       <c r="C36" s="18">
         <v>45554</v>
       </c>
       <c r="D36" s="18">
         <v>45645</v>
       </c>
       <c r="E36" s="18">
         <v>45736</v>
       </c>
       <c r="F36" s="18">
         <v>45827</v>
       </c>
       <c r="G36" s="18">
         <v>45926</v>
       </c>
       <c r="H36" s="18">
         <v>46009</v>
       </c>
       <c r="I36" s="26"/>
       <c r="J36" s="21"/>
       <c r="K36" s="63" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>104</v>
+      </c>
+      <c r="L36" s="21" t="s">
+        <v>105</v>
       </c>
       <c r="M36" s="18" t="s">
         <v>8</v>
       </c>
       <c r="N36" s="39"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
     </row>
-    <row r="37" spans="1:16" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:16" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A37" s="42" t="s">
         <v>36</v>
       </c>
       <c r="B37" s="27">
         <v>45446</v>
       </c>
       <c r="C37" s="27">
         <v>45532</v>
       </c>
       <c r="D37" s="27">
         <v>45618</v>
       </c>
       <c r="E37" s="27">
         <v>45722</v>
       </c>
       <c r="F37" s="27">
         <v>45799</v>
       </c>
       <c r="G37" s="27">
         <v>45902</v>
       </c>
-      <c r="H37" s="104">
+      <c r="H37" s="102">
         <v>46041</v>
       </c>
       <c r="I37" s="27"/>
       <c r="J37" s="37" t="s">
-        <v>171</v>
+        <v>126</v>
       </c>
       <c r="K37" s="65" t="s">
-        <v>172</v>
+        <v>127</v>
       </c>
       <c r="L37" s="38"/>
       <c r="M37" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N37" s="39"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
     </row>
-    <row r="38" spans="1:16" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:16" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A38" s="41" t="s">
         <v>37</v>
       </c>
       <c r="B38" s="18">
         <v>45446</v>
       </c>
       <c r="C38" s="18">
         <v>45538</v>
       </c>
       <c r="D38" s="18">
         <v>45630</v>
       </c>
       <c r="E38" s="18">
         <v>45772</v>
       </c>
       <c r="F38" s="18">
         <v>45811</v>
       </c>
       <c r="G38" s="18">
         <v>45951</v>
       </c>
       <c r="H38" s="18">
         <v>45993</v>
       </c>
       <c r="I38" s="26"/>
       <c r="J38" s="21" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="K38" s="63" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="L38" s="21"/>
       <c r="M38" s="18" t="s">
         <v>8</v>
       </c>
       <c r="N38" s="39"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
     </row>
-    <row r="39" spans="1:16" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A39" s="42" t="s">
         <v>38</v>
       </c>
       <c r="B39" s="27">
         <v>45470</v>
       </c>
       <c r="C39" s="27">
         <v>45569</v>
       </c>
       <c r="D39" s="27">
         <v>45664</v>
       </c>
       <c r="E39" s="27">
         <v>45743</v>
       </c>
       <c r="F39" s="27">
         <v>45810</v>
       </c>
       <c r="G39" s="27">
         <v>45930</v>
       </c>
-      <c r="H39" s="104">
+      <c r="H39" s="102">
         <v>46027</v>
       </c>
-      <c r="I39" s="104"/>
-      <c r="J39" s="37"/>
+      <c r="I39" s="102">
+        <v>46052</v>
+      </c>
+      <c r="J39" s="37" t="s">
+        <v>123</v>
+      </c>
       <c r="K39" s="74" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>165</v>
+      </c>
+      <c r="L39" s="114" t="s">
+        <v>117</v>
       </c>
       <c r="M39" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
     </row>
-    <row r="40" spans="1:16" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A40" s="41" t="s">
         <v>39</v>
       </c>
       <c r="B40" s="18">
         <v>45449</v>
       </c>
       <c r="C40" s="18">
         <v>45583</v>
       </c>
       <c r="D40" s="18">
         <v>45631</v>
       </c>
       <c r="E40" s="18">
         <v>45782</v>
       </c>
       <c r="F40" s="18">
         <v>45814</v>
       </c>
       <c r="G40" s="18">
         <v>45950</v>
       </c>
       <c r="H40" s="18">
         <v>45996</v>
       </c>
       <c r="I40" s="26"/>
       <c r="J40" s="21"/>
       <c r="K40" s="67" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>94</v>
+      </c>
+      <c r="L40" s="21" t="s">
+        <v>108</v>
       </c>
       <c r="M40" s="18" t="s">
         <v>8</v>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
     </row>
-    <row r="41" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A41" s="42" t="s">
         <v>40</v>
       </c>
       <c r="B41" s="27">
         <v>45443</v>
       </c>
       <c r="C41" s="27">
         <v>45572</v>
       </c>
       <c r="D41" s="27">
         <v>45625</v>
       </c>
       <c r="E41" s="27">
         <v>45716</v>
       </c>
       <c r="F41" s="27">
         <v>45810</v>
       </c>
       <c r="G41" s="27">
         <v>45930</v>
       </c>
       <c r="H41" s="27">
         <v>45989</v>
       </c>
-      <c r="I41" s="104"/>
+      <c r="I41" s="102"/>
       <c r="J41" s="38"/>
       <c r="K41" s="73" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>80</v>
+      </c>
+      <c r="L41" s="38" t="s">
+        <v>81</v>
       </c>
       <c r="M41" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
     </row>
-    <row r="42" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A42" s="41" t="s">
         <v>41</v>
       </c>
       <c r="B42" s="18">
         <v>45470</v>
       </c>
       <c r="C42" s="18">
         <v>45565</v>
       </c>
       <c r="D42" s="18">
         <v>45666</v>
       </c>
       <c r="E42" s="18">
         <v>45742</v>
       </c>
       <c r="F42" s="18">
         <v>45833</v>
       </c>
       <c r="G42" s="18">
         <v>45929</v>
       </c>
       <c r="H42" s="18">
         <v>46014</v>
       </c>
-      <c r="I42" s="26"/>
-      <c r="J42" s="21"/>
+      <c r="I42" s="26">
+        <v>46052</v>
+      </c>
+      <c r="J42" s="40"/>
       <c r="K42" s="63" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="L42" s="21" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="M42" s="18" t="s">
         <v>8</v>
       </c>
       <c r="N42" s="39"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
     </row>
-    <row r="43" spans="1:16" ht="66" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:16" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A43" s="42" t="s">
         <v>42</v>
       </c>
       <c r="B43" s="27">
         <v>45461</v>
       </c>
       <c r="C43" s="27">
         <v>45538</v>
       </c>
       <c r="D43" s="27">
         <v>45631</v>
       </c>
       <c r="E43" s="27">
         <v>45721</v>
       </c>
       <c r="F43" s="27">
         <v>45812</v>
       </c>
       <c r="G43" s="27">
         <v>45901</v>
       </c>
       <c r="H43" s="27">
         <v>45994</v>
       </c>
-      <c r="I43" s="104"/>
-      <c r="J43" s="38"/>
+      <c r="I43" s="102">
+        <v>46052</v>
+      </c>
+      <c r="J43" s="37" t="s">
+        <v>74</v>
+      </c>
       <c r="K43" s="74" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>142</v>
+      </c>
+      <c r="L43" s="38" t="s">
+        <v>143</v>
       </c>
       <c r="M43" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N43" s="39"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
     </row>
-    <row r="44" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A44" s="41" t="s">
         <v>43</v>
       </c>
       <c r="B44" s="18">
         <v>45442</v>
       </c>
       <c r="C44" s="18">
         <v>45562</v>
       </c>
       <c r="D44" s="18">
         <v>45625</v>
       </c>
       <c r="E44" s="18">
         <v>45750</v>
       </c>
       <c r="F44" s="18">
         <v>45811</v>
       </c>
       <c r="G44" s="18">
         <v>45930</v>
       </c>
       <c r="H44" s="18">
         <v>45993</v>
       </c>
       <c r="I44" s="26"/>
       <c r="J44" s="40"/>
       <c r="K44" s="67"/>
-      <c r="L44" s="40" t="s">
-        <v>126</v>
+      <c r="L44" s="21" t="s">
+        <v>100</v>
       </c>
       <c r="M44" s="18" t="s">
         <v>8</v>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
     </row>
-    <row r="45" spans="1:16" ht="52.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:16" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="42" t="s">
         <v>60</v>
       </c>
       <c r="B45" s="27">
         <v>45481</v>
       </c>
       <c r="C45" s="27">
         <v>45569</v>
       </c>
       <c r="D45" s="27">
         <v>45660</v>
       </c>
       <c r="E45" s="27">
         <v>45728</v>
       </c>
       <c r="F45" s="27">
         <v>45810</v>
       </c>
       <c r="G45" s="27">
         <v>45982</v>
       </c>
       <c r="H45" s="27">
         <v>46003</v>
       </c>
-      <c r="I45" s="104"/>
+      <c r="I45" s="102"/>
       <c r="J45" s="37"/>
       <c r="K45" s="65" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>83</v>
+      </c>
+      <c r="L45" s="113" t="s">
+        <v>114</v>
       </c>
       <c r="M45" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N45" s="47"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
     </row>
-    <row r="46" spans="1:16" ht="66.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:16" ht="66.599999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="41" t="s">
         <v>44</v>
       </c>
       <c r="B46" s="18">
         <v>45504</v>
       </c>
       <c r="C46" s="18">
         <v>45587</v>
       </c>
       <c r="D46" s="18">
         <v>45649</v>
       </c>
       <c r="E46" s="18">
         <v>45744</v>
       </c>
       <c r="F46" s="18">
         <v>45838</v>
       </c>
       <c r="G46" s="18">
         <v>45964</v>
       </c>
       <c r="H46" s="18">
         <v>46014</v>
       </c>
       <c r="I46" s="26"/>
       <c r="J46" s="40"/>
       <c r="K46" s="67" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>109</v>
+      </c>
+      <c r="L46" s="21" t="s">
+        <v>110</v>
       </c>
       <c r="M46" s="18" t="s">
         <v>8</v>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
     </row>
-    <row r="47" spans="1:16" ht="66" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A47" s="42" t="s">
         <v>45</v>
       </c>
       <c r="B47" s="27">
         <v>45470</v>
       </c>
       <c r="C47" s="27">
         <v>45561</v>
       </c>
       <c r="D47" s="27">
         <v>45645</v>
       </c>
       <c r="E47" s="27">
         <v>45743</v>
       </c>
       <c r="F47" s="27">
         <v>45834</v>
       </c>
       <c r="G47" s="27">
         <v>45925</v>
       </c>
-      <c r="H47" s="27">
-[...2 lines deleted...]
-      <c r="I47" s="104"/>
+      <c r="H47" s="102">
+        <v>46044</v>
+      </c>
+      <c r="I47" s="102"/>
       <c r="J47" s="38"/>
       <c r="K47" s="65" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>131</v>
+      </c>
+      <c r="L47" s="118" t="s">
+        <v>175</v>
       </c>
       <c r="M47" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
     </row>
-    <row r="48" spans="1:16" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A48" s="99" t="s">
+    <row r="48" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A48" s="98" t="s">
         <v>46</v>
       </c>
       <c r="B48" s="8"/>
       <c r="C48" s="8"/>
       <c r="D48" s="8"/>
       <c r="E48" s="8"/>
       <c r="F48" s="8"/>
       <c r="G48" s="8"/>
       <c r="H48" s="8"/>
       <c r="I48" s="8"/>
       <c r="J48" s="9" t="s">
         <v>58</v>
       </c>
       <c r="K48" s="68"/>
       <c r="L48" s="9"/>
       <c r="M48" s="8"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
     </row>
-    <row r="49" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A49" s="33" t="s">
         <v>47</v>
       </c>
       <c r="B49" s="27">
         <v>45474</v>
       </c>
       <c r="C49" s="27">
         <v>45554</v>
       </c>
       <c r="D49" s="27">
         <v>45643</v>
       </c>
       <c r="E49" s="27">
         <v>45736</v>
       </c>
       <c r="F49" s="27">
         <v>45832</v>
       </c>
       <c r="G49" s="27">
         <v>45918</v>
       </c>
       <c r="H49" s="27">
         <v>46008</v>
       </c>
-      <c r="I49" s="104"/>
+      <c r="I49" s="102"/>
       <c r="J49" s="38"/>
-      <c r="K49" s="115" t="s">
-[...3 lines deleted...]
-        <v>153</v>
+      <c r="K49" s="106" t="s">
+        <v>103</v>
+      </c>
+      <c r="L49" s="62" t="s">
+        <v>115</v>
       </c>
       <c r="M49" s="48" t="s">
         <v>8</v>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
       <c r="P49" s="7"/>
     </row>
-    <row r="50" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A50" s="17" t="s">
         <v>48</v>
       </c>
       <c r="B50" s="18">
         <v>45449</v>
       </c>
       <c r="C50" s="18">
         <v>45538</v>
       </c>
       <c r="D50" s="18">
         <v>45630</v>
       </c>
       <c r="E50" s="18">
         <v>45727</v>
       </c>
       <c r="F50" s="18">
         <v>45813</v>
       </c>
       <c r="G50" s="18">
         <v>45904</v>
       </c>
       <c r="H50" s="18">
         <v>46009</v>
       </c>
       <c r="I50" s="26"/>
       <c r="J50" s="40"/>
       <c r="K50" s="63" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>91</v>
+      </c>
+      <c r="L50" s="21" t="s">
+        <v>116</v>
       </c>
       <c r="M50" s="16" t="s">
         <v>8</v>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="7"/>
       <c r="P50" s="7"/>
     </row>
-    <row r="51" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A51" s="33" t="s">
         <v>49</v>
       </c>
       <c r="B51" s="27">
         <v>45450</v>
       </c>
       <c r="C51" s="27">
         <v>45583</v>
       </c>
       <c r="D51" s="27">
         <v>45635</v>
       </c>
       <c r="E51" s="27">
         <v>45723</v>
       </c>
       <c r="F51" s="27">
         <v>45814</v>
       </c>
       <c r="G51" s="27">
         <v>45950</v>
       </c>
-      <c r="H51" s="104">
+      <c r="H51" s="27">
         <v>46031</v>
       </c>
-      <c r="I51" s="104"/>
+      <c r="I51" s="102"/>
       <c r="J51" s="37" t="s">
-        <v>162</v>
+        <v>119</v>
       </c>
       <c r="K51" s="92" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>95</v>
+      </c>
+      <c r="L51" s="93" t="s">
+        <v>102</v>
       </c>
       <c r="M51" s="49" t="s">
         <v>8</v>
       </c>
       <c r="N51" s="7"/>
       <c r="O51" s="7"/>
       <c r="P51" s="7"/>
     </row>
-    <row r="52" spans="1:16" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A52" s="17" t="s">
         <v>50</v>
       </c>
       <c r="B52" s="18">
         <v>45400</v>
       </c>
       <c r="C52" s="18">
         <v>45491</v>
       </c>
       <c r="D52" s="18">
         <v>45587</v>
       </c>
       <c r="E52" s="18">
         <v>45684</v>
       </c>
       <c r="F52" s="18">
         <v>45769</v>
       </c>
       <c r="G52" s="18">
         <v>45974</v>
       </c>
       <c r="H52" s="18">
         <v>45947</v>
       </c>
       <c r="I52" s="26">
-        <v>46041</v>
-[...8 lines deleted...]
-        <v>156</v>
+        <v>46057</v>
+      </c>
+      <c r="J52" s="40"/>
+      <c r="K52" s="110" t="s">
+        <v>124</v>
+      </c>
+      <c r="L52" s="21" t="s">
+        <v>166</v>
       </c>
       <c r="M52" s="16" t="s">
         <v>8</v>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="7"/>
       <c r="P52" s="7"/>
     </row>
-    <row r="53" spans="1:16" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A53" s="33" t="s">
         <v>61</v>
       </c>
       <c r="B53" s="27">
         <v>45441</v>
       </c>
       <c r="C53" s="27">
         <v>45586</v>
       </c>
       <c r="D53" s="27">
         <v>45629</v>
       </c>
       <c r="E53" s="27">
         <v>45769</v>
       </c>
       <c r="F53" s="27">
         <v>45805</v>
       </c>
       <c r="G53" s="27">
         <v>45947</v>
       </c>
       <c r="H53" s="27">
         <v>45988</v>
       </c>
-      <c r="I53" s="104"/>
+      <c r="I53" s="102"/>
       <c r="J53" s="37"/>
       <c r="K53" s="74" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="L53" s="62" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="M53" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="7"/>
       <c r="P53" s="7"/>
     </row>
-    <row r="54" spans="1:16" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:16" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A54" s="41" t="s">
         <v>51</v>
       </c>
       <c r="B54" s="18">
         <v>45446</v>
       </c>
       <c r="C54" s="18">
         <v>45537</v>
       </c>
       <c r="D54" s="18">
         <v>45625</v>
       </c>
       <c r="E54" s="18">
         <v>45719</v>
       </c>
       <c r="F54" s="18">
         <v>45812</v>
       </c>
       <c r="G54" s="18">
         <v>45898</v>
       </c>
       <c r="H54" s="18">
         <v>45996</v>
       </c>
       <c r="I54" s="26"/>
       <c r="J54" s="21"/>
       <c r="K54" s="66" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>92</v>
+      </c>
+      <c r="L54" s="21" t="s">
+        <v>117</v>
       </c>
       <c r="M54" s="16" t="s">
         <v>8</v>
       </c>
       <c r="N54" s="7"/>
       <c r="O54" s="7"/>
       <c r="P54" s="7"/>
     </row>
-    <row r="55" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:16" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A55" s="46" t="s">
         <v>52</v>
       </c>
       <c r="B55" s="27">
         <v>45418</v>
       </c>
       <c r="C55" s="27">
         <v>45510</v>
       </c>
       <c r="D55" s="27">
         <v>45601</v>
       </c>
       <c r="E55" s="27">
         <v>45695</v>
       </c>
       <c r="F55" s="27">
         <v>45784</v>
       </c>
       <c r="G55" s="27">
         <v>45887</v>
       </c>
       <c r="H55" s="27">
         <v>45967</v>
       </c>
-      <c r="I55" s="27"/>
+      <c r="I55" s="102">
+        <v>46058</v>
+      </c>
       <c r="J55" s="38"/>
       <c r="K55" s="69" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>177</v>
+      </c>
+      <c r="L55" s="113" t="s">
+        <v>176</v>
       </c>
       <c r="M55" s="27" t="s">
         <v>8</v>
       </c>
       <c r="N55" s="7"/>
       <c r="O55" s="7"/>
       <c r="P55" s="7"/>
     </row>
-    <row r="56" spans="1:16" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A56" s="17" t="s">
         <v>53</v>
       </c>
       <c r="B56" s="18">
         <v>45481</v>
       </c>
       <c r="C56" s="18">
         <v>45581</v>
       </c>
       <c r="D56" s="18">
         <v>45667</v>
       </c>
       <c r="E56" s="18">
         <v>45757</v>
       </c>
       <c r="F56" s="18">
         <v>45849</v>
       </c>
       <c r="G56" s="18">
         <v>45940</v>
       </c>
       <c r="H56" s="26">
         <v>46034</v>
       </c>
       <c r="I56" s="26"/>
       <c r="J56" s="21"/>
       <c r="K56" s="63" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>120</v>
+      </c>
+      <c r="L56" s="21" t="s">
+        <v>121</v>
       </c>
       <c r="M56" s="16" t="s">
         <v>8</v>
       </c>
       <c r="N56" s="7"/>
       <c r="O56" s="7"/>
       <c r="P56" s="7"/>
     </row>
-    <row r="57" spans="1:16" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A57" s="46" t="s">
         <v>54</v>
       </c>
       <c r="B57" s="27"/>
       <c r="C57" s="27"/>
       <c r="D57" s="27"/>
       <c r="E57" s="27"/>
       <c r="F57" s="27"/>
       <c r="G57" s="27"/>
       <c r="H57" s="27"/>
       <c r="I57" s="27"/>
       <c r="J57" s="38"/>
       <c r="K57" s="70"/>
       <c r="L57" s="93"/>
       <c r="M57" s="27" t="s">
         <v>8</v>
       </c>
       <c r="N57" s="7"/>
       <c r="O57" s="7"/>
       <c r="P57" s="7"/>
     </row>
-    <row r="58" spans="1:16" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:16" ht="51" x14ac:dyDescent="0.2">
       <c r="A58" s="17" t="s">
         <v>55</v>
       </c>
       <c r="B58" s="18">
         <v>45452</v>
       </c>
       <c r="C58" s="18">
         <v>45544</v>
       </c>
       <c r="D58" s="18">
         <v>45635</v>
       </c>
       <c r="E58" s="18">
         <v>45725</v>
       </c>
       <c r="F58" s="18">
         <v>45817</v>
       </c>
       <c r="G58" s="18">
         <v>45908</v>
       </c>
       <c r="H58" s="18">
         <v>45999</v>
       </c>
-      <c r="I58" s="26"/>
-      <c r="J58" s="21"/>
+      <c r="I58" s="26">
+        <v>46057</v>
+      </c>
+      <c r="J58" s="40" t="s">
+        <v>123</v>
+      </c>
       <c r="K58" s="66" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>174</v>
+      </c>
+      <c r="L58" s="21" t="s">
+        <v>173</v>
       </c>
       <c r="M58" s="50" t="s">
         <v>8</v>
       </c>
       <c r="N58" s="7"/>
       <c r="O58" s="7"/>
       <c r="P58" s="7"/>
     </row>
-    <row r="59" spans="1:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="46" t="s">
         <v>56</v>
       </c>
       <c r="B59" s="27">
         <v>45453</v>
       </c>
       <c r="C59" s="27">
         <v>45538</v>
       </c>
       <c r="D59" s="27">
         <v>45630</v>
       </c>
       <c r="E59" s="27">
         <v>45721</v>
       </c>
       <c r="F59" s="27">
         <v>45812</v>
       </c>
       <c r="G59" s="27">
         <v>45910</v>
       </c>
       <c r="H59" s="27">
         <v>45993</v>
       </c>
-      <c r="I59" s="104"/>
+      <c r="I59" s="102"/>
       <c r="J59" s="38"/>
       <c r="K59" s="91" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="L59" s="102"/>
+        <v>85</v>
+      </c>
+      <c r="L59" s="100"/>
       <c r="M59" s="27" t="s">
         <v>8</v>
       </c>
       <c r="N59" s="7"/>
       <c r="O59" s="7"/>
       <c r="P59" s="7"/>
     </row>
-    <row r="60" spans="1:16" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A60" s="51" t="s">
         <v>65</v>
       </c>
       <c r="B60" s="11"/>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11"/>
       <c r="F60" s="11"/>
       <c r="G60" s="11"/>
       <c r="H60" s="11"/>
       <c r="I60" s="11"/>
       <c r="J60" s="84"/>
       <c r="K60" s="85"/>
       <c r="L60" s="86"/>
       <c r="M60" s="85"/>
       <c r="N60" s="87"/>
       <c r="O60" s="88"/>
       <c r="P60" s="11"/>
     </row>
-    <row r="61" spans="1:16" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A61" s="51" t="s">
-        <v>136</v>
+        <v>107</v>
       </c>
       <c r="B61" s="11"/>
       <c r="C61" s="11"/>
       <c r="D61" s="11"/>
       <c r="E61" s="11"/>
       <c r="F61" s="11"/>
       <c r="G61" s="11"/>
       <c r="H61" s="11"/>
       <c r="I61" s="11"/>
       <c r="J61" s="84"/>
       <c r="K61" s="89"/>
       <c r="L61" s="86"/>
       <c r="M61" s="85"/>
       <c r="N61" s="87"/>
       <c r="O61" s="88"/>
       <c r="P61" s="11"/>
     </row>
-    <row r="62" spans="1:16" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A62" s="51" t="s">
         <v>57</v>
       </c>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
       <c r="E62" s="10"/>
       <c r="F62" s="10"/>
       <c r="G62" s="10"/>
       <c r="H62" s="10"/>
       <c r="I62" s="10"/>
       <c r="J62" s="52"/>
       <c r="K62" s="77"/>
       <c r="L62" s="11"/>
       <c r="M62" s="52"/>
       <c r="N62" s="10"/>
       <c r="O62" s="53"/>
       <c r="P62" s="53"/>
     </row>
-    <row r="63" spans="1:16" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A63" s="54" t="s">
         <v>62</v>
       </c>
       <c r="B63" s="12"/>
       <c r="C63" s="12"/>
       <c r="D63" s="12"/>
       <c r="E63" s="12"/>
       <c r="F63" s="12"/>
       <c r="G63" s="12"/>
       <c r="H63" s="12"/>
       <c r="I63" s="12"/>
       <c r="J63" s="57"/>
       <c r="K63" s="78"/>
       <c r="L63" s="13"/>
       <c r="N63" s="12"/>
       <c r="O63" s="56"/>
       <c r="P63" s="56"/>
     </row>
-    <row r="64" spans="1:16" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A64" s="58"/>
     </row>
   </sheetData>
   <mergeCells count="20">
-    <mergeCell ref="A5:A6"/>
-[...4 lines deleted...]
-    <mergeCell ref="I8:I9"/>
     <mergeCell ref="B1:M2"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="M5:M6"/>
     <mergeCell ref="L8:L9"/>
     <mergeCell ref="M8:M9"/>
     <mergeCell ref="L5:L6"/>
     <mergeCell ref="J8:J9"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="K8:K9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="G8:G9"/>
     <mergeCell ref="H8:H9"/>
     <mergeCell ref="F5:I5"/>
+    <mergeCell ref="A5:A6"/>
+    <mergeCell ref="J5:J6"/>
+    <mergeCell ref="D8:D9"/>
+    <mergeCell ref="E8:E9"/>
+    <mergeCell ref="F8:F9"/>
+    <mergeCell ref="I8:I9"/>
   </mergeCells>
   <phoneticPr fontId="11" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="K18" r:id="rId1" xr:uid="{00000000-0004-0000-0000-00003A000000}"/>
     <hyperlink ref="K10" r:id="rId2" xr:uid="{C1ADBD2F-690C-4E8D-A6E4-0D3800610031}"/>
     <hyperlink ref="K50" r:id="rId3" xr:uid="{4F9D1CB1-D594-4C4B-9D9D-E9C7DE7D90E2}"/>
     <hyperlink ref="K17" r:id="rId4" xr:uid="{F98764D3-A791-480C-84D2-76CFA4328717}"/>
-    <hyperlink ref="K34" r:id="rId5" xr:uid="{135D7797-1538-4FAC-AE0E-68754D734C19}"/>
-[...24 lines deleted...]
-    <hyperlink ref="K12" r:id="rId30" xr:uid="{62A058DF-01C4-4FE9-AAB2-1F4D6178D18A}"/>
+    <hyperlink ref="L47" r:id="rId5" display="https://www.bea.gov/news/schedule" xr:uid="{15A2185C-C811-4F87-9C20-6EC6BD42B2A9}"/>
+    <hyperlink ref="K27" r:id="rId6" xr:uid="{81EE38D7-4F54-4E52-B6F4-52A55C3489F3}"/>
+    <hyperlink ref="K14" r:id="rId7" xr:uid="{85E15B4A-691C-4AE0-9DE3-6D18308580E1}"/>
+    <hyperlink ref="K15" r:id="rId8" xr:uid="{6395AB09-0DEF-451D-A33D-8D12F376997D}"/>
+    <hyperlink ref="K32" r:id="rId9" xr:uid="{7E3A5806-3384-4E7A-8CCD-383E26D4B3A5}"/>
+    <hyperlink ref="K45" r:id="rId10" xr:uid="{40C8CA59-0F4A-4649-80A3-E54C610F47B3}"/>
+    <hyperlink ref="K19" r:id="rId11" xr:uid="{1536A5E0-67A0-46BE-9BC0-B685EFCB58C5}"/>
+    <hyperlink ref="K38" r:id="rId12" xr:uid="{8B967BDF-87E4-4C29-9871-EDD6C20A2832}"/>
+    <hyperlink ref="K59" r:id="rId13" xr:uid="{DC3B6937-4236-4583-BE07-8A2F93E3F055}"/>
+    <hyperlink ref="K25" r:id="rId14" xr:uid="{37B25566-E9CE-448E-8187-81E59A40771F}"/>
+    <hyperlink ref="K54" r:id="rId15" xr:uid="{E7E6F3D5-4838-4BB8-A399-6EC227F7D6DF}"/>
+    <hyperlink ref="K23" r:id="rId16" display="https://www.statistics.gr/en/statistics?p_p_id=documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN&amp;p_p_lifecycle=2&amp;p_p_state=normal&amp;p_p_mode=view&amp;p_p_cacheability=cacheLevelPage&amp;p_p_col_id=column-2&amp;p_p_col_count=4&amp;p_p_col_pos=1&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_javax.faces.resource=document&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_ln=downloadResources&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_documentID=577551&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_locale=en" xr:uid="{339469F2-31C5-423E-BF2E-7753102A637F}"/>
+    <hyperlink ref="K29" r:id="rId17" xr:uid="{9DF32774-7E43-4F5F-95D4-576033C29E52}"/>
+    <hyperlink ref="J29" r:id="rId18" display="Partial update: new benchmark revision with new reference year 2020." xr:uid="{051839D4-B8B8-44C6-BF43-B0746CA61971}"/>
+    <hyperlink ref="K49" r:id="rId19" xr:uid="{EC09D3B4-20DF-4B2C-B13D-E190BBD0C160}"/>
+    <hyperlink ref="K20" r:id="rId20" xr:uid="{0A4863CC-1CC7-47B9-947A-6E8D88C34062}"/>
+    <hyperlink ref="K31" r:id="rId21" xr:uid="{57E42B91-2583-40C8-AC65-1B06F98F834A}"/>
+    <hyperlink ref="J13" r:id="rId22" display="GVA by activity revised following the adoption new NAICS 2022" xr:uid="{F57AD40F-7FE2-4E52-9CBF-C2366B16A081}"/>
+    <hyperlink ref="K26" r:id="rId23" xr:uid="{51E905A9-4A81-4F1A-86DE-DF07183D04BD}"/>
+    <hyperlink ref="K42" r:id="rId24" xr:uid="{293F4BCF-8D1E-47DE-8A35-BA3BAAE40829}"/>
+    <hyperlink ref="K24" r:id="rId25" xr:uid="{B0BE33DF-6A02-4341-951E-4C718820BE3D}"/>
+    <hyperlink ref="K22" r:id="rId26" xr:uid="{6BF4C333-4C90-4A58-AF15-5F8F1545A95A}"/>
+    <hyperlink ref="K11" r:id="rId27" xr:uid="{D8E07067-7491-4CDE-97CD-DC5B8CD1E2FE}"/>
+    <hyperlink ref="K39" r:id="rId28" xr:uid="{3149ABEA-38B8-4993-8FBD-FA602AE937A6}"/>
+    <hyperlink ref="K8" r:id="rId29" xr:uid="{4870E76C-BF4A-4968-8A17-5BD1410E738A}"/>
+    <hyperlink ref="K13" r:id="rId30" xr:uid="{FF5AF6CB-605A-4600-9BE1-A3BAF6891FC4}"/>
+    <hyperlink ref="K55" r:id="rId31" xr:uid="{491E736F-E0BB-47E7-B0AA-B5286F0EF637}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId31"/>
+  <pageSetup orientation="portrait" r:id="rId32"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K0000FF Restricted Use - À usage restreint</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QNA</vt:lpstr>
     </vt:vector>