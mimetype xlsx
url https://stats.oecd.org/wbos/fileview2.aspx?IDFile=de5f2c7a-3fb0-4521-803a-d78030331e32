--- v3 (2026-02-07)
+++ v4 (2026-03-28)
@@ -7,82 +7,82 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\STDH\STDedata\QNA\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B1DBC58A-D976-4DE2-BF84-1F8C32CD62C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{24FE8857-8615-4A08-896B-57A4B23FC904}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" tabRatio="530" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="530" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="QNA" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A1" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="188">
   <si>
     <t>This calendar is updated on a ongoing basis and recent modifications are indicated in green.</t>
   </si>
   <si>
     <t>COUNTRY/ZONE</t>
   </si>
   <si>
     <t>News related to the last update</t>
   </si>
   <si>
     <t>Link to the last national news release</t>
   </si>
   <si>
     <t xml:space="preserve">Countries' official upcoming
 release dates * </t>
   </si>
   <si>
     <t>SNA Methodology used</t>
   </si>
   <si>
     <t>PPPs for GDP</t>
   </si>
   <si>
     <t>Euro area</t>
   </si>
@@ -399,616 +399,633 @@
   <si>
     <t>Q2 24</t>
   </si>
   <si>
     <t>Q3 24</t>
   </si>
   <si>
     <t>Q4 24</t>
   </si>
   <si>
     <t>Q1 25</t>
   </si>
   <si>
     <t>Q2 25</t>
   </si>
   <si>
     <t>Q3 25</t>
   </si>
   <si>
     <t>Partial update</t>
   </si>
   <si>
     <t>GDP and employment flash update</t>
   </si>
   <si>
-    <t>https://www.bcentral.cl/documents/33528/7868360/Cuentas+Nacionales+Tercer+Trimestre+2025.pdf/ab6a2394-1aec-9263-8d5e-f4d51b674d7f?t=1763412614972</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Q4 25: 27 Feb; </t>
   </si>
   <si>
     <t>https://podaci.dzs.hr/2025/en/97196</t>
   </si>
   <si>
-    <t>GDP and employment update</t>
-[...10 lines deleted...]
-  <si>
     <t>Partially updated</t>
-  </si>
-[...85 lines deleted...]
-Q3 26: 27 Nov; 18 Dec; </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10.1"/>
         <rFont val="Candara"/>
         <family val="2"/>
       </rPr>
       <t>“Benchmark revisions”</t>
     </r>
     <r>
       <rPr>
         <sz val="10.1"/>
         <rFont val="Candara"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> are exceptional revisions that incorporate new data sources and other methodological improvements. They usually happen every five years and cover longer time periods. </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Q4 25: F 13 Feb; 06 Mar; </t>
-[...5 lines deleted...]
-    <t>Q4 25: 12 Feb; 31 Mar; 
+    <t>Following Bulgaria’s entry into the euro area on 01/01/2026, data are reported in euro instead of lev.</t>
+  </si>
+  <si>
+    <t>Q4 25</t>
+  </si>
+  <si>
+    <t>https://www.stats.gov.cn/english/PressRelease/202601/t20260119_1962328.html</t>
+  </si>
+  <si>
+    <t>Population data updated</t>
+  </si>
+  <si>
+    <t>Q4 25: 26 Mar; 
+Q1 26: F 30 Apr; 24 Jun; 
+Q2 26: F 30 Jul; 23 Sep; 
+Q3 26: F 30 Oct; 24 Dec;</t>
+  </si>
+  <si>
+    <t>https://www.cbs.nl/en-gb/news/2026/05/dutch-economy-grows-by-0-5-percent-in-q4-2025</t>
+  </si>
+  <si>
+    <t>Q1 26: 17 Apr; 
+Q2 26: 16 Jul;</t>
+  </si>
+  <si>
+    <t>Q1 26: 05 May; 
+Q2 26: 05 Aug; 
+Q3 26: 05 Nov;</t>
+  </si>
+  <si>
+    <t>https://www.bps.go.id/en/pressrelease/2026/02/05/2546/indonesia-s-economic-growth-in-2025-was-5-11-percent.html</t>
+  </si>
+  <si>
+    <t>Q4 25: 31 Mar; 
 Q1 26: 14 May; 30 Jun; 
 Q2 26: 13 Aug; 30 Sep; 
 Q3 26: 12 Nov; 22 Dec; 
 Q4 26: 12 Feb;</t>
   </si>
   <si>
-    <t>Q4 25: 20 Feb; 31 Mar; 
+    <t>https://www.ons.gov.uk/economy/grossdomesticproductgdp/bulletins/gdpfirstquarterlyestimateuk/latest</t>
+  </si>
+  <si>
+    <t>Q4 25: 31 Mar; 
 Q1 26: 20 May; 30 Jun; 
 Q2 26: 20 Aug; 30 Sep;</t>
   </si>
   <si>
-    <t xml:space="preserve">Q4 25: 18 Mar; 
-[...9 lines deleted...]
-Q1 26: 01 Jun; 
+    <t>https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-trimestrales/pib-informacion-tecnica</t>
+  </si>
+  <si>
+    <t>https://www.destatis.de/EN/Press/2026/02/PE26_059_811.html?nn=2112</t>
+  </si>
+  <si>
+    <t>GDP update</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: F 30 Apr; 22 May; 
+Q2 26: F 30 Jul; 25 Aug; 
+Q3 26: F 30 Oct; 25 Nov;  </t>
+  </si>
+  <si>
+    <t>https://www.insee.fr/fr/statistiques/8885657#titre-bloc-2</t>
+  </si>
+  <si>
+    <t>GDP and employment update</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: F 30 Apr; </t>
+  </si>
+  <si>
+    <t>GDP and Employment update</t>
+  </si>
+  <si>
+    <t>Q1 26: F 29 Apr; 29 May; 
+Q2 26: F 29 Jul; 31 Aug; 
+Q3 26: F 29 Oct; 30 Nov</t>
+  </si>
+  <si>
+    <t>https://www.nbb.be/en/media/24381</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: 29 May; 17 Jun; 
+Q2 26: 28 Aug; 18 Sep; 
+Q3 26: 27 Nov; 18 Dec; </t>
+  </si>
+  <si>
+    <t>https://www.stat.si/StatWeb/en/News/Index/14178</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: 15 May; 29 May; 
+Q2 26: 14 Aug; 28 Aug; 23 Sep; 
+Q3 26: 16 Oct; 30 Oct; </t>
+  </si>
+  <si>
+    <t>https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;contecto=pi&amp;indOcorrCod=0013431&amp;selTab=tab0</t>
+  </si>
+  <si>
+    <t>https://stat.gov.lv/en/statistics-themes/economy/gross-domestic-product-quarterly-data/press-releases/26603-gross-domestic</t>
+  </si>
+  <si>
+    <t>Q4 25: 21 Apr; 
+Q1 26: 29 May; 22 Jun; 
+Q2 26: 31 Aug; 30 Sep;</t>
+  </si>
+  <si>
+    <t>https://www.scb.se/en/finding-statistics/statistics-by-subject-area/national-accounts/national-accounts/national-accounts-quarterly-and-annual-estimates/pong/statistical-news/national-accounts-fourth-quarter-2025/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: 29 Apr; 29 May; 
+Q2 26: 29 Jul; 28 Aug; 
+Q3 26: 25 Sep; 29 Oct; 
+Q4 26: 27 Nov; </t>
+  </si>
+  <si>
+    <t>GDP and employment data updated</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: F 30 Apr; 29 May; 
+Q2 26: F 30 Jul; 14 Aug; 31 Aug; 
+Q3 26: F 30 Oct; 30 Nov; </t>
+  </si>
+  <si>
+    <t>https://stat.ee/en/news/estonias-economy-fared-better-2025-two-preceding-years</t>
+  </si>
+  <si>
+    <t>https://www.statcan.gc.ca/en/subjects/standard/naics/2022/v1/index</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: F 30 Apr; 29 May;
+Q2 26: F 31 Jul; 28 Aug; 
+Q3 26: F 30 Oct; 30 Nov; 
+Q4 26: 01 Mar </t>
+  </si>
+  <si>
+    <t>https://stat.gov.pl/en/topics/national-accounts/quarterly-national-accounts/gross-domestic-product-in-the-4th-quarter-of-2025-preliminary-estimate,2,93.html</t>
+  </si>
+  <si>
+    <t>Q1 26: 01 Jun; 
+Q2 26: 03 Sep; 
+Q3 26: 30 Nov;</t>
+  </si>
+  <si>
+    <t>https://www.seco.admin.ch/seco/en/home/wirtschaftslage---wirtschaftspolitik/Wirtschaftslage/bip-quartalsschaetzungen-.html</t>
+  </si>
+  <si>
+    <t>https://osp.stat.gov.lt/informaciniai-pranesimai?eventId=377139</t>
+  </si>
+  <si>
+    <t>Q1 26: F 30 Apr; 01 Jun;
+Q2 26: F 30 Jul; 01 Sep; 
+Q3 26: F 30 Oct; 01 Dec;</t>
+  </si>
+  <si>
+    <t>https://veriportali.tuik.gov.tr/en/press/54162</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: 01 Jun; 
 Q2 26: 31 Aug; 
 Q3 26: 01 Dec; </t>
   </si>
   <si>
-    <t>Q4 25: 20 Mar; 
-[...6 lines deleted...]
-Q1 26: 29 May; 
+    <t>Q1 26: F 30 Apr; 02 May; 
+Q2 26: F 30 Jul; 01 Sep;
+Q3 26: F 30 Oct; 01 Dec;</t>
+  </si>
+  <si>
+    <t>https://www.ksh.hu/en/first-releases/gdp/egdp2512.html</t>
+  </si>
+  <si>
+    <t>Q1 26: F 30 Apr; 29 May; 
+Q2 26: F 30 Jul; 28 Aug; 
+Q3 26: F 30 Oct; 01 Dec;</t>
+  </si>
+  <si>
+    <t>https://csu.gov.cz/rychle-informace/gdp-resources-and-uses-4-quarter-of-2025</t>
+  </si>
+  <si>
+    <t>https://www.statice.is/publications/news-archive/national-accounts/national-accounts-2025-provisional-estimates/</t>
+  </si>
+  <si>
+    <t>Q1 26: 29 May; 
+Q2 26: 31 Aug; 
+Q3 26: 30 Nov;</t>
+  </si>
+  <si>
+    <t>https://agenciadenoticias.ibge.gov.br/agencia-sala-de-imprensa/2013-agencia-de-noticias/releases/45968-pib-cresce-2-3-em-2025-e-fecha-o-ano-em-r-12-7-trilhoes</t>
+  </si>
+  <si>
+    <t>Q1 26: 29 May; 
 Q2 26: 01 Sep; 
 Q3 26: 02 Dec;</t>
   </si>
   <si>
-    <t>Q4 25: 27 Feb;</t>
-[...50 lines deleted...]
-    <t>https://www.bea.gov/news/2026/gross-domestic-product-3rd-quarter-2025-updated-estimate-gdp-industry-and-corporate</t>
+    <t>https://www.istat.it/en/press-release/quarterly-national-accounts-q4-2025/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: F 30 Apr; 29 May; 
+Q2 26: F 30 Jul; 01 Sep; 05 Oct;
+Q3 26: F 30 Oct; 01 Dec; </t>
+  </si>
+  <si>
+    <t>https://www.statistik.at/fileadmin/announcement/2026/03/20260305BIP2025Q4EN.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: F 30 Apr; 05 Jun; </t>
+  </si>
+  <si>
+    <t>https://www.cso.ie/en/releasesandpublications/ep/p-na/quarterlynationalaccountsquarter42025/</t>
+  </si>
+  <si>
+    <t>https://www.abs.gov.au/statistics/economy/national-accounts/australian-national-accounts-national-income-expenditure-and-product/latest-release</t>
+  </si>
+  <si>
+    <t>Q1 26: 3 Jun; 
+Q2 26: 2 Sep;
+Q3 26: 2 Dec;</t>
   </si>
   <si>
     <r>
-      <rPr>
-[...4 lines deleted...]
-      </rPr>
       <t xml:space="preserve">New </t>
     </r>
     <r>
       <rPr>
-        <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FF0000FF"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t>benchmark revision</t>
     </r>
     <r>
       <rPr>
-        <b/>
         <sz val="10"/>
-        <color rgb="FF00863D"/>
+        <color rgb="FF0000FF"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
-        <b/>
         <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t>with new reference year 2020.</t>
     </r>
   </si>
   <si>
-    <t>Population data updated</t>
-[...140 lines deleted...]
-    <t>https://ec.europa.eu/eurostat/en/web/products-euro-indicators/w/2-30012026-ap</t>
+    <t xml:space="preserve">Q4 25: 09 Apr;
+Q1 26: F 15 May; </t>
+  </si>
+  <si>
+    <t>https://insse.ro/cms/sites/default/files/com_presa/com_pdf/pib_tr4e2025_1_0.pdf</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/eurostat/en/web/products-euro-indicators/w/2-06032026-ap</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">GDP flash update
-GVA by activity revised following the adoption new </t>
+      <t xml:space="preserve">Q4 25: 20 Apr;
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>Q1 26: F 30 Apr; F 13 May; 05 Jun; 20 Jul;
+Q2 26: F 30 Jul; F 14 Aug; 07 Sep; 20 Oct;
+Q3 26: F 30 Oct; F 13 Nov;  07 Dec; ? Jan;</t>
+    </r>
+  </si>
+  <si>
+    <t>https://statistiques.public.lu/fr/actualites/2026/stn09-26-comptes-trim.html</t>
+  </si>
+  <si>
+    <t>Q1 26: 05 Jun; 
+Q2 26: 07 Sep; 
+Q3 26: 07 Dec;</t>
+  </si>
+  <si>
+    <t>https://slovak.statistics.sk/wps/portal/ext/products/informationmessages/inf_sprava_detail/!ut/p/z1/rVNNl5owFP0tXbiMeSRAwhI9DmLVqeInmzkBEqUiOECx9tc3zHTaMzN17KLZJDnvvpvk3hsc4g0Oc9GkO1GnRS4yvd-G9sOM-bzXM1yA3piCP_ocTIf9O-ItLbzCIQ7jvD7Ve7wtokrskcxRmiskDnUH9KIoj5qtySWqTqVoLh1oKlkf9EwoJQmJFCKm4yDTlDaKmG0gHiU2sR1OKMQt_SlOE7wljqMkoxwxDkKjaYIiqmwklFKggFuJzfD69X25xQD8abAEWAXePQccvipP5wPwF-4Xbz4yDTCtd_3vAOHHcqxv6dX2w5XhAg5krjnCJ1jfc4cmGwPwsWeB7w6Xc2dGKbj0F-ADnmeAO5vNgvFqBd6K3IFPDQ-mS60FZTcACxtv9UvYVSXvCV43qTzjZd76m-Hgj1HKpKbUpiBgQiETVIIEt0xEI0qAJMANM8FDwCMcptGxe46PXegaRDvuOMSiDCh3KGmjR8pJf7LTvKLet5kq8KYsflRpKfPLw0FkMk9E2QLTr4-PoauDWOS1_F7jzXMSq0MHqlqnL0ZPlVwn8lQWybdDreNXykyKSqIXog7oVr2SJXopxb9Lfzn3jUJvvDbYdYX-KcqjW1m7_u7_-wNPxyOnlzRFo8GcnxdqnzVjNRlQK9t9-gkQHtHk/dz/d5/L2dBISEvZ0FBIS9nQSEh/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: 05 Jun; </t>
+  </si>
+  <si>
+    <t>https://www.nsi.bg/en/press-release/gross-domestic-product-gdp-national-level-8959</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: F 13 May; 05 Jun; 
+Q2 26: F 14 Aug; 07 Sep; 
+Q3 26: F 13 Nov; 04 Dec; </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Population and employment update
+GVA by activity revised following the adoption of new </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF0000FF"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t>NAICS 2022</t>
     </r>
   </si>
   <si>
-    <t>https://www150.statcan.gc.ca/n1/daily-quotidien/260130/dq260130a-eng.htm</t>
-[...23 lines deleted...]
-    <t>https://www.stats.gov.sa/documents/20117/2435267/GDP+Q4.2025+EN.pdf/7f36e714-ead7-e257-3024-4474e9920bf7?t=1769924765800</t>
+    <t>national release</t>
+  </si>
+  <si>
+    <t>https://www.mospi.gov.in/uploads/latestReleases/latest_release_1772189865181_f040336d-bc57-4aed-b80f-586d9ccb279e_Press_Note_on_New_Series_of_GDP_Estimates_with_Base_Year_2022-23_27022026.pdf</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">New set of quarterly data with new Base Year 2022-2023 (see </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>FAQ</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> for details on changes)</t>
+    </r>
+  </si>
+  <si>
+    <t>https://www.stats.gov.sa/documents/20117/2435267/GDP+Q4_2024+EN.pdf/47ce9089-acdc-b770-08c2-5b35ca6370d6?t=1773037153794</t>
+  </si>
+  <si>
+    <t>https://www.esri.cao.go.jp/jp/sna/data/data_list/sokuhou/gaiyou/pdf/main_1.pdf</t>
+  </si>
+  <si>
+    <t>Q4 25: 08 Apr?
+Q1 26: mid-May; 08 Jun; 08 Jul?</t>
+  </si>
+  <si>
+    <t>GDP updated (partial update)</t>
+  </si>
+  <si>
+    <t>https://www.statssa.gov.za/publications/P0441/Press%20release%20-%20Q4%202025.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: 23 Apr; 09 Jun; 
+Q2 26: 23 Jul; 08 Sep; 
+Q3 26: 27 Oct; 09 Dec; </t>
+  </si>
+  <si>
+    <t>https://www.bok.or.kr/eng/bbs/E0000634/view.do?nttId=10096875&amp;searchCnd=1&amp;searchKwd=&amp;depth=400007&amp;pageUnit=10&amp;pageIndex=1&amp;programType=newsDataEng&amp;menuNo=400423&amp;oldMenuNo=400007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 16 Apr; 
+Q1 26: 17 May; 16 Jun; 16 Jul; 
+Q2 26: 16 Aug; 16 Sep; 18 Oct; 
+Q3 26: 16 Nov; </t>
+  </si>
+  <si>
+    <t>Q1 26: 29 May;</t>
+  </si>
+  <si>
+    <t>https://www.ssb.no/en/nasjonalregnskap-og-konjunkturer/nasjonalregnskap/statistikk/nasjonalregnskap</t>
+  </si>
+  <si>
+    <t>Second estimates</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF00863D"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Q4 25: </t>
-    </r>
-[...40 lines deleted...]
-      <t xml:space="preserve"> 13 Mar; </t>
     </r>
     <r>
       <rPr>
         <b/>
         <strike/>
         <sz val="10"/>
         <color rgb="FF00863D"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>27 Mar</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF00863D"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 9 Apr; </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Q1 26: 30 Apr; 28 May; 25 Jun; 
 Q2 26: 30 Jul; 26 Aug; 30 Sep; 
 Q3 26: 29 Oct; 25 Nov; 23 Dec; </t>
     </r>
   </si>
   <si>
-    <t>Q1 26: 05 May; 
-[...7 lines deleted...]
-    <t>2025: end Mar;</t>
+    <t>https://www.bea.gov/news/2026/gdp-second-estimate-4th-quarter-and-year-2025</t>
+  </si>
+  <si>
+    <t>Revisions</t>
+  </si>
+  <si>
+    <t>https://stat.fi/en/publication/cmmn8n5dkbnv407w3eu0nq6za</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q4 25: 31 Mar; 
+Q1 26: 30 Jun; 
+Q2 26: 30 Sep; 
+Q3 26: 31 Dec; </t>
+  </si>
+  <si>
+    <t>https://www.bccr.fi.cr/comunicacion-y-prensa/Docs_Comunicados_Prensa/CP-BCCR-045-2025-BCCR-publica_la_revision_exhaustiva_de_sus_Cuentas_Nacionales.pdf</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Costa Rica has started implementing some recommendations of the 2025 SNA, including changes in the measurement of Central Bank output. See further details </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>here</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF00863D"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>. Further changes are planned in the coming years. New reference year 2022.</t>
+    </r>
+  </si>
+  <si>
+    <t>2025
+(partially implemented)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: 18 May; 
+Q2 26: 18 Aug; 
+Q3 26: 18 Nov; </t>
+  </si>
+  <si>
+    <t>https://www.bcentral.cl/en/areas/statistics/national-accounts/quarterly-national-accounts</t>
+  </si>
+  <si>
+    <t>Q1 26: 18 Jun;</t>
+  </si>
+  <si>
+    <t>https://www.stats.govt.nz/indicators/gross-domestic-product-gdp/</t>
+  </si>
+  <si>
+    <t>Informe de avance del nivel de actividad. Cuarto trimestre de 2025</t>
+  </si>
+  <si>
+    <t>Q1 26: 23 Jun; 
+Q2 26: 17 Sep;
+Q3 26: 16 Dec;</t>
+  </si>
+  <si>
+    <t>Q1 26: F 01 May?; 09 Jun; 
+Q2 26: F 03 Aug?; 08 Sep;
+Q3 26: F 01 Nov?; 08 Dec;</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: 15 May; 
+Q2 26: 18 Aug; 
+Q3 26: 17 Nov; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: 04 Jun; </t>
+  </si>
+  <si>
+    <t>Q1 26: F 30 Apr; 29 May;</t>
+  </si>
+  <si>
+    <t>Q1 26: 30 Apr; 22 May; 
+Q2 26: 30 Jun;</t>
+  </si>
+  <si>
+    <t>https://www.inegi.org.mx/contenidos/saladeprensa/boletines/2026/itab/ouab2026_03.pdf</t>
+  </si>
+  <si>
+    <t>https://www.ine.es/dyngs/INEbase/en/operacion.htm?c=Estadistica_C&amp;cid=1254736164439&amp;menu=ultiDatos&amp;idp=1254735576581</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Q1 26: 30 Apr; 25 Jun;
+Q2 26: 30 Jul; 25 Sep;
+Q3 26: 30 Oct; 23 Dec; </t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>New PPPs for 2025 and quarterly PPPs revised</t>
+  </si>
+  <si>
+    <t>https://www.oecd.org/en/data/insights/data-explainers/2024/06/purchasing-power-parities---frequently-asked-questions-faqs.html#PPPs7</t>
+  </si>
+  <si>
+    <t>Q1 26: Jun; Q3 26: Dec;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="165" formatCode="d/m/yy\ ;@"/>
   </numFmts>
-  <fonts count="29" x14ac:knownFonts="1">
+  <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Candara"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
@@ -1117,76 +1134,96 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF00863D"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="3"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="10"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Candara"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-    <font>
       <u/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF00863D"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <strike/>
       <sz val="10"/>
       <color rgb="FF00863D"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF0000FF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1335,51 +1372,51 @@
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="139">
+  <cellXfs count="150">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1580,216 +1617,253 @@
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="16" fillId="4" borderId="9" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="22" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="16" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="24" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="16" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="15" fontId="19" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="16" fillId="4" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="15" fontId="28" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="28" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="28" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="28" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="28" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="26" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="22" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="16" fillId="4" borderId="9" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="19" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="23" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="7" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="19" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="28" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="19" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="28" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="16" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="15" fontId="7" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="16" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="28" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="28" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF00863D"/>
       <color rgb="FF0000FF"/>
       <color rgb="FF686BEA"/>
       <color rgb="FF0B28BB"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -2034,2512 +2108,2571 @@
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-trimestrales" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statssa.gov.za/?p=19044" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/en/sna/data/sokuhou/files/2025/qe253_2/pdf/note_e.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.destatis.de/EN/Press/2026/01/PE26_035_811.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agenciadenoticias.ibge.gov.br/en/agencia-press-room/2185-news-agency/releases-en/45373-pib-varia-0-1-no-terceiro-trimestre-de-2026" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/en/statistics-themes/economy/gross-domestic-product-quarterly-data/press-releases/24722-gross-domestic?themeCode=IS" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcentral.cl/documents/33528/7868360/Cuentas+Nacionales+Tercer+Trimestre+2025.pdf/ab6a2394-1aec-9263-8d5e-f4d51b674d7f?t=1763412614972" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.pl/en/topics/national-accounts/quarterly-national-accounts/gross-domestic-product-in-the-3rd-quarter-of-2025-preliminary-estimate,2,92.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/jp/sna/data/data_list/sokuhou/gaiyou/pdf/main_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/en/first-releases/gde/egde2512.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/media-centre/media-releases/australian-economy-grew-04-september-quarter" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/en/statistics?p_p_id=documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN&amp;p_p_lifecycle=2&amp;p_p_state=normal&amp;p_p_mode=view&amp;p_p_cacheability=cacheLevelPage&amp;p_p_col_id=column-2&amp;p_p_col_count=4&amp;p_p_col_pos=1&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_javax.faces.resource=document&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_ln=downloadResources&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_documentID=577551&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_locale=en" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.fi/en/publication/cmfnu1hv5dkg807ulcbi1zdq1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/en/web/products-euro-indicators/w/2-30012026-ap" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dst.dk/en/Statistik/emner/oekonomi/nationalregnskab/noegletal-for-nationalregnskabet-bnp" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbs.gov.il/en/mediarelease/Pages/2025/National-Accounts-Second-Estimate-for-Third-Quarter-of-2025.aspx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stat.ee/en/news/gdp-flash-estimate-economy-grew-1-q4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ine.es/en/prensa/pib_prensa_en.htm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bea.gov/news/schedule" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://new.mospi.gov.in/uploads/latestReleases/latest_release_1764326214920_fc47e094-3e61-42c3-a494-b4dc5f9dc5fd_GDP_Press_Note_on_Q2_2025-26N.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/en/releasesandpublications/fp/fp-pgdp/preliminarygdpestimatequarter42025/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_destaques&amp;DESTAQUESdest_boui=746377678&amp;DESTAQUESmodo=2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/Bulten/Index?p=Quarterly-Gross-Domestic-Product-Quarter-III:-July-September,-2025-54161&amp;dil=2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.indec.gob.ar/uploads/informesdeprensa/pib_12_251FCC242DDE.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bps.go.id/en/pressrelease/2026/02/05/2546/indonesia-s-economic-growth-in-2025-was-5-11-percent.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csu.gov.cz/rychle-informace/gdp-preliminary-estimate-4-quarter-of-2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/informaciniai-pranesimai?articleId=14408419" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statice.is/publications/news-archive/national-accounts/national-accounts-3rd-quarter-2025/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statcan.gc.ca/en/subjects/standard/naics/2022/v1/index" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wifo.ac.at/en/news/economic-momentum-was-slightly-positive-in-the-fourth-quarter-of-2025/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www150.statcan.gc.ca/n1/daily-quotidien/260130/dq260130a-eng.htm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bps.go.id/en/pressrelease/2026/02/05/2546/indonesia-s-economic-growth-in-2025-was-5-11-percent.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nbb.be/en/media/24381" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistics.gr/en/statistics?p_p_id=documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN&amp;p_p_lifecycle=2&amp;p_p_state=normal&amp;p_p_mode=view&amp;p_p_cacheability=cacheLevelPage&amp;p_p_col_id=column-2&amp;p_p_col_count=4&amp;p_p_col_pos=1&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_javax.faces.resource=document&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_ln=downloadResources&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_documentID=588298&amp;_documents_WAR_publicationsportlet_INSTANCE_qDQ8fBKKo4lN_locale=en" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/contenidos/saladeprensa/boletines/2026/itab/ouab2026_03.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.pl/en/topics/national-accounts/quarterly-national-accounts/gross-domestic-product-in-the-4th-quarter-of-2025-preliminary-estimate,2,93.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bccr.fi.cr/comunicacion-y-prensa/Docs_Comunicados_Prensa/PPT_Publicacion_revision_exhaustiva_Cuentas_Nacionalres_referencia_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.fi/en/publication/cmmn8n5dkbnv407w3eu0nq6za" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bea.gov/news/schedule" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insee.fr/fr/statistiques/8885657" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scb.se/en/finding-statistics/statistics-by-subject-area/national-accounts/national-accounts/national-accounts-quarterly-and-annual-estimates/pong/statistical-news/national-accounts-fourth-quarter-2025/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.gov.sa/documents/20117/2435267/GDP+Q4_2024+EN.pdf/47ce9089-acdc-b770-08c2-5b35ca6370d6?t=1773037153794" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/statistics/economy/national-accounts/australian-national-accounts-national-income-expenditure-and-product/latest-release" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/en/sna/data/sokuhou/files/2025/qe253_2/pdf/note_e.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ine.pt/xportal/xmain?xpid=INE&amp;xpgid=ine_indicadores&amp;contecto=pi&amp;indOcorrCod=0013431&amp;selTab=tab0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agenciadenoticias.ibge.gov.br/agencia-sala-de-imprensa/2013-agencia-de-noticias/releases/45968-pib-cresce-2-3-em-2025-e-fecha-o-ano-em-r-12-7-trilhoes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssb.no/en/nasjonalregnskap-og-konjunkturer/nasjonalregnskap/statistikk/nasjonalregnskap" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stats.govt.nz/indicators/gross-domestic-product-gdp/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oecd.org/en/data/insights/data-explainers/2024/06/purchasing-power-parities---frequently-asked-questions-faqs.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.ee/en/news/estonias-economy-fared-better-2025-two-preceding-years" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dst.dk/en/Statistik/emner/oekonomi/nationalregnskab/noegletal-for-nationalregnskabet-bnp" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csu.gov.cz/rychle-informace/gdp-resources-and-uses-4-quarter-of-2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mospi.gov.in/uploads/announcements/announcements_1772117257791_84ae898f-7be2-4b7d-a135-565e1a809513_FAQ_GDP_26022026_1902.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bcentral.cl/en/areas/statistics/national-accounts/quarterly-national-accounts" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.destatis.de/EN/Press/2026/02/PE26_059_811.html?nn=2112" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stat.si/StatWeb/en/News/Index/14178" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bok.or.kr/eng/bbs/E0000634/view.do?nttId=10096875&amp;searchCnd=1&amp;searchKwd=&amp;depth=400007&amp;pageUnit=10&amp;pageIndex=1&amp;programType=newsDataEng&amp;menuNo=400423&amp;oldMenuNo=400007" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osp.stat.gov.lt/informaciniai-pranesimai?eventId=377139" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statcan.gc.ca/en/subjects/standard/naics/2022/v1/index" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esri.cao.go.jp/jp/sna/data/data_list/sokuhou/gaiyou/pdf/main_1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ksh.hu/en/first-releases/gdp/egdp2512.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mospi.gov.in/uploads/latestReleases/latest_release_1772189865181_f040336d-bc57-4aed-b80f-586d9ccb279e_Press_Note_on_New_Series_of_GDP_Estimates_with_Base_Year_2022-23_27022026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statssa.gov.za/publications/P0441/Press%20release%20-%20Q4%202025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bccr.fi.cr/comunicacion-y-prensa/Docs_Comunicados_Prensa/CP-BCCR-045-2025-BCCR-publica_la_revision_exhaustiva_de_sus_Cuentas_Nacionales.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/en/statistics-themes/economy/gross-domestic-product-quarterly-data/press-releases/26603-gross-domestic" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dane.gov.co/index.php/estadisticas-por-tema/cuentas-nacionales/cuentas-nacionales-trimestrales/pib-informacion-tecnica" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statcan.gc.ca/en/subjects/standard/naics/2022/v1/index" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://podaci.dzs.hr/2025/en/97196" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistik.at/fileadmin/announcement/2026/03/20260305BIP2025Q4EN.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bea.gov/news/2026/gdp-second-estimate-4th-quarter-and-year-2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.indec.gob.ar/uploads/informesdeprensa/pib_03_26D14C2E1ADC.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:P64"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="1" ySplit="6" topLeftCell="B7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
       <selection pane="bottomRight" activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.3046875" defaultRowHeight="12.45" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="25.5703125" style="59" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="15" max="15" width="12.5703125" style="30" customWidth="1"/>
+    <col min="1" max="1" width="25.53515625" style="59" customWidth="1"/>
+    <col min="2" max="9" width="12.53515625" style="14" customWidth="1"/>
+    <col min="10" max="10" width="51.53515625" style="55" customWidth="1"/>
+    <col min="11" max="11" width="54.53515625" style="79" customWidth="1"/>
+    <col min="12" max="12" width="48.3046875" style="15" customWidth="1"/>
+    <col min="13" max="13" width="17.53515625" style="55" customWidth="1"/>
+    <col min="14" max="14" width="43.3046875" style="14" customWidth="1"/>
+    <col min="15" max="15" width="12.53515625" style="30" customWidth="1"/>
     <col min="16" max="16" width="29" style="30" customWidth="1"/>
     <col min="17" max="17" width="18" style="7" customWidth="1"/>
-    <col min="18" max="27" width="9.42578125" style="7"/>
+    <col min="18" max="27" width="9.3046875" style="7"/>
     <col min="28" max="28" width="42" style="7" customWidth="1"/>
-    <col min="29" max="16384" width="9.42578125" style="7"/>
+    <col min="29" max="16384" width="9.3046875" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="81">
         <f ca="1">NOW()</f>
-        <v>46058.765713194443</v>
-[...12 lines deleted...]
-      <c r="M1" s="128"/>
+        <v>46108.662628587961</v>
+      </c>
+      <c r="B1" s="137"/>
+      <c r="C1" s="137"/>
+      <c r="D1" s="137"/>
+      <c r="E1" s="137"/>
+      <c r="F1" s="137"/>
+      <c r="G1" s="137"/>
+      <c r="H1" s="137"/>
+      <c r="I1" s="137"/>
+      <c r="J1" s="137"/>
+      <c r="K1" s="137"/>
+      <c r="L1" s="137"/>
+      <c r="M1" s="137"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="28"/>
     </row>
-    <row r="2" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="81"/>
-      <c r="B2" s="128"/>
-[...10 lines deleted...]
-      <c r="M2" s="128"/>
+      <c r="B2" s="137"/>
+      <c r="C2" s="137"/>
+      <c r="D2" s="137"/>
+      <c r="E2" s="137"/>
+      <c r="F2" s="137"/>
+      <c r="G2" s="137"/>
+      <c r="H2" s="137"/>
+      <c r="I2" s="137"/>
+      <c r="J2" s="137"/>
+      <c r="K2" s="137"/>
+      <c r="L2" s="137"/>
+      <c r="M2" s="137"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="28"/>
     </row>
-    <row r="3" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:16" ht="12.9" x14ac:dyDescent="0.3">
       <c r="A3" s="23" t="s">
         <v>59</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="60"/>
       <c r="K3" s="71"/>
       <c r="L3" s="4"/>
       <c r="M3" s="29"/>
       <c r="N3" s="3"/>
       <c r="O3" s="23"/>
     </row>
-    <row r="4" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:16" ht="12.9" x14ac:dyDescent="0.3">
       <c r="A4" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="90"/>
+      <c r="B4" s="89"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="61"/>
       <c r="K4" s="72"/>
       <c r="L4" s="4"/>
       <c r="M4" s="29"/>
       <c r="N4" s="3"/>
       <c r="O4" s="23"/>
       <c r="P4" s="25"/>
     </row>
-    <row r="5" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="120" t="s">
+    <row r="5" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="129" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="129">
+      <c r="B5" s="138">
         <v>2024</v>
       </c>
-      <c r="C5" s="130"/>
-[...2 lines deleted...]
-      <c r="F5" s="129">
+      <c r="C5" s="139"/>
+      <c r="D5" s="139"/>
+      <c r="E5" s="140"/>
+      <c r="F5" s="138">
         <v>2025</v>
       </c>
-      <c r="G5" s="130"/>
-[...2 lines deleted...]
-      <c r="J5" s="122" t="s">
+      <c r="G5" s="139"/>
+      <c r="H5" s="139"/>
+      <c r="I5" s="140"/>
+      <c r="J5" s="131" t="s">
         <v>2</v>
       </c>
-      <c r="K5" s="122" t="s">
+      <c r="K5" s="131" t="s">
         <v>3</v>
       </c>
-      <c r="L5" s="122" t="s">
+      <c r="L5" s="131" t="s">
         <v>4</v>
       </c>
-      <c r="M5" s="122" t="s">
+      <c r="M5" s="131" t="s">
         <v>5</v>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="7"/>
       <c r="P5" s="7"/>
     </row>
-    <row r="6" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="121"/>
+    <row r="6" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="130"/>
       <c r="B6" s="80" t="s">
         <v>66</v>
       </c>
       <c r="C6" s="80" t="s">
         <v>67</v>
       </c>
       <c r="D6" s="80" t="s">
         <v>68</v>
       </c>
       <c r="E6" s="80" t="s">
         <v>69</v>
       </c>
-      <c r="F6" s="108" t="s">
+      <c r="F6" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="G6" s="108" t="s">
+      <c r="G6" s="105" t="s">
         <v>71</v>
       </c>
-      <c r="H6" s="108" t="s">
+      <c r="H6" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="I6" s="108" t="s">
-[...5 lines deleted...]
-      <c r="M6" s="123"/>
+      <c r="I6" s="105" t="s">
+        <v>80</v>
+      </c>
+      <c r="J6" s="132"/>
+      <c r="K6" s="132"/>
+      <c r="L6" s="132"/>
+      <c r="M6" s="132"/>
       <c r="N6" s="7"/>
       <c r="O6" s="7"/>
       <c r="P6" s="7"/>
     </row>
-    <row r="7" spans="1:16" s="32" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" s="32" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="17" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="18">
         <v>45476</v>
       </c>
       <c r="C7" s="18">
         <v>45590</v>
       </c>
       <c r="D7" s="18">
         <v>45698</v>
       </c>
       <c r="E7" s="18">
         <v>45749</v>
       </c>
       <c r="F7" s="18">
         <v>45848</v>
       </c>
       <c r="G7" s="18">
         <v>45951</v>
       </c>
-      <c r="H7" s="26">
+      <c r="H7" s="115">
         <v>46042</v>
       </c>
-      <c r="I7" s="26"/>
+      <c r="I7" s="26">
+        <v>46108</v>
+      </c>
       <c r="J7" s="40" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="K7" s="63"/>
+        <v>185</v>
+      </c>
+      <c r="K7" s="63" t="s">
+        <v>186</v>
+      </c>
       <c r="L7" s="40" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="M7" s="31"/>
     </row>
-    <row r="8" spans="1:16" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="28.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="33" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="124">
+      <c r="B8" s="133">
         <v>45492</v>
       </c>
-      <c r="C8" s="124">
+      <c r="C8" s="133">
         <v>45583</v>
       </c>
-      <c r="D8" s="124">
+      <c r="D8" s="133">
         <v>45678</v>
       </c>
-      <c r="E8" s="124">
+      <c r="E8" s="133">
         <v>45763</v>
       </c>
-      <c r="F8" s="124">
+      <c r="F8" s="133">
         <v>45859</v>
       </c>
-      <c r="G8" s="124">
+      <c r="G8" s="133">
         <v>45950</v>
       </c>
-      <c r="H8" s="126">
+      <c r="H8" s="148">
         <v>46042</v>
       </c>
-      <c r="I8" s="126">
-[...11 lines deleted...]
-      <c r="M8" s="134" t="s">
+      <c r="I8" s="135">
+        <v>46087</v>
+      </c>
+      <c r="J8" s="144"/>
+      <c r="K8" s="146" t="s">
+        <v>139</v>
+      </c>
+      <c r="L8" s="141" t="s">
+        <v>140</v>
+      </c>
+      <c r="M8" s="143" t="s">
         <v>8</v>
       </c>
       <c r="N8" s="34"/>
       <c r="O8" s="7"/>
       <c r="P8" s="7"/>
     </row>
-    <row r="9" spans="1:16" ht="15" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="28.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="35" t="s">
         <v>9</v>
       </c>
-      <c r="B9" s="125"/>
-[...10 lines deleted...]
-      <c r="M9" s="125"/>
+      <c r="B9" s="134"/>
+      <c r="C9" s="134"/>
+      <c r="D9" s="134"/>
+      <c r="E9" s="134"/>
+      <c r="F9" s="134"/>
+      <c r="G9" s="134"/>
+      <c r="H9" s="149"/>
+      <c r="I9" s="136"/>
+      <c r="J9" s="145"/>
+      <c r="K9" s="147"/>
+      <c r="L9" s="142"/>
+      <c r="M9" s="134"/>
       <c r="N9" s="7"/>
       <c r="O9" s="7"/>
       <c r="P9" s="7"/>
     </row>
-    <row r="10" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A10" s="17" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="18">
         <v>45463</v>
       </c>
       <c r="C10" s="18">
         <v>45561</v>
       </c>
       <c r="D10" s="18">
         <v>45645</v>
       </c>
       <c r="E10" s="18">
         <v>45743</v>
       </c>
       <c r="F10" s="18">
         <v>45812</v>
       </c>
       <c r="G10" s="18">
         <v>45925</v>
       </c>
       <c r="H10" s="18">
         <v>46009</v>
       </c>
-      <c r="I10" s="26"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I10" s="26">
+        <v>46087</v>
+      </c>
+      <c r="J10" s="40"/>
       <c r="K10" s="63" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>134</v>
+      </c>
+      <c r="L10" s="40" t="s">
+        <v>135</v>
       </c>
       <c r="M10" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="7"/>
       <c r="P10" s="7"/>
     </row>
-    <row r="11" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="24.9" x14ac:dyDescent="0.3">
       <c r="A11" s="36" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="27">
         <v>45446</v>
       </c>
       <c r="C11" s="49">
         <v>45594</v>
       </c>
       <c r="D11" s="49">
         <v>45630</v>
       </c>
       <c r="E11" s="49">
         <v>45362</v>
       </c>
       <c r="F11" s="27">
         <v>45814</v>
       </c>
       <c r="G11" s="27">
         <v>45931</v>
       </c>
       <c r="H11" s="27">
         <v>45995</v>
       </c>
-      <c r="I11" s="102">
-[...9 lines deleted...]
-        <v>164</v>
+      <c r="I11" s="100">
+        <v>46086</v>
+      </c>
+      <c r="J11" s="37"/>
+      <c r="K11" s="93" t="s">
+        <v>131</v>
+      </c>
+      <c r="L11" s="109" t="s">
+        <v>132</v>
       </c>
       <c r="M11" s="6"/>
       <c r="N11" s="39"/>
       <c r="O11" s="7"/>
       <c r="P11" s="7"/>
     </row>
-    <row r="12" spans="1:16" ht="60.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="17" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="18">
         <v>45474</v>
       </c>
       <c r="C12" s="18">
         <v>45534</v>
       </c>
       <c r="D12" s="18">
         <v>45629</v>
       </c>
       <c r="E12" s="18">
         <v>45763</v>
       </c>
       <c r="F12" s="18">
         <v>45839</v>
       </c>
       <c r="G12" s="18">
         <v>45947</v>
       </c>
       <c r="H12" s="18">
         <v>46043</v>
       </c>
-      <c r="I12" s="26">
-[...3 lines deleted...]
-        <v>123</v>
+      <c r="I12" s="115">
+        <v>46080</v>
+      </c>
+      <c r="J12" s="116" t="s">
+        <v>98</v>
       </c>
       <c r="K12" s="63" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>100</v>
+      </c>
+      <c r="L12" s="112" t="s">
+        <v>99</v>
       </c>
       <c r="M12" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="7"/>
       <c r="P12" s="7"/>
     </row>
-    <row r="13" spans="1:16" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="49.75" x14ac:dyDescent="0.3">
       <c r="A13" s="33" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="27">
         <v>45448</v>
       </c>
       <c r="C13" s="27">
         <v>45541</v>
       </c>
       <c r="D13" s="27">
         <v>45636</v>
       </c>
       <c r="E13" s="27">
         <v>45722</v>
       </c>
       <c r="F13" s="27">
         <v>45812</v>
       </c>
       <c r="G13" s="27">
         <v>45903</v>
       </c>
-      <c r="H13" s="102">
+      <c r="H13" s="117">
         <v>46043</v>
       </c>
-      <c r="I13" s="109">
-        <v>46052</v>
+      <c r="I13" s="106">
+        <v>46087</v>
       </c>
       <c r="J13" s="37" t="s">
-        <v>168</v>
+        <v>147</v>
       </c>
       <c r="K13" s="65" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>112</v>
+      </c>
+      <c r="L13" s="110" t="s">
+        <v>113</v>
       </c>
       <c r="M13" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N13" s="39"/>
       <c r="O13" s="7"/>
       <c r="P13" s="7"/>
     </row>
-    <row r="14" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A14" s="17" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="18">
         <v>45435</v>
       </c>
       <c r="C14" s="18">
         <v>45523</v>
       </c>
       <c r="D14" s="18">
         <v>45639</v>
       </c>
       <c r="E14" s="18">
         <v>45734</v>
       </c>
       <c r="F14" s="18">
         <v>45796</v>
       </c>
       <c r="G14" s="18">
         <v>45887</v>
       </c>
       <c r="H14" s="18">
         <v>45982</v>
       </c>
-      <c r="I14" s="18"/>
-[...4 lines deleted...]
-        <v>75</v>
+      <c r="I14" s="26">
+        <v>46100</v>
+      </c>
+      <c r="J14" s="40"/>
+      <c r="K14" s="101" t="s">
+        <v>171</v>
       </c>
       <c r="L14" s="21" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="M14" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="7"/>
       <c r="P14" s="7"/>
     </row>
-    <row r="15" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A15" s="33" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="27">
         <v>45446</v>
       </c>
       <c r="C15" s="27">
         <v>45581</v>
       </c>
       <c r="D15" s="27">
         <v>45679</v>
       </c>
       <c r="E15" s="27">
         <v>45755</v>
       </c>
       <c r="F15" s="27">
         <v>45810</v>
       </c>
       <c r="G15" s="27">
         <v>45888</v>
       </c>
-      <c r="H15" s="102">
+      <c r="H15" s="27">
         <v>46050</v>
       </c>
-      <c r="I15" s="27"/>
-[...7 lines deleted...]
-        <v>113</v>
+      <c r="I15" s="117">
+        <v>46073</v>
+      </c>
+      <c r="J15" s="118" t="s">
+        <v>82</v>
+      </c>
+      <c r="K15" s="102" t="s">
+        <v>91</v>
+      </c>
+      <c r="L15" s="124" t="s">
+        <v>177</v>
       </c>
       <c r="M15" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="7"/>
       <c r="P15" s="7"/>
     </row>
-    <row r="16" spans="1:16" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="62.15" x14ac:dyDescent="0.3">
       <c r="A16" s="41" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="18">
         <v>45474</v>
       </c>
       <c r="C16" s="18">
         <v>45566</v>
       </c>
       <c r="D16" s="18">
         <v>45659</v>
       </c>
       <c r="E16" s="18">
         <v>45748</v>
       </c>
       <c r="F16" s="18">
         <v>45839</v>
       </c>
       <c r="G16" s="18">
         <v>45931</v>
       </c>
       <c r="H16" s="18">
         <v>45968</v>
       </c>
-      <c r="I16" s="18"/>
-[...3 lines deleted...]
-      <c r="K16" s="63"/>
+      <c r="I16" s="26">
+        <v>46103</v>
+      </c>
+      <c r="J16" s="121" t="s">
+        <v>168</v>
+      </c>
+      <c r="K16" s="63" t="s">
+        <v>167</v>
+      </c>
       <c r="L16" s="21" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>166</v>
+      </c>
+      <c r="M16" s="122" t="s">
+        <v>169</v>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="7"/>
       <c r="P16" s="7"/>
     </row>
-    <row r="17" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A17" s="42" t="s">
         <v>64</v>
       </c>
       <c r="B17" s="27">
         <v>45481</v>
       </c>
       <c r="C17" s="27">
         <v>45534</v>
       </c>
       <c r="D17" s="27">
         <v>45663</v>
       </c>
       <c r="E17" s="27">
         <v>45748</v>
       </c>
-      <c r="F17" s="101">
+      <c r="F17" s="99">
         <v>45847</v>
       </c>
       <c r="G17" s="27">
         <v>45930</v>
       </c>
       <c r="H17" s="27">
         <v>46362</v>
       </c>
-      <c r="I17" s="102">
-[...4 lines deleted...]
-      </c>
+      <c r="I17" s="100">
+        <v>46084</v>
+      </c>
+      <c r="J17" s="104"/>
       <c r="K17" s="65" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>124</v>
+      </c>
+      <c r="L17" s="108" t="s">
+        <v>123</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="7"/>
       <c r="P17" s="7"/>
     </row>
-    <row r="18" spans="1:16" ht="42" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="42" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="18">
         <v>45481</v>
       </c>
       <c r="C18" s="18">
         <v>45580</v>
       </c>
       <c r="D18" s="18">
         <v>45646</v>
       </c>
       <c r="E18" s="18">
         <v>45748</v>
       </c>
       <c r="F18" s="18">
         <v>45842</v>
       </c>
       <c r="G18" s="18">
         <v>45933</v>
       </c>
       <c r="H18" s="18">
         <v>45985</v>
       </c>
-      <c r="I18" s="18"/>
-      <c r="J18" s="21"/>
+      <c r="I18" s="115">
+        <v>46073</v>
+      </c>
+      <c r="J18" s="116" t="s">
+        <v>77</v>
+      </c>
       <c r="K18" s="63" t="s">
         <v>63</v>
       </c>
       <c r="L18" s="21" t="s">
-        <v>111</v>
+        <v>90</v>
       </c>
       <c r="M18" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="7"/>
       <c r="P18" s="7"/>
     </row>
-    <row r="19" spans="1:16" ht="66.599999999999994" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A19" s="42" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="27">
         <v>45443</v>
       </c>
       <c r="C19" s="27">
         <v>45572</v>
       </c>
       <c r="D19" s="27">
         <v>45629</v>
       </c>
       <c r="E19" s="27">
         <v>45721</v>
       </c>
       <c r="F19" s="27">
         <v>45810</v>
       </c>
       <c r="G19" s="27">
         <v>45902</v>
       </c>
       <c r="H19" s="27">
         <v>45992</v>
       </c>
-      <c r="I19" s="102">
-        <v>46052</v>
+      <c r="I19" s="100">
+        <v>46083</v>
       </c>
       <c r="J19" s="37" t="s">
-        <v>74</v>
-[...5 lines deleted...]
-        <v>138</v>
+        <v>109</v>
+      </c>
+      <c r="K19" s="82" t="s">
+        <v>111</v>
+      </c>
+      <c r="L19" s="114" t="s">
+        <v>110</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="7"/>
       <c r="P19" s="7"/>
     </row>
-    <row r="20" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A20" s="41" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="18">
         <v>45463</v>
       </c>
       <c r="C20" s="18">
         <v>45559</v>
       </c>
-      <c r="D20" s="94">
+      <c r="D20" s="92">
         <v>45646</v>
       </c>
-      <c r="E20" s="94">
+      <c r="E20" s="92">
         <v>45734</v>
       </c>
-      <c r="F20" s="94">
+      <c r="F20" s="92">
         <v>45827</v>
       </c>
       <c r="G20" s="18">
         <v>45919</v>
       </c>
       <c r="H20" s="18">
         <v>46010</v>
       </c>
       <c r="I20" s="26">
-        <v>46052</v>
+        <v>46097</v>
       </c>
       <c r="J20" s="40" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>164</v>
+      </c>
+      <c r="K20" s="126" t="s">
+        <v>165</v>
       </c>
       <c r="L20" s="21" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="M20" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="7"/>
       <c r="P20" s="7"/>
     </row>
-    <row r="21" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="14.6" x14ac:dyDescent="0.3">
       <c r="A21" s="43" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="27">
         <v>45449</v>
       </c>
       <c r="C21" s="27">
         <v>45534</v>
       </c>
       <c r="D21" s="27">
         <v>45625</v>
       </c>
       <c r="E21" s="27">
         <v>45716</v>
       </c>
       <c r="F21" s="27">
         <v>45806</v>
       </c>
       <c r="G21" s="27">
         <v>45898</v>
       </c>
       <c r="H21" s="27">
         <v>45989</v>
       </c>
-      <c r="I21" s="102">
-[...2 lines deleted...]
-      <c r="J21" s="37"/>
+      <c r="I21" s="117">
+        <v>46080</v>
+      </c>
+      <c r="J21" s="119" t="s">
+        <v>96</v>
+      </c>
       <c r="K21" s="75" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>95</v>
+      </c>
+      <c r="L21" s="111" t="s">
+        <v>97</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="7"/>
       <c r="P21" s="7"/>
     </row>
-    <row r="22" spans="1:16" ht="54" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A22" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="18">
         <v>45436</v>
       </c>
       <c r="C22" s="18">
         <v>45541</v>
       </c>
       <c r="D22" s="18">
         <v>45618</v>
       </c>
       <c r="E22" s="18">
         <v>45713</v>
       </c>
       <c r="F22" s="18">
         <v>45800</v>
       </c>
       <c r="G22" s="18">
         <v>45891</v>
       </c>
       <c r="H22" s="18">
         <v>45986</v>
       </c>
-      <c r="I22" s="26">
-[...9 lines deleted...]
-        <v>158</v>
+      <c r="I22" s="115">
+        <v>46078</v>
+      </c>
+      <c r="J22" s="116" t="s">
+        <v>93</v>
+      </c>
+      <c r="K22" s="125" t="s">
+        <v>92</v>
+      </c>
+      <c r="L22" s="112" t="s">
+        <v>94</v>
       </c>
       <c r="M22" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N22" s="44"/>
       <c r="O22" s="7"/>
       <c r="P22" s="7"/>
     </row>
-    <row r="23" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A23" s="42" t="s">
         <v>22</v>
       </c>
       <c r="B23" s="27">
         <v>45450</v>
       </c>
       <c r="C23" s="27">
         <v>45541</v>
       </c>
-      <c r="D23" s="96">
+      <c r="D23" s="94">
         <v>45635</v>
       </c>
-      <c r="E23" s="97">
+      <c r="E23" s="95">
         <v>45723</v>
       </c>
-      <c r="F23" s="97">
+      <c r="F23" s="95">
         <v>45814</v>
       </c>
-      <c r="G23" s="97">
+      <c r="G23" s="95">
         <v>45905</v>
       </c>
-      <c r="H23" s="97">
+      <c r="H23" s="95">
         <v>45996</v>
       </c>
-      <c r="I23" s="105"/>
-      <c r="J23" s="99"/>
+      <c r="I23" s="103">
+        <v>46087</v>
+      </c>
+      <c r="J23" s="97"/>
       <c r="K23" s="69" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>148</v>
+      </c>
+      <c r="L23" s="91" t="s">
+        <v>142</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N23" s="39"/>
       <c r="O23" s="7"/>
       <c r="P23" s="7"/>
     </row>
-    <row r="24" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A24" s="17" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="18">
         <v>45447</v>
       </c>
       <c r="C24" s="18">
         <v>45538</v>
       </c>
       <c r="D24" s="18">
         <v>45629</v>
       </c>
       <c r="E24" s="18">
         <v>45750</v>
       </c>
       <c r="F24" s="18">
         <v>45811</v>
       </c>
       <c r="G24" s="18">
         <v>45931</v>
       </c>
       <c r="H24" s="18">
         <v>45995</v>
       </c>
       <c r="I24" s="26">
-        <v>46052</v>
-[...3 lines deleted...]
-      </c>
+        <v>46084</v>
+      </c>
+      <c r="J24" s="40"/>
       <c r="K24" s="67" t="s">
-        <v>153</v>
+        <v>122</v>
       </c>
       <c r="L24" s="21" t="s">
-        <v>150</v>
+        <v>121</v>
       </c>
       <c r="M24" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="7"/>
       <c r="P24" s="7"/>
     </row>
-    <row r="25" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A25" s="45" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="27">
         <v>45448</v>
       </c>
       <c r="C25" s="27">
         <v>45538</v>
       </c>
       <c r="D25" s="27">
         <v>45663</v>
       </c>
       <c r="E25" s="27">
         <v>45737</v>
       </c>
       <c r="F25" s="27">
         <v>45813</v>
       </c>
       <c r="G25" s="27">
         <v>45904</v>
       </c>
       <c r="H25" s="27">
         <v>45993</v>
       </c>
-      <c r="I25" s="102"/>
-      <c r="J25" s="38"/>
+      <c r="I25" s="100">
+        <v>46104</v>
+      </c>
+      <c r="J25" s="37" t="s">
+        <v>82</v>
+      </c>
       <c r="K25" s="65" t="s">
-        <v>87</v>
+        <v>125</v>
       </c>
       <c r="L25" s="38" t="s">
-        <v>86</v>
+        <v>126</v>
       </c>
       <c r="M25" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
     </row>
-    <row r="26" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="24.9" x14ac:dyDescent="0.3">
       <c r="A26" s="17" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="18">
         <v>45488</v>
       </c>
       <c r="C26" s="18">
         <v>45540</v>
       </c>
       <c r="D26" s="18">
         <v>45631</v>
       </c>
       <c r="E26" s="18">
         <v>45722</v>
       </c>
       <c r="F26" s="18">
         <v>45847</v>
       </c>
       <c r="G26" s="18">
         <v>45905</v>
       </c>
       <c r="H26" s="18">
         <v>45995</v>
       </c>
       <c r="I26" s="26">
-        <v>46052</v>
-[...3 lines deleted...]
-      </c>
+        <v>46086</v>
+      </c>
+      <c r="J26" s="40"/>
       <c r="K26" s="66" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="L26" s="21"/>
+        <v>133</v>
+      </c>
+      <c r="L26" s="40" t="s">
+        <v>178</v>
+      </c>
       <c r="M26" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N26" s="39"/>
       <c r="O26" s="7"/>
       <c r="P26" s="7"/>
     </row>
-    <row r="27" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="49.75" x14ac:dyDescent="0.3">
       <c r="A27" s="42" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="27">
         <v>45491</v>
       </c>
       <c r="C27" s="27">
         <v>45594</v>
       </c>
       <c r="D27" s="27">
         <v>45677</v>
       </c>
       <c r="E27" s="27">
         <v>45775</v>
       </c>
       <c r="F27" s="27">
         <v>45855</v>
       </c>
       <c r="G27" s="27">
         <v>45946</v>
       </c>
-      <c r="H27" s="102">
+      <c r="H27" s="117">
         <v>46041</v>
       </c>
-      <c r="I27" s="102"/>
+      <c r="I27" s="100">
+        <v>46091</v>
+      </c>
       <c r="J27" s="37" t="s">
         <v>73</v>
       </c>
-      <c r="K27" s="73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K27" s="73"/>
       <c r="L27" s="38" t="s">
-        <v>125</v>
+        <v>158</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N27" s="39"/>
       <c r="O27" s="7"/>
       <c r="P27" s="7"/>
     </row>
-    <row r="28" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A28" s="17" t="s">
         <v>27</v>
       </c>
       <c r="B28" s="18">
         <v>45443</v>
       </c>
       <c r="C28" s="18">
         <v>45575</v>
       </c>
       <c r="D28" s="18">
         <v>45628</v>
       </c>
       <c r="E28" s="18">
         <v>45748</v>
       </c>
       <c r="F28" s="18">
         <v>45810</v>
       </c>
       <c r="G28" s="18">
         <v>45936</v>
       </c>
       <c r="H28" s="18">
         <v>45989</v>
       </c>
       <c r="I28" s="26">
-        <v>46052</v>
-[...3 lines deleted...]
-      </c>
+        <v>46085</v>
+      </c>
+      <c r="J28" s="40"/>
       <c r="K28" s="67" t="s">
-        <v>159</v>
+        <v>129</v>
       </c>
       <c r="L28" s="21" t="s">
-        <v>160</v>
+        <v>130</v>
       </c>
       <c r="M28" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N28" s="39"/>
       <c r="O28" s="7"/>
       <c r="P28" s="7"/>
     </row>
-    <row r="29" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="24.9" x14ac:dyDescent="0.3">
       <c r="A29" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B29" s="27">
         <v>45453</v>
       </c>
       <c r="C29" s="27">
         <v>45574</v>
       </c>
       <c r="D29" s="27">
         <v>45687</v>
       </c>
       <c r="E29" s="27">
         <v>45772</v>
       </c>
       <c r="F29" s="27">
         <v>45863</v>
       </c>
       <c r="G29" s="27">
         <v>45908</v>
       </c>
-      <c r="H29" s="102">
+      <c r="H29" s="117">
         <v>46045</v>
       </c>
-      <c r="I29" s="102"/>
-[...1 lines deleted...]
-        <v>132</v>
+      <c r="I29" s="100">
+        <v>46091</v>
+      </c>
+      <c r="J29" s="118" t="s">
+        <v>136</v>
       </c>
       <c r="K29" s="64" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="L29" s="93" t="s">
         <v>152</v>
+      </c>
+      <c r="L29" s="91" t="s">
+        <v>153</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="7"/>
       <c r="P29" s="7"/>
     </row>
-    <row r="30" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="49.75" x14ac:dyDescent="0.3">
       <c r="A30" s="17" t="s">
         <v>29</v>
       </c>
       <c r="B30" s="18">
         <v>45463</v>
       </c>
       <c r="C30" s="18">
         <v>45541</v>
       </c>
       <c r="D30" s="18">
         <v>45635</v>
       </c>
       <c r="E30" s="18">
         <v>45721</v>
       </c>
       <c r="F30" s="18">
         <v>45824</v>
       </c>
       <c r="G30" s="18">
         <v>45903</v>
       </c>
-      <c r="H30" s="18">
+      <c r="H30" s="115">
         <v>46001</v>
       </c>
       <c r="I30" s="26">
-        <v>46048</v>
+        <v>46091</v>
       </c>
       <c r="J30" s="40"/>
       <c r="K30" s="76" t="s">
-        <v>129</v>
+        <v>157</v>
       </c>
       <c r="L30" s="21" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="M30" s="19" t="s">
         <v>8</v>
       </c>
       <c r="N30" s="39"/>
       <c r="O30" s="7"/>
       <c r="P30" s="7"/>
     </row>
-    <row r="31" spans="1:16" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A31" s="46" t="s">
         <v>30</v>
       </c>
       <c r="B31" s="27">
         <v>45467</v>
       </c>
       <c r="C31" s="27">
         <v>45534</v>
       </c>
       <c r="D31" s="27">
         <v>45663</v>
       </c>
       <c r="E31" s="27">
         <v>45769</v>
       </c>
       <c r="F31" s="27">
         <v>46197</v>
       </c>
       <c r="G31" s="27">
         <v>45950</v>
       </c>
-      <c r="H31" s="27">
+      <c r="H31" s="117">
         <v>46028</v>
       </c>
-      <c r="I31" s="102"/>
-      <c r="J31" s="38"/>
+      <c r="I31" s="100">
+        <v>46108</v>
+      </c>
+      <c r="J31" s="119"/>
       <c r="K31" s="64" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>105</v>
+      </c>
+      <c r="L31" s="109" t="s">
+        <v>106</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
     </row>
-    <row r="32" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A32" s="41" t="s">
         <v>31</v>
       </c>
       <c r="B32" s="18">
         <v>45475</v>
       </c>
       <c r="C32" s="18">
         <v>45574</v>
       </c>
       <c r="D32" s="18">
         <v>45660</v>
       </c>
       <c r="E32" s="18">
         <v>45716</v>
       </c>
       <c r="F32" s="18">
         <v>45839</v>
       </c>
       <c r="G32" s="18">
         <v>45933</v>
       </c>
       <c r="H32" s="18">
         <v>46027</v>
       </c>
-      <c r="I32" s="26">
-        <v>46052</v>
+      <c r="I32" s="26" t="s">
+        <v>184</v>
       </c>
       <c r="J32" s="40" t="s">
-        <v>123</v>
+        <v>93</v>
       </c>
       <c r="K32" s="76" t="s">
-        <v>148</v>
+        <v>117</v>
       </c>
       <c r="L32" s="21" t="s">
-        <v>149</v>
+        <v>118</v>
       </c>
       <c r="M32" s="20" t="s">
         <v>8</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
     </row>
-    <row r="33" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A33" s="42" t="s">
         <v>32</v>
       </c>
       <c r="B33" s="27">
         <v>45450</v>
       </c>
       <c r="C33" s="27">
         <v>45541</v>
       </c>
       <c r="D33" s="27">
         <v>45635</v>
       </c>
       <c r="E33" s="27">
         <v>45742</v>
       </c>
       <c r="F33" s="27">
         <v>45814</v>
       </c>
       <c r="G33" s="27">
         <v>45905</v>
       </c>
       <c r="H33" s="27">
         <v>45996</v>
       </c>
-      <c r="I33" s="102">
-[...4 lines deleted...]
-      </c>
+      <c r="I33" s="100">
+        <v>46087</v>
+      </c>
+      <c r="J33" s="38"/>
       <c r="K33" s="65" t="s">
-        <v>93</v>
+        <v>141</v>
       </c>
       <c r="L33" s="38" t="s">
-        <v>96</v>
+        <v>142</v>
       </c>
       <c r="M33" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N33" s="39"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
     </row>
-    <row r="34" spans="1:16" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="24.9" x14ac:dyDescent="0.3">
       <c r="A34" s="41" t="s">
         <v>33</v>
       </c>
       <c r="B34" s="18">
         <v>45463</v>
       </c>
       <c r="C34" s="18">
         <v>45562</v>
       </c>
       <c r="D34" s="18">
         <v>45722</v>
       </c>
       <c r="E34" s="18">
         <v>45748</v>
       </c>
       <c r="F34" s="18">
         <v>45834</v>
       </c>
       <c r="G34" s="18">
         <v>45923</v>
       </c>
       <c r="H34" s="18">
         <v>46013</v>
       </c>
       <c r="I34" s="26">
-        <v>46055</v>
-[...3 lines deleted...]
-      </c>
+        <v>46106</v>
+      </c>
+      <c r="J34" s="40"/>
       <c r="K34" s="66" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="L34" s="21" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="M34" s="16" t="s">
         <v>8</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
     </row>
-    <row r="35" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="49.75" x14ac:dyDescent="0.3">
       <c r="A35" s="42" t="s">
         <v>34</v>
       </c>
       <c r="B35" s="27">
         <v>45489</v>
       </c>
       <c r="C35" s="27">
         <v>45558</v>
       </c>
       <c r="D35" s="27">
         <v>45670</v>
       </c>
       <c r="E35" s="27">
         <v>45743</v>
       </c>
       <c r="F35" s="27">
         <v>45834</v>
       </c>
       <c r="G35" s="27">
         <v>45924</v>
       </c>
       <c r="H35" s="27">
         <v>46031</v>
       </c>
-      <c r="I35" s="102">
+      <c r="I35" s="27">
         <v>46052</v>
       </c>
-      <c r="J35" s="107" t="s">
+      <c r="J35" s="120" t="s">
         <v>74</v>
       </c>
       <c r="K35" s="65" t="s">
-        <v>162</v>
+        <v>84</v>
       </c>
       <c r="L35" s="38" t="s">
-        <v>161</v>
+        <v>83</v>
       </c>
       <c r="M35" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N35" s="39"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
     </row>
-    <row r="36" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="14.6" x14ac:dyDescent="0.3">
       <c r="A36" s="41" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="18">
         <v>45463</v>
       </c>
       <c r="C36" s="18">
         <v>45554</v>
       </c>
       <c r="D36" s="18">
         <v>45645</v>
       </c>
       <c r="E36" s="18">
         <v>45736</v>
       </c>
       <c r="F36" s="18">
         <v>45827</v>
       </c>
       <c r="G36" s="18">
         <v>45926</v>
       </c>
       <c r="H36" s="18">
         <v>46009</v>
       </c>
-      <c r="I36" s="26"/>
+      <c r="I36" s="26">
+        <v>46100</v>
+      </c>
       <c r="J36" s="21"/>
       <c r="K36" s="63" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>173</v>
+      </c>
+      <c r="L36" s="40" t="s">
+        <v>172</v>
       </c>
       <c r="M36" s="18" t="s">
         <v>8</v>
       </c>
       <c r="N36" s="39"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
     </row>
-    <row r="37" spans="1:16" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:16" ht="24.9" x14ac:dyDescent="0.3">
       <c r="A37" s="42" t="s">
         <v>36</v>
       </c>
       <c r="B37" s="27">
         <v>45446</v>
       </c>
       <c r="C37" s="27">
         <v>45532</v>
       </c>
       <c r="D37" s="27">
         <v>45618</v>
       </c>
       <c r="E37" s="27">
         <v>45722</v>
       </c>
       <c r="F37" s="27">
         <v>45799</v>
       </c>
       <c r="G37" s="27">
         <v>45902</v>
       </c>
-      <c r="H37" s="102">
+      <c r="H37" s="27">
         <v>46041</v>
       </c>
-      <c r="I37" s="27"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I37" s="100">
+        <v>46094</v>
+      </c>
+      <c r="J37" s="38"/>
       <c r="K37" s="65" t="s">
-        <v>127</v>
+        <v>160</v>
       </c>
       <c r="L37" s="38"/>
       <c r="M37" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N37" s="39"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
     </row>
-    <row r="38" spans="1:16" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A38" s="41" t="s">
         <v>37</v>
       </c>
       <c r="B38" s="18">
         <v>45446</v>
       </c>
       <c r="C38" s="18">
         <v>45538</v>
       </c>
       <c r="D38" s="18">
         <v>45630</v>
       </c>
       <c r="E38" s="18">
         <v>45772</v>
       </c>
       <c r="F38" s="18">
         <v>45811</v>
       </c>
       <c r="G38" s="18">
         <v>45951</v>
       </c>
       <c r="H38" s="18">
         <v>45993</v>
       </c>
-      <c r="I38" s="26"/>
-[...1 lines deleted...]
-        <v>79</v>
+      <c r="I38" s="26">
+        <v>46083</v>
+      </c>
+      <c r="J38" s="40" t="s">
+        <v>96</v>
       </c>
       <c r="K38" s="63" t="s">
-        <v>84</v>
+        <v>114</v>
       </c>
       <c r="L38" s="21"/>
       <c r="M38" s="18" t="s">
         <v>8</v>
       </c>
       <c r="N38" s="39"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
     </row>
-    <row r="39" spans="1:16" ht="15" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="14.6" x14ac:dyDescent="0.3">
       <c r="A39" s="42" t="s">
         <v>38</v>
       </c>
       <c r="B39" s="27">
         <v>45470</v>
       </c>
       <c r="C39" s="27">
         <v>45569</v>
       </c>
       <c r="D39" s="27">
         <v>45664</v>
       </c>
       <c r="E39" s="27">
         <v>45743</v>
       </c>
       <c r="F39" s="27">
         <v>45810</v>
       </c>
       <c r="G39" s="27">
         <v>45930</v>
       </c>
-      <c r="H39" s="102">
+      <c r="H39" s="27">
         <v>46027</v>
       </c>
-      <c r="I39" s="102">
-[...4 lines deleted...]
-      </c>
+      <c r="I39" s="100">
+        <v>46108</v>
+      </c>
+      <c r="J39" s="120"/>
       <c r="K39" s="74" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>104</v>
+      </c>
+      <c r="L39" s="127" t="s">
+        <v>179</v>
       </c>
       <c r="M39" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
     </row>
-    <row r="40" spans="1:16" ht="15" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="14.6" x14ac:dyDescent="0.3">
       <c r="A40" s="41" t="s">
         <v>39</v>
       </c>
       <c r="B40" s="18">
         <v>45449</v>
       </c>
       <c r="C40" s="18">
         <v>45583</v>
       </c>
       <c r="D40" s="18">
         <v>45631</v>
       </c>
       <c r="E40" s="18">
         <v>45782</v>
       </c>
       <c r="F40" s="18">
         <v>45814</v>
       </c>
       <c r="G40" s="18">
         <v>45950</v>
       </c>
       <c r="H40" s="18">
         <v>45996</v>
       </c>
-      <c r="I40" s="26"/>
+      <c r="I40" s="26">
+        <v>46087</v>
+      </c>
       <c r="J40" s="21"/>
       <c r="K40" s="67" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>143</v>
+      </c>
+      <c r="L40" s="40" t="s">
+        <v>144</v>
       </c>
       <c r="M40" s="18" t="s">
         <v>8</v>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
     </row>
-    <row r="41" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A41" s="42" t="s">
         <v>40</v>
       </c>
       <c r="B41" s="27">
         <v>45443</v>
       </c>
       <c r="C41" s="27">
         <v>45572</v>
       </c>
       <c r="D41" s="27">
         <v>45625</v>
       </c>
       <c r="E41" s="27">
         <v>45716</v>
       </c>
       <c r="F41" s="27">
         <v>45810</v>
       </c>
       <c r="G41" s="27">
         <v>45930</v>
       </c>
       <c r="H41" s="27">
         <v>45989</v>
       </c>
-      <c r="I41" s="102"/>
-      <c r="J41" s="38"/>
+      <c r="I41" s="27">
+        <v>46080</v>
+      </c>
+      <c r="J41" s="38" t="s">
+        <v>96</v>
+      </c>
       <c r="K41" s="73" t="s">
-        <v>80</v>
+        <v>102</v>
       </c>
       <c r="L41" s="38" t="s">
-        <v>81</v>
+        <v>103</v>
       </c>
       <c r="M41" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
     </row>
-    <row r="42" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A42" s="41" t="s">
         <v>41</v>
       </c>
       <c r="B42" s="18">
         <v>45470</v>
       </c>
       <c r="C42" s="18">
         <v>45565</v>
       </c>
       <c r="D42" s="18">
         <v>45666</v>
       </c>
       <c r="E42" s="18">
         <v>45742</v>
       </c>
       <c r="F42" s="18">
         <v>45833</v>
       </c>
       <c r="G42" s="18">
         <v>45929</v>
       </c>
       <c r="H42" s="18">
         <v>46014</v>
       </c>
       <c r="I42" s="26">
-        <v>46052</v>
-[...1 lines deleted...]
-      <c r="J42" s="40"/>
+        <v>46107</v>
+      </c>
+      <c r="J42" s="21"/>
       <c r="K42" s="63" t="s">
-        <v>146</v>
+        <v>182</v>
       </c>
       <c r="L42" s="21" t="s">
-        <v>147</v>
+        <v>183</v>
       </c>
       <c r="M42" s="18" t="s">
         <v>8</v>
       </c>
       <c r="N42" s="39"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
     </row>
-    <row r="43" spans="1:16" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:16" ht="49.75" x14ac:dyDescent="0.3">
       <c r="A43" s="42" t="s">
         <v>42</v>
       </c>
       <c r="B43" s="27">
         <v>45461</v>
       </c>
       <c r="C43" s="27">
         <v>45538</v>
       </c>
       <c r="D43" s="27">
         <v>45631</v>
       </c>
       <c r="E43" s="27">
         <v>45721</v>
       </c>
       <c r="F43" s="27">
         <v>45812</v>
       </c>
       <c r="G43" s="27">
         <v>45901</v>
       </c>
       <c r="H43" s="27">
         <v>45994</v>
       </c>
-      <c r="I43" s="102">
-        <v>46052</v>
+      <c r="I43" s="100">
+        <v>46083</v>
       </c>
       <c r="J43" s="37" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="K43" s="74" t="s">
-        <v>142</v>
+        <v>107</v>
       </c>
       <c r="L43" s="38" t="s">
-        <v>143</v>
+        <v>108</v>
       </c>
       <c r="M43" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N43" s="39"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
     </row>
-    <row r="44" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A44" s="41" t="s">
         <v>43</v>
       </c>
       <c r="B44" s="18">
         <v>45442</v>
       </c>
       <c r="C44" s="18">
         <v>45562</v>
       </c>
       <c r="D44" s="18">
         <v>45625</v>
       </c>
       <c r="E44" s="18">
         <v>45750</v>
       </c>
       <c r="F44" s="18">
         <v>45811</v>
       </c>
       <c r="G44" s="18">
         <v>45930</v>
       </c>
       <c r="H44" s="18">
         <v>45993</v>
       </c>
-      <c r="I44" s="26"/>
+      <c r="I44" s="26">
+        <v>46083</v>
+      </c>
       <c r="J44" s="40"/>
-      <c r="K44" s="67"/>
+      <c r="K44" s="67" t="s">
+        <v>116</v>
+      </c>
       <c r="L44" s="21" t="s">
-        <v>100</v>
+        <v>115</v>
       </c>
       <c r="M44" s="18" t="s">
         <v>8</v>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
     </row>
-    <row r="45" spans="1:16" ht="53.1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="53.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="42" t="s">
         <v>60</v>
       </c>
       <c r="B45" s="27">
         <v>45481</v>
       </c>
       <c r="C45" s="27">
         <v>45569</v>
       </c>
       <c r="D45" s="27">
         <v>45660</v>
       </c>
       <c r="E45" s="27">
         <v>45728</v>
       </c>
       <c r="F45" s="27">
         <v>45810</v>
       </c>
       <c r="G45" s="27">
         <v>45982</v>
       </c>
       <c r="H45" s="27">
         <v>46003</v>
       </c>
-      <c r="I45" s="102"/>
+      <c r="I45" s="100">
+        <v>46094</v>
+      </c>
       <c r="J45" s="37"/>
       <c r="K45" s="65" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>119</v>
+      </c>
+      <c r="L45" s="109" t="s">
+        <v>120</v>
       </c>
       <c r="M45" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N45" s="47"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
     </row>
-    <row r="46" spans="1:16" ht="66.599999999999994" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="66.650000000000006" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="41" t="s">
         <v>44</v>
       </c>
       <c r="B46" s="18">
         <v>45504</v>
       </c>
       <c r="C46" s="18">
         <v>45587</v>
       </c>
       <c r="D46" s="18">
         <v>45649</v>
       </c>
       <c r="E46" s="18">
         <v>45744</v>
       </c>
       <c r="F46" s="18">
         <v>45838</v>
       </c>
       <c r="G46" s="18">
         <v>45964</v>
       </c>
       <c r="H46" s="18">
         <v>46014</v>
       </c>
-      <c r="I46" s="26"/>
-      <c r="J46" s="40"/>
+      <c r="I46" s="18">
+        <v>46065</v>
+      </c>
+      <c r="J46" s="21"/>
       <c r="K46" s="67" t="s">
-        <v>109</v>
+        <v>89</v>
       </c>
       <c r="L46" s="21" t="s">
-        <v>110</v>
+        <v>88</v>
       </c>
       <c r="M46" s="18" t="s">
         <v>8</v>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
     </row>
-    <row r="47" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="49.75" x14ac:dyDescent="0.3">
       <c r="A47" s="42" t="s">
         <v>45</v>
       </c>
       <c r="B47" s="27">
         <v>45470</v>
       </c>
       <c r="C47" s="27">
         <v>45561</v>
       </c>
       <c r="D47" s="27">
         <v>45645</v>
       </c>
       <c r="E47" s="27">
         <v>45743</v>
       </c>
       <c r="F47" s="27">
         <v>45834</v>
       </c>
       <c r="G47" s="27">
         <v>45925</v>
       </c>
-      <c r="H47" s="102">
+      <c r="H47" s="27">
         <v>46044</v>
       </c>
-      <c r="I47" s="102"/>
-      <c r="J47" s="38"/>
+      <c r="I47" s="100">
+        <v>46094</v>
+      </c>
+      <c r="J47" s="37" t="s">
+        <v>161</v>
+      </c>
       <c r="K47" s="65" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>163</v>
+      </c>
+      <c r="L47" s="113" t="s">
+        <v>162</v>
       </c>
       <c r="M47" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
     </row>
-    <row r="48" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A48" s="98" t="s">
+    <row r="48" spans="1:16" ht="12.9" x14ac:dyDescent="0.3">
+      <c r="A48" s="96" t="s">
         <v>46</v>
       </c>
       <c r="B48" s="8"/>
       <c r="C48" s="8"/>
       <c r="D48" s="8"/>
       <c r="E48" s="8"/>
       <c r="F48" s="8"/>
       <c r="G48" s="8"/>
       <c r="H48" s="8"/>
       <c r="I48" s="8"/>
       <c r="J48" s="9" t="s">
         <v>58</v>
       </c>
       <c r="K48" s="68"/>
       <c r="L48" s="9"/>
       <c r="M48" s="8"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
     </row>
-    <row r="49" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A49" s="33" t="s">
         <v>47</v>
       </c>
       <c r="B49" s="27">
         <v>45474</v>
       </c>
       <c r="C49" s="27">
         <v>45554</v>
       </c>
       <c r="D49" s="27">
         <v>45643</v>
       </c>
       <c r="E49" s="27">
         <v>45736</v>
       </c>
       <c r="F49" s="27">
         <v>45832</v>
       </c>
       <c r="G49" s="27">
         <v>45918</v>
       </c>
       <c r="H49" s="27">
         <v>46008</v>
       </c>
-      <c r="I49" s="102"/>
+      <c r="I49" s="100">
+        <v>46103</v>
+      </c>
       <c r="J49" s="38"/>
-      <c r="K49" s="106" t="s">
-        <v>103</v>
+      <c r="K49" s="123" t="s">
+        <v>174</v>
       </c>
       <c r="L49" s="62" t="s">
-        <v>115</v>
+        <v>175</v>
       </c>
       <c r="M49" s="48" t="s">
         <v>8</v>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
       <c r="P49" s="7"/>
     </row>
-    <row r="50" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A50" s="17" t="s">
         <v>48</v>
       </c>
       <c r="B50" s="18">
         <v>45449</v>
       </c>
       <c r="C50" s="18">
         <v>45538</v>
       </c>
       <c r="D50" s="18">
         <v>45630</v>
       </c>
       <c r="E50" s="18">
         <v>45727</v>
       </c>
       <c r="F50" s="18">
         <v>45813</v>
       </c>
       <c r="G50" s="18">
         <v>45904</v>
       </c>
       <c r="H50" s="18">
         <v>46009</v>
       </c>
-      <c r="I50" s="26"/>
+      <c r="I50" s="26">
+        <v>46084</v>
+      </c>
       <c r="J50" s="40"/>
       <c r="K50" s="63" t="s">
-        <v>91</v>
+        <v>127</v>
       </c>
       <c r="L50" s="21" t="s">
-        <v>116</v>
+        <v>128</v>
       </c>
       <c r="M50" s="16" t="s">
         <v>8</v>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="7"/>
       <c r="P50" s="7"/>
     </row>
-    <row r="51" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A51" s="33" t="s">
         <v>49</v>
       </c>
       <c r="B51" s="27">
         <v>45450</v>
       </c>
       <c r="C51" s="27">
         <v>45583</v>
       </c>
       <c r="D51" s="27">
         <v>45635</v>
       </c>
       <c r="E51" s="27">
         <v>45723</v>
       </c>
       <c r="F51" s="27">
         <v>45814</v>
       </c>
       <c r="G51" s="27">
         <v>45950</v>
       </c>
       <c r="H51" s="27">
         <v>46031</v>
       </c>
-      <c r="I51" s="102"/>
-[...7 lines deleted...]
-        <v>102</v>
+      <c r="I51" s="100">
+        <v>46087</v>
+      </c>
+      <c r="J51" s="38" t="s">
+        <v>79</v>
+      </c>
+      <c r="K51" s="90" t="s">
+        <v>145</v>
+      </c>
+      <c r="L51" s="91" t="s">
+        <v>146</v>
       </c>
       <c r="M51" s="49" t="s">
         <v>8</v>
       </c>
       <c r="N51" s="7"/>
       <c r="O51" s="7"/>
       <c r="P51" s="7"/>
     </row>
-    <row r="52" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="24.9" x14ac:dyDescent="0.3">
       <c r="A52" s="17" t="s">
         <v>50</v>
       </c>
       <c r="B52" s="18">
         <v>45400</v>
       </c>
       <c r="C52" s="18">
         <v>45491</v>
       </c>
       <c r="D52" s="18">
         <v>45587</v>
       </c>
       <c r="E52" s="18">
         <v>45684</v>
       </c>
       <c r="F52" s="18">
         <v>45769</v>
       </c>
       <c r="G52" s="18">
         <v>45974</v>
       </c>
       <c r="H52" s="18">
         <v>45947</v>
       </c>
-      <c r="I52" s="26">
+      <c r="I52" s="18">
         <v>46057</v>
       </c>
-      <c r="J52" s="40"/>
-[...1 lines deleted...]
-        <v>124</v>
+      <c r="J52" s="21"/>
+      <c r="K52" s="107" t="s">
+        <v>81</v>
       </c>
       <c r="L52" s="21" t="s">
-        <v>166</v>
+        <v>85</v>
       </c>
       <c r="M52" s="16" t="s">
         <v>8</v>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="7"/>
       <c r="P52" s="7"/>
     </row>
-    <row r="53" spans="1:16" ht="15" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="14.6" x14ac:dyDescent="0.3">
       <c r="A53" s="33" t="s">
         <v>61</v>
       </c>
       <c r="B53" s="27">
         <v>45441</v>
       </c>
       <c r="C53" s="27">
         <v>45586</v>
       </c>
       <c r="D53" s="27">
         <v>45629</v>
       </c>
       <c r="E53" s="27">
         <v>45769</v>
       </c>
       <c r="F53" s="27">
         <v>45805</v>
       </c>
       <c r="G53" s="27">
         <v>45947</v>
       </c>
       <c r="H53" s="27">
         <v>45988</v>
       </c>
-      <c r="I53" s="102"/>
-      <c r="J53" s="37"/>
+      <c r="I53" s="27">
+        <v>46080</v>
+      </c>
+      <c r="J53" s="38" t="s">
+        <v>98</v>
+      </c>
       <c r="K53" s="74" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="L53" s="62" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="M53" s="22" t="s">
         <v>8</v>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="7"/>
       <c r="P53" s="7"/>
     </row>
-    <row r="54" spans="1:16" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="49.75" x14ac:dyDescent="0.3">
       <c r="A54" s="41" t="s">
         <v>51</v>
       </c>
       <c r="B54" s="18">
         <v>45446</v>
       </c>
       <c r="C54" s="18">
         <v>45537</v>
       </c>
       <c r="D54" s="18">
         <v>45625</v>
       </c>
       <c r="E54" s="18">
         <v>45719</v>
       </c>
       <c r="F54" s="18">
         <v>45812</v>
       </c>
       <c r="G54" s="18">
         <v>45898</v>
       </c>
       <c r="H54" s="18">
         <v>45996</v>
       </c>
-      <c r="I54" s="26"/>
-      <c r="J54" s="21"/>
+      <c r="I54" s="26">
+        <v>46090</v>
+      </c>
+      <c r="J54" s="40" t="s">
+        <v>150</v>
+      </c>
       <c r="K54" s="66" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>149</v>
+      </c>
+      <c r="L54" s="128" t="s">
+        <v>159</v>
       </c>
       <c r="M54" s="16" t="s">
         <v>8</v>
       </c>
       <c r="N54" s="7"/>
       <c r="O54" s="7"/>
       <c r="P54" s="7"/>
     </row>
-    <row r="55" spans="1:16" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A55" s="46" t="s">
         <v>52</v>
       </c>
       <c r="B55" s="27">
         <v>45418</v>
       </c>
       <c r="C55" s="27">
         <v>45510</v>
       </c>
       <c r="D55" s="27">
         <v>45601</v>
       </c>
       <c r="E55" s="27">
         <v>45695</v>
       </c>
       <c r="F55" s="27">
         <v>45784</v>
       </c>
       <c r="G55" s="27">
         <v>45887</v>
       </c>
       <c r="H55" s="27">
         <v>45967</v>
       </c>
-      <c r="I55" s="102">
+      <c r="I55" s="27">
         <v>46058</v>
       </c>
       <c r="J55" s="38"/>
       <c r="K55" s="69" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>87</v>
+      </c>
+      <c r="L55" s="109" t="s">
+        <v>86</v>
       </c>
       <c r="M55" s="27" t="s">
         <v>8</v>
       </c>
       <c r="N55" s="7"/>
       <c r="O55" s="7"/>
       <c r="P55" s="7"/>
     </row>
-    <row r="56" spans="1:16" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:16" ht="24.9" x14ac:dyDescent="0.3">
       <c r="A56" s="17" t="s">
         <v>53</v>
       </c>
       <c r="B56" s="18">
         <v>45481</v>
       </c>
       <c r="C56" s="18">
         <v>45581</v>
       </c>
       <c r="D56" s="18">
         <v>45667</v>
       </c>
       <c r="E56" s="18">
         <v>45757</v>
       </c>
       <c r="F56" s="18">
         <v>45849</v>
       </c>
       <c r="G56" s="18">
         <v>45940</v>
       </c>
-      <c r="H56" s="26">
+      <c r="H56" s="18">
         <v>46034</v>
       </c>
-      <c r="I56" s="26"/>
+      <c r="I56" s="26">
+        <v>46087</v>
+      </c>
       <c r="J56" s="21"/>
       <c r="K56" s="63" t="s">
-        <v>120</v>
+        <v>138</v>
       </c>
       <c r="L56" s="21" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="M56" s="16" t="s">
         <v>8</v>
       </c>
       <c r="N56" s="7"/>
       <c r="O56" s="7"/>
       <c r="P56" s="7"/>
     </row>
-    <row r="57" spans="1:16" ht="15" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:16" ht="14.6" x14ac:dyDescent="0.3">
       <c r="A57" s="46" t="s">
         <v>54</v>
       </c>
       <c r="B57" s="27"/>
       <c r="C57" s="27"/>
       <c r="D57" s="27"/>
       <c r="E57" s="27"/>
       <c r="F57" s="27"/>
       <c r="G57" s="27"/>
       <c r="H57" s="27"/>
       <c r="I57" s="27"/>
       <c r="J57" s="38"/>
       <c r="K57" s="70"/>
-      <c r="L57" s="93"/>
+      <c r="L57" s="91"/>
       <c r="M57" s="27" t="s">
         <v>8</v>
       </c>
       <c r="N57" s="7"/>
       <c r="O57" s="7"/>
       <c r="P57" s="7"/>
     </row>
-    <row r="58" spans="1:16" ht="51" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:16" ht="37.299999999999997" x14ac:dyDescent="0.3">
       <c r="A58" s="17" t="s">
         <v>55</v>
       </c>
       <c r="B58" s="18">
         <v>45452</v>
       </c>
       <c r="C58" s="18">
         <v>45544</v>
       </c>
       <c r="D58" s="18">
         <v>45635</v>
       </c>
       <c r="E58" s="18">
         <v>45725</v>
       </c>
       <c r="F58" s="18">
         <v>45817</v>
       </c>
       <c r="G58" s="18">
         <v>45908</v>
       </c>
       <c r="H58" s="18">
         <v>45999</v>
       </c>
       <c r="I58" s="26">
-        <v>46057</v>
-[...3 lines deleted...]
-      </c>
+        <v>46090</v>
+      </c>
+      <c r="J58" s="21"/>
       <c r="K58" s="66" t="s">
-        <v>174</v>
+        <v>151</v>
       </c>
       <c r="L58" s="21" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="M58" s="50" t="s">
         <v>8</v>
       </c>
       <c r="N58" s="7"/>
       <c r="O58" s="7"/>
       <c r="P58" s="7"/>
     </row>
-    <row r="59" spans="1:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:16" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="46" t="s">
         <v>56</v>
       </c>
       <c r="B59" s="27">
         <v>45453</v>
       </c>
       <c r="C59" s="27">
         <v>45538</v>
       </c>
       <c r="D59" s="27">
         <v>45630</v>
       </c>
       <c r="E59" s="27">
         <v>45721</v>
       </c>
       <c r="F59" s="27">
         <v>45812</v>
       </c>
       <c r="G59" s="27">
         <v>45910</v>
       </c>
       <c r="H59" s="27">
         <v>45993</v>
       </c>
-      <c r="I59" s="102"/>
-[...4 lines deleted...]
-      <c r="L59" s="100"/>
+      <c r="I59" s="100">
+        <v>46091</v>
+      </c>
+      <c r="J59" s="37" t="s">
+        <v>154</v>
+      </c>
+      <c r="K59" s="102" t="s">
+        <v>155</v>
+      </c>
+      <c r="L59" s="98"/>
       <c r="M59" s="27" t="s">
         <v>8</v>
       </c>
       <c r="N59" s="7"/>
       <c r="O59" s="7"/>
       <c r="P59" s="7"/>
     </row>
-    <row r="60" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:16" ht="13.3" x14ac:dyDescent="0.3">
       <c r="A60" s="51" t="s">
         <v>65</v>
       </c>
       <c r="B60" s="11"/>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11"/>
       <c r="F60" s="11"/>
       <c r="G60" s="11"/>
       <c r="H60" s="11"/>
       <c r="I60" s="11"/>
-      <c r="J60" s="84"/>
-[...4 lines deleted...]
-      <c r="O60" s="88"/>
+      <c r="J60" s="83"/>
+      <c r="K60" s="84"/>
+      <c r="L60" s="85"/>
+      <c r="M60" s="84"/>
+      <c r="N60" s="86"/>
+      <c r="O60" s="87"/>
       <c r="P60" s="11"/>
     </row>
-    <row r="61" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:16" ht="13.3" x14ac:dyDescent="0.3">
       <c r="A61" s="51" t="s">
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="B61" s="11"/>
       <c r="C61" s="11"/>
       <c r="D61" s="11"/>
       <c r="E61" s="11"/>
       <c r="F61" s="11"/>
       <c r="G61" s="11"/>
       <c r="H61" s="11"/>
       <c r="I61" s="11"/>
-      <c r="J61" s="84"/>
-[...4 lines deleted...]
-      <c r="O61" s="88"/>
+      <c r="J61" s="83"/>
+      <c r="K61" s="88"/>
+      <c r="L61" s="85"/>
+      <c r="M61" s="84"/>
+      <c r="N61" s="86"/>
+      <c r="O61" s="87"/>
       <c r="P61" s="11"/>
     </row>
-    <row r="62" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:16" ht="13.3" x14ac:dyDescent="0.3">
       <c r="A62" s="51" t="s">
         <v>57</v>
       </c>
       <c r="B62" s="10"/>
       <c r="C62" s="10"/>
       <c r="D62" s="10"/>
       <c r="E62" s="10"/>
       <c r="F62" s="10"/>
       <c r="G62" s="10"/>
       <c r="H62" s="10"/>
       <c r="I62" s="10"/>
       <c r="J62" s="52"/>
       <c r="K62" s="77"/>
       <c r="L62" s="11"/>
       <c r="M62" s="52"/>
       <c r="N62" s="10"/>
       <c r="O62" s="53"/>
       <c r="P62" s="53"/>
     </row>
-    <row r="63" spans="1:16" ht="15" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:16" ht="14.6" x14ac:dyDescent="0.3">
       <c r="A63" s="54" t="s">
         <v>62</v>
       </c>
       <c r="B63" s="12"/>
       <c r="C63" s="12"/>
       <c r="D63" s="12"/>
       <c r="E63" s="12"/>
       <c r="F63" s="12"/>
       <c r="G63" s="12"/>
       <c r="H63" s="12"/>
       <c r="I63" s="12"/>
       <c r="J63" s="57"/>
       <c r="K63" s="78"/>
       <c r="L63" s="13"/>
       <c r="N63" s="12"/>
       <c r="O63" s="56"/>
       <c r="P63" s="56"/>
     </row>
-    <row r="64" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:16" ht="12.9" x14ac:dyDescent="0.3">
       <c r="A64" s="58"/>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="B1:M2"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="M5:M6"/>
     <mergeCell ref="L8:L9"/>
     <mergeCell ref="M8:M9"/>
     <mergeCell ref="L5:L6"/>
     <mergeCell ref="J8:J9"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="K8:K9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="G8:G9"/>
     <mergeCell ref="H8:H9"/>
     <mergeCell ref="F5:I5"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="J5:J6"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="E8:E9"/>
     <mergeCell ref="F8:F9"/>
     <mergeCell ref="I8:I9"/>
   </mergeCells>
   <phoneticPr fontId="11" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="K18" r:id="rId1" xr:uid="{00000000-0004-0000-0000-00003A000000}"/>
-[...29 lines deleted...]
-    <hyperlink ref="K55" r:id="rId31" xr:uid="{491E736F-E0BB-47E7-B0AA-B5286F0EF637}"/>
+    <hyperlink ref="K10" r:id="rId1" xr:uid="{C1ADBD2F-690C-4E8D-A6E4-0D3800610031}"/>
+    <hyperlink ref="L47" r:id="rId2" display="https://www.bea.gov/news/schedule" xr:uid="{15A2185C-C811-4F87-9C20-6EC6BD42B2A9}"/>
+    <hyperlink ref="K15" r:id="rId3" xr:uid="{6395AB09-0DEF-451D-A33D-8D12F376997D}"/>
+    <hyperlink ref="K32" r:id="rId4" xr:uid="{7E3A5806-3384-4E7A-8CCD-383E26D4B3A5}"/>
+    <hyperlink ref="K19" r:id="rId5" xr:uid="{1536A5E0-67A0-46BE-9BC0-B685EFCB58C5}"/>
+    <hyperlink ref="J29" r:id="rId6" display="Partial update: new benchmark revision with new reference year 2020." xr:uid="{051839D4-B8B8-44C6-BF43-B0746CA61971}"/>
+    <hyperlink ref="K20" r:id="rId7" xr:uid="{0A4863CC-1CC7-47B9-947A-6E8D88C34062}"/>
+    <hyperlink ref="K31" r:id="rId8" xr:uid="{57E42B91-2583-40C8-AC65-1B06F98F834A}"/>
+    <hyperlink ref="J13" r:id="rId9" display="GVA by activity revised following the adoption new NAICS 2022" xr:uid="{F57AD40F-7FE2-4E52-9CBF-C2366B16A081}"/>
+    <hyperlink ref="K22" r:id="rId10" xr:uid="{6BF4C333-4C90-4A58-AF15-5F8F1545A95A}"/>
+    <hyperlink ref="K39" r:id="rId11" xr:uid="{3149ABEA-38B8-4993-8FBD-FA602AE937A6}"/>
+    <hyperlink ref="K13" r:id="rId12" xr:uid="{FF5AF6CB-605A-4600-9BE1-A3BAF6891FC4}"/>
+    <hyperlink ref="K55" r:id="rId13" xr:uid="{491E736F-E0BB-47E7-B0AA-B5286F0EF637}"/>
+    <hyperlink ref="K29" r:id="rId14" xr:uid="{9DF32774-7E43-4F5F-95D4-576033C29E52}"/>
+    <hyperlink ref="K18" r:id="rId15" xr:uid="{9F8F2AEC-B6DC-4F1F-BE22-00C992DAE645}"/>
+    <hyperlink ref="K21" r:id="rId16" location="titre-bloc-2" xr:uid="{6018292A-1447-4797-9FCA-588F0D03E1D9}"/>
+    <hyperlink ref="K53" r:id="rId17" xr:uid="{4B1FF75C-BCA0-4B08-B137-D651D21BDB5C}"/>
+    <hyperlink ref="K12" r:id="rId18" xr:uid="{2C5087E4-F21C-419F-A54A-5406FDFF2584}"/>
+    <hyperlink ref="K41" r:id="rId19" xr:uid="{0A028CBA-9F30-4BD6-878A-67A5AFBB27A9}"/>
+    <hyperlink ref="K43" r:id="rId20" xr:uid="{515F8A51-1408-4E81-A9E9-8154C5A3CC95}"/>
+    <hyperlink ref="K38" r:id="rId21" xr:uid="{C0D0895F-9273-4888-9D0F-4D77E808D9B6}"/>
+    <hyperlink ref="K24" r:id="rId22" xr:uid="{AE231A53-C798-49D2-A7D1-A42F07E43485}"/>
+    <hyperlink ref="K17" r:id="rId23" xr:uid="{36A14679-06A5-4E5A-BE6D-580D4A4EEB10}"/>
+    <hyperlink ref="K50" r:id="rId24" xr:uid="{815D4B4D-0915-4F03-8362-1EB468D1C5D9}"/>
+    <hyperlink ref="K11" r:id="rId25" xr:uid="{FF9EAD24-C0A0-4582-BC14-2E2E244E4E34}"/>
+    <hyperlink ref="K23" r:id="rId26" xr:uid="{6D573C04-83B2-4000-A2E3-09F1CF1E77F4}"/>
+    <hyperlink ref="K54" r:id="rId27" xr:uid="{72ACBC57-B79D-4CE8-BB16-AD0D6D25221A}"/>
+    <hyperlink ref="J54" r:id="rId28" xr:uid="{528DD55D-2180-46B9-B13E-92A8C14B8C52}"/>
+    <hyperlink ref="K58" r:id="rId29" xr:uid="{835CD276-3FAA-4F9E-B433-FED817CA866E}"/>
+    <hyperlink ref="K59" r:id="rId30" xr:uid="{26F46003-EC59-41A4-AF8F-61857D2F89BC}"/>
+    <hyperlink ref="K30" r:id="rId31" xr:uid="{55FC6382-DC23-4D72-9A52-EB007ACCE3FF}"/>
+    <hyperlink ref="K37" r:id="rId32" xr:uid="{06AF7091-E7FC-4211-80EB-64D2EC5CA868}"/>
+    <hyperlink ref="K47" r:id="rId33" xr:uid="{4E999A7A-78B5-4388-B3B0-B070EA32FFA9}"/>
+    <hyperlink ref="J16" r:id="rId34" display="Costa Rica has started implementing some recommendations of the 2025 SNA, including changes in the measurement of Central Bank output. See further details here. Further changes are planned in the coming years. " xr:uid="{3036EF4D-8655-4D64-AAF1-3E43A542734F}"/>
+    <hyperlink ref="K16" r:id="rId35" xr:uid="{7630BA4C-DA5F-4B93-AA68-606795CAEEA0}"/>
+    <hyperlink ref="K14" r:id="rId36" xr:uid="{9E2DFE91-6C10-4C10-BB46-F3ABAC0C8A18}"/>
+    <hyperlink ref="K36" r:id="rId37" xr:uid="{E3CE9B84-FA11-4F5C-86AC-6AAEE20C2000}"/>
+    <hyperlink ref="K49" r:id="rId38" display="https://www.indec.gob.ar/uploads/informesdeprensa/pib_03_26D14C2E1ADC.pdf" xr:uid="{0B972C68-23FB-4E30-832F-993DFB15F774}"/>
+    <hyperlink ref="K34" r:id="rId39" xr:uid="{6AADEFFA-1C20-4AF5-948D-D724E635ECFE}"/>
+    <hyperlink ref="K7" r:id="rId40" location="PPPs7" xr:uid="{620BF3E1-13EA-4FA2-A1C6-C10083606B66}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId32"/>
+  <pageSetup orientation="portrait" r:id="rId41"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K0000FF Restricted Use - À usage restreint</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QNA</vt:lpstr>
     </vt:vector>